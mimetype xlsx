--- v0 (2025-10-14)
+++ v1 (2025-11-28)
@@ -10,51 +10,51 @@
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr defaultThemeVersion="124226"/>
   <bookViews>
     <workbookView xWindow="240" yWindow="15" windowWidth="16095" windowHeight="9660"/>
   </bookViews>
   <sheets>
     <sheet name="Sheet1" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="124519" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="5968" uniqueCount="2808">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="6984" uniqueCount="3275">
   <si>
     <t>ID</t>
   </si>
   <si>
     <t>Ano</t>
   </si>
   <si>
     <t>Número</t>
   </si>
   <si>
     <t>Tipo de Matéria Legislativa/Sigla</t>
   </si>
   <si>
     <t>Tipo de Matéria Legislativa/Descrição</t>
   </si>
   <si>
     <t>Autorias</t>
   </si>
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
@@ -6370,50 +6370,1108 @@
 faz tempo que foi colocado as pigarras e não espalharam sendo levadas pelas chuvas.</t>
   </si>
   <si>
     <t>1932</t>
   </si>
   <si>
     <t>516</t>
   </si>
   <si>
     <t>https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1932/atendimentos_psicologicos.pdf</t>
   </si>
   <si>
     <t>No sentido que o poder executivo junto com os órgãos competentes veja a possibilidade de fazer os atendimentos psicológicos nas escolas do Município de Taquaritinga do Norte-PE.</t>
   </si>
   <si>
     <t>1947</t>
   </si>
   <si>
     <t>517</t>
   </si>
   <si>
     <t>https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1947/indicacao_02-10-2025_isencao_iptu_assinado.pdf</t>
   </si>
   <si>
     <t>No sentido que seja criado um mecanismo legal que conceda desconto no Imposto Predial e Territorial Urbano – IPTU para imóveis residenciais cujos proprietários, locatários ou possuidores sejam mães, pais ou responsáveis legais por crianças e adolescentes atípicos.</t>
+  </si>
+  <si>
+    <t>1953</t>
+  </si>
+  <si>
+    <t>518</t>
+  </si>
+  <si>
+    <t>https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1953/indicacao_no_sentido_que_a_administracao_publica_possa_deslocar_viaturas_da_guarda_municipal_para_dar_suporte_aos_domingos_na_feira_de_gado_da_comunidade_do_jerimum..pdf</t>
+  </si>
+  <si>
+    <t>Indicação, no sentido que a Administração Pública, possa deslocar viaturas da Guarda Municipal, para dar suporte aos domingos na feira de gado, da comunidade do Jerimum.</t>
+  </si>
+  <si>
+    <t>1954</t>
+  </si>
+  <si>
+    <t>519</t>
+  </si>
+  <si>
+    <t>https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1954/indicacao_no_sentido_que_seja_colocado_um_piso_de_concreto_nas_ruas_do_cemiterio_publico_da_comunidade_do_algodao..pdf</t>
+  </si>
+  <si>
+    <t>Indicação, no sentido que seja colocado um piso de concreto nas ruas do cemitério público, da comunidade do Algodão.</t>
+  </si>
+  <si>
+    <t>1955</t>
+  </si>
+  <si>
+    <t>520</t>
+  </si>
+  <si>
+    <t>https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1955/indicacao_no_sentido_que_seja_colocado_um_piso_de_concreto_nas_ruas_dos_cemiterios_publicos_da_comunidade_do_jerimum..pdf</t>
+  </si>
+  <si>
+    <t>Indicação, no sentido que seja colocado um piso de concreto nas ruas dos cemitérios públicos, da comunidade do Jerimum.</t>
+  </si>
+  <si>
+    <t>1956</t>
+  </si>
+  <si>
+    <t>521</t>
+  </si>
+  <si>
+    <t>https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1956/pavimentacao_e_saneamento_da_rua_severino_tavares2c_centro_de_nossa_cidade._assinado.pdf</t>
+  </si>
+  <si>
+    <t>INDICAÇÃO, no sentido que seja realizada a pavimentação e saneamento da Rua Severino Tavares, centro de nossa cidade.</t>
+  </si>
+  <si>
+    <t>1957</t>
+  </si>
+  <si>
+    <t>522</t>
+  </si>
+  <si>
+    <t>https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1957/drenagem_pluvial_do_e2809criachoe2809d2c_que_fica_no_final_da_avenida_rildo_marcelino_28proximo_ao_pe_de_caja29._assinado.pdf</t>
+  </si>
+  <si>
+    <t>INDICAÇÃO, no sentido que seja realizada a drenagem pluvial do “riacho”, que fica no final da Avenida Rildo Marcelino (próximo ao pé de Cajá).</t>
+  </si>
+  <si>
+    <t>1958</t>
+  </si>
+  <si>
+    <t>523</t>
+  </si>
+  <si>
+    <t>https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1958/aquisicao_de_um_caminhao_cacamba_para_atender_as_necessidades_do_nosso_municipio._assinado.pdf</t>
+  </si>
+  <si>
+    <t>INDICAÇÃO, no sentido que o Poder Executivo faça aquisição de um caminhão caçamba para atender as necessidades do nosso município.</t>
+  </si>
+  <si>
+    <t>1959</t>
+  </si>
+  <si>
+    <t>524</t>
+  </si>
+  <si>
+    <t>https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1959/indicacao_no_sentido_que_seja_construida_a_estrada_da_igreja_do_maracaja_ate_a_comunidade_do_algodao..pdf</t>
+  </si>
+  <si>
+    <t>No sentido que seja construída a estrada da Igreja do Maracajá até a Comunidade do Algodão.</t>
+  </si>
+  <si>
+    <t>1960</t>
+  </si>
+  <si>
+    <t>525</t>
+  </si>
+  <si>
+    <t>https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1960/indicacao_no_sentido_que_seja_feita_a_capinagem_e_terraplanagem_da_estrada_que_tem_inicio_na_radio_taquaritinga_fm_ate_a_rampa_do_pepe.pdf</t>
+  </si>
+  <si>
+    <t>No sentido que seja feita a capinagem e_x000D_
+Terraplanagem da estrada que tem início na Rádio Taquaritinga FM até a Rampa do Pepê.</t>
+  </si>
+  <si>
+    <t>1961</t>
+  </si>
+  <si>
+    <t>526</t>
+  </si>
+  <si>
+    <t>https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1961/indicacao_no_sentido_que_seja_criada_uma_casa_de_apoio_aos_pacientes_que_necessitam_de_atendimento_medico_e_hospitalar_na_cidade_de_garanhuns..pdf</t>
+  </si>
+  <si>
+    <t>No sentido que seja criada uma Casa de Apoio aos pacientes que necessitam de atendimento médico e hospitalar na cidade de Garanhuns.</t>
+  </si>
+  <si>
+    <t>1962</t>
+  </si>
+  <si>
+    <t>527</t>
+  </si>
+  <si>
+    <t>https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1962/indicacao_no_sentido_que_seja_feita_a_solicitacao_para_a_adesao_e_construcao_de_unidades_habitacionais_do_programa_minha_casa_minha_vida_no_distrito_de_pao_de_acucar._1.pdf</t>
+  </si>
+  <si>
+    <t>No sentido que seja feita a solicitação para a adesão e construção de unidades habitacionais do Programa “Minha Casa, Minha Vida” no distrito de_x000D_
+ Pão de Açúcar.</t>
+  </si>
+  <si>
+    <t>1963</t>
+  </si>
+  <si>
+    <t>528</t>
+  </si>
+  <si>
+    <t>https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1963/indicacao_no_sentido_que_seja_realizado_a_pavimentacao_da_estrada_que_se_inicia_no_bairro_silva_de_baixo_ate_a_comunidade_vila_do_socorro..pdf</t>
+  </si>
+  <si>
+    <t>No sentido que seja realizado a pavimentação da estrada que se inicia no Bairro Silva de Baixo até a comunidade Vila do Socorro.</t>
+  </si>
+  <si>
+    <t>1965</t>
+  </si>
+  <si>
+    <t>529</t>
+  </si>
+  <si>
+    <t>https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1965/implantacao_da_iluminacao_de_todo_o_trecho_da_av._jose_mendes_de_carvalho.pdf</t>
+  </si>
+  <si>
+    <t>INDICAÇÃO, no sentido que administração pública realize a implantação da iluminação de todo o trecho da Av. José Mendes de Carvalho (Av. Dé Cumaru), que vai do trevo até o início da rua principal de Gravatá de Ibiapina.</t>
+  </si>
+  <si>
+    <t>1967</t>
+  </si>
+  <si>
+    <t>530</t>
+  </si>
+  <si>
+    <t>https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1967/indicacao_no_sentido_que_administracao_publica_realize_a_pavimentacao_calcamento_dos_dois_cemiterios_do_distrito_de_gravata_do_ibiapina..pdf</t>
+  </si>
+  <si>
+    <t>INDICAÇÃO, no sentido que administração pública realize a pavimentação (calçamento) dos dois cemitérios do Distrito de Gravatá do Ibiapina.</t>
+  </si>
+  <si>
+    <t>1970</t>
+  </si>
+  <si>
+    <t>531</t>
+  </si>
+  <si>
+    <t>https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1970/indicacao_no_sentido_que_seja_construida_uma_area_de_lazer_em_frente_a_escola_chefe_leandro_na_comunidade_do_jerimum..pdf</t>
+  </si>
+  <si>
+    <t>Indicação, no sentido que seja construída uma área de lazer, em frente à Escola Chefe Leandro, na comunidade do Jerimum.</t>
+  </si>
+  <si>
+    <t>1971</t>
+  </si>
+  <si>
+    <t>532</t>
+  </si>
+  <si>
+    <t>https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1971/indicacao_no_sentido_que_seja_feita_a_pavimentacao_da_rua_projetada_que_fica_localizada_ao_lado_da_igreja_de_santo_antonio_bairro_cruzeiro..pdf</t>
+  </si>
+  <si>
+    <t>No sentido que seja feita a  pavimentação da Rua Projetada que fica localizada ao lado da Igreja de Santo Antônio, Bairro Cruzeiro.</t>
+  </si>
+  <si>
+    <t>1972</t>
+  </si>
+  <si>
+    <t>533</t>
+  </si>
+  <si>
+    <t>https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1972/indicacao_no_sentido_que_seja_construida_uma_coberta_com_telha_em_frente_a_unidade_de_saude_satelite_na_comunidade_do_algodao_para_a_populacao_que_aguarda_atendimento_medico.pdf</t>
+  </si>
+  <si>
+    <t>Indicação, no sentido que seja construída uma coberta com telha, em frente a Unidade de Saúde Satélite, na comunidade do Algodão, proporcionando maior conforto para a população que aguarda atendimento médico na unidade.</t>
+  </si>
+  <si>
+    <t>1973</t>
+  </si>
+  <si>
+    <t>534</t>
+  </si>
+  <si>
+    <t>https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1973/indicacao_no_sentido_que_seja_instalada_uma_casa_de_apoio_na_cidade_do_recife_proximo_ao_hospital_do_imip_proporcionando_conforto_para_os_pacientes_que_vao_a_cidade_para_atendimento.pdf</t>
+  </si>
+  <si>
+    <t>Indicação,  no sentido que seja instalada uma casa de apoio na cidade do Recife, próximo ao Hospital do IMIP, proporcionando melhor conforto para os pacientes e acompanhantes, que vão a cidade para atendimento médico.</t>
+  </si>
+  <si>
+    <t>1974</t>
+  </si>
+  <si>
+    <t>535</t>
+  </si>
+  <si>
+    <t>https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1974/indicacao_no_sentido_que_seja_feita_uma_praca_na_frente_da_igreja_santo_antonio_no_bairro_cruzeiro..pdf</t>
+  </si>
+  <si>
+    <t>No sentido que seja feita uma praça na frente da igreja Santo Antônio, no bairro Cruzeiro.</t>
+  </si>
+  <si>
+    <t>1975</t>
+  </si>
+  <si>
+    <t>536</t>
+  </si>
+  <si>
+    <t>https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1975/indicacao_-_baiano_assinado.pdf</t>
+  </si>
+  <si>
+    <t>No sentido que seja substituída ou retirada a_x000D_
+corrente instalada no acesso à Feira Livre de Pão de Açúcar, a qual tem dificultado a_x000D_
+acessibilidade dos frequentadores, especialmente idosos e pessoas com mobilidade reduzida.</t>
+  </si>
+  <si>
+    <t>1979</t>
+  </si>
+  <si>
+    <t>537</t>
+  </si>
+  <si>
+    <t>https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1979/indicacao_no_sentido_que_o_poder_executivo_realize_a_pavimentacaocalcamento_da_rua_ferreira_tutu_no_loteamento_cruzeiro_em_pao_de_acucar.pdf</t>
+  </si>
+  <si>
+    <t>No sentido que o Poder Executivo realize a pavimentação/calçamento da rua Ferreira Tutu, no loteamento Cruzeiro em Pão de Açúcar</t>
+  </si>
+  <si>
+    <t>1980</t>
+  </si>
+  <si>
+    <t>538</t>
+  </si>
+  <si>
+    <t>https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1980/indicacao_no_sentido_que_o_poder_executivo_realize_a_pavimentacaocalcamento_da_rua_sao_geraldo_no_loteamento_cruzeiro_em_pao_de_acucar..pdf</t>
+  </si>
+  <si>
+    <t>No sentido que o Poder Executivo realize a pavimentação/calçamento da rua São Geraldo, no loteamento Cruzeiro em Pão de Açúcar.</t>
+  </si>
+  <si>
+    <t>1981</t>
+  </si>
+  <si>
+    <t>539</t>
+  </si>
+  <si>
+    <t>https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1981/indicacao_no_sentido_que_seja_realizada_a_pavimentacao_da_parede_do_acude_da_comunidade_do_jerimum..pdf</t>
+  </si>
+  <si>
+    <t>Indicação, no sentido que seja realizada, a pavimentação da parede do açude da comunidade do Jerimum.</t>
+  </si>
+  <si>
+    <t>1982</t>
+  </si>
+  <si>
+    <t>540</t>
+  </si>
+  <si>
+    <t>https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1982/indicacao_no_sentido_que_seja_agilizada_a_reforma_dos_blocos_cirurgicos_do_hospital_geral_severino_pereira_da_silva_entregando_mais_rapido_para_a_populacao..pdf</t>
+  </si>
+  <si>
+    <t>Indicação, no sentido que seja agilizada a reforma dos blocos cirúrgicos do Hospital Geral Severino Pereira da Silva, entregando mais rápido para a_x000D_
+população.</t>
+  </si>
+  <si>
+    <t>1983</t>
+  </si>
+  <si>
+    <t>541</t>
+  </si>
+  <si>
+    <t>https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1983/indicacao_no_sentido_que_a_administracao_publica_possa_construir_um_campo_de_futebol_na_comunidade_do_jerimum..pdf</t>
+  </si>
+  <si>
+    <t>Indicação, no sentido que a Administração Pública possa construir um campo de futebol, na comunidade do Jerimum.</t>
+  </si>
+  <si>
+    <t>1985</t>
+  </si>
+  <si>
+    <t>542</t>
+  </si>
+  <si>
+    <t>https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1985/indicacao_jamilly_1.pdf</t>
+  </si>
+  <si>
+    <t>No sentido que seja colocado postes com iluminação de LED da comunidade do Algodão, até a divisa com o Município de Santa Cruz do Capibaribe.</t>
+  </si>
+  <si>
+    <t>1986</t>
+  </si>
+  <si>
+    <t>543</t>
+  </si>
+  <si>
+    <t>https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1986/indicacao_jamily_2.pdf</t>
+  </si>
+  <si>
+    <t>No sentido que seja colocado um piso de concreto  nas ruas dos cemitérios públicos, do distrito de Pão de Açúcar.</t>
+  </si>
+  <si>
+    <t>1991</t>
+  </si>
+  <si>
+    <t>544</t>
+  </si>
+  <si>
+    <t>https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1991/indicacao-no_sentido_que_seja_feita_a_construcao_do_canal_no_trecho_entre_os_bairros_beira_rio_e_marilia_ate_o_sitio_bicas.pdf</t>
+  </si>
+  <si>
+    <t>No sentido que seja feita a construção do canal no trecho entre os bairros Beira Rio e Marília até o sítio Bicas</t>
+  </si>
+  <si>
+    <t>1992</t>
+  </si>
+  <si>
+    <t>545</t>
+  </si>
+  <si>
+    <t>https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1992/indicacao_no_sentido_que_seja_feita_a_construcao_de_uma_praca_no_cruzamento_do_bairro_beira_rio_com_o_marilia_e_o_orlando_marcelino..pdf</t>
+  </si>
+  <si>
+    <t>No sentido que seja feita a construção de uma praça no cruzamento do bairro Beira rio com o Marília e o Orlando Marcelino.</t>
+  </si>
+  <si>
+    <t>1993</t>
+  </si>
+  <si>
+    <t>546</t>
+  </si>
+  <si>
+    <t>https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1993/indicacao_no_sentido_que_seja_feito_o_complemento_da_pavimentacao_da_rua_que_interliga_os_bairros_zamba_marilia_e_orlando_marcelino_com_o_centro..pdf</t>
+  </si>
+  <si>
+    <t>No sentido que seja feito o complemento da pavimentação da rua que interliga os bairros Zamba, Marília e Orlando Marcelino, com o centro.</t>
+  </si>
+  <si>
+    <t>2001</t>
+  </si>
+  <si>
+    <t>547</t>
+  </si>
+  <si>
+    <t>https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/2001/felipe24.pdf</t>
+  </si>
+  <si>
+    <t>No sentido que seja implantada a Iluminação Pública na Rua Josefa Miranda Batista – Dona Zé, localizada em frente ao Clube de Festas “Forrozão Dois Irmãos”.</t>
+  </si>
+  <si>
+    <t>2002</t>
+  </si>
+  <si>
+    <t>548</t>
+  </si>
+  <si>
+    <t>https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/2002/nomes_dos_sitios_do_municipio.pdf</t>
+  </si>
+  <si>
+    <t>No sentido de que seja refeita e padronizada a sinalização com os nomes dos sítios do município Taquaritinga do Norte-PE.</t>
+  </si>
+  <si>
+    <t>2003</t>
+  </si>
+  <si>
+    <t>549</t>
+  </si>
+  <si>
+    <t>https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/2003/pavimentacao_-_rua_santo_amaro_-_sitio_placas.pdf</t>
+  </si>
+  <si>
+    <t>No sentido de que seja realizada a pavimentação da Rua Santo Amaro, ao lado da Igreja Evangélica, no Sítio Placas.</t>
+  </si>
+  <si>
+    <t>2004</t>
+  </si>
+  <si>
+    <t>550</t>
+  </si>
+  <si>
+    <t>https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/2004/indicacao_no_sentido_que_seja_realizada_a_reforma_no_centro_de_convivencia_da_comunidade_de_pedra_preta_onde_funciona_a_unidade_de_saude.pdf</t>
+  </si>
+  <si>
+    <t>Indicação, no sentido que seja realizada a reforma, incluindo pintura, troca das portas e instalação de internet, no Centro de Convivência, da comunidade de Pedra Preta, onde funciona a Unidade de Saúde Satélite, para melhor funcionamento da unidade.</t>
+  </si>
+  <si>
+    <t>2005</t>
+  </si>
+  <si>
+    <t>551</t>
+  </si>
+  <si>
+    <t>https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/2005/indicacao_no_sentido_que_seja_realizada_a_pavimentacao_da_avenida_ismael_nogaia_de_oliveira_na_comunidade_do_jerimum..pdf</t>
+  </si>
+  <si>
+    <t>Indicação, no sentido que seja realizada, a pavimentação da Avenida Ismael Nogaia de Oliveira, na comunidade do Jerimum.</t>
+  </si>
+  <si>
+    <t>2006</t>
+  </si>
+  <si>
+    <t>552</t>
+  </si>
+  <si>
+    <t>Amauri de Mino, Geovane</t>
+  </si>
+  <si>
+    <t>https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/2006/indicacao_no_sentido_que_seja_enviado_um_projeto_de_lei_que_transforme_o_sitio_jerimum_e_a_vila_do_socorro_em_distritos..pdf</t>
+  </si>
+  <si>
+    <t>Indicação, no sentido que seja enviado um Projeto de lei que transforme o Sítio Jerimum e a Vila do Socorro em Distritos.</t>
+  </si>
+  <si>
+    <t>2007</t>
+  </si>
+  <si>
+    <t>553</t>
+  </si>
+  <si>
+    <t>https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/2007/sitio_mateus_vieira.pdf</t>
+  </si>
+  <si>
+    <t>No sentido  de  que  seja feito o  calçamento  na Comunidade  de  Mateus Vieira,  que  dá  acesso  à Capela  de  Nossa  Senhora  da  Conceição,_x000D_
+ induindo  a  construção  de  uma  pracinha  arborizada  com  bancos,  postes  de  ferro  com  iluminação LED e brinquedos infantil.</t>
+  </si>
+  <si>
+    <t>2008</t>
+  </si>
+  <si>
+    <t>554</t>
+  </si>
+  <si>
+    <t>https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/2008/casa_da_gestante.pdf</t>
+  </si>
+  <si>
+    <t>No sentido de que seja criada a Casa da Gestante, em nosso município, com atendimentos exclusivo às mulheres gestantes</t>
+  </si>
+  <si>
+    <t>2009</t>
+  </si>
+  <si>
+    <t>555</t>
+  </si>
+  <si>
+    <t>https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/2009/indicacao_.pdf</t>
+  </si>
+  <si>
+    <t>no sentido de que administração pública possa construir duas (02) lombadas na Rua Francisco de Assis, centro. A primeira em frente à casa do popular Zé Bento, e outra em frente do Colégio Estadual.</t>
+  </si>
+  <si>
+    <t>2010</t>
+  </si>
+  <si>
+    <t>556</t>
+  </si>
+  <si>
+    <t>https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/2010/indicacao0_assinado.pdf</t>
+  </si>
+  <si>
+    <t>Indicação, no sentido de que administração pública possa construir duas (02) lombadas na Rua Dom Moura, centro. A primeira em frente a padaria MF, e outra em frente a farmácia Santa Helena.</t>
+  </si>
+  <si>
+    <t>2012</t>
+  </si>
+  <si>
+    <t>557</t>
+  </si>
+  <si>
+    <t>https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/2012/indicacao_no_sentido_de_que_administracao_publica_possa_instalar_um_letreiro_com_o_nome_de_gravata_do_ibiapina..pdf</t>
+  </si>
+  <si>
+    <t>INDICAÇÃO, no sentido de que administração pública possa instalar um letreiro com o nome de Gravatá do Ibiapina.</t>
+  </si>
+  <si>
+    <t>2013</t>
+  </si>
+  <si>
+    <t>558</t>
+  </si>
+  <si>
+    <t>https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/2013/indicacao_no_sentido_de_que_administracao_publica_possa_realizar_a_reforma_do_grupo_escolar_do_riacho_doce_dos_bernardos.pdf</t>
+  </si>
+  <si>
+    <t>INDICAÇÃO, no sentido de que administração pública possa realizar a reforma do grupo escolar do riacho doce dos Bernardos.</t>
+  </si>
+  <si>
+    <t>2014</t>
+  </si>
+  <si>
+    <t>559</t>
+  </si>
+  <si>
+    <t>https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/2014/indicacao_no_sentido_de_que_administracao_publica_possa_realizar_a_reforma_da_praca_central_de_gravata_do_ibiapina..pdf</t>
+  </si>
+  <si>
+    <t>Indicação, no sentido de que administração pública possa realizar a reforma da praça central de Gravatá do Ibiapina.</t>
+  </si>
+  <si>
+    <t>2016</t>
+  </si>
+  <si>
+    <t>560</t>
+  </si>
+  <si>
+    <t>https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/2016/indicacao_no_sentido_que_seja_realizada_a_manutencao_e_recuperacao_pintura_construcao_de_banheiros_no_mercado_publico_da_comunidade_do_jerimum..pdf</t>
+  </si>
+  <si>
+    <t>Indicação, no sentido que seja, realizada a manutenção e recuperação (pintura, construção de banheiros), no Mercado Público da comunidade do Jerimum.</t>
+  </si>
+  <si>
+    <t>2017</t>
+  </si>
+  <si>
+    <t>561</t>
+  </si>
+  <si>
+    <t>https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/2017/indicacao_no_sentido_que_a_administracao_publica_realize_a_ornamentacao_natalina_de_todas_as_pracas_publicas_das_comunidades_da_zona_rural_do_municipio..pdf</t>
+  </si>
+  <si>
+    <t>Indicação, no sentido que a Administração Pública, realize a ornarmentação natalina de todas as praças públicas das comunidades da zona rural do município.</t>
+  </si>
+  <si>
+    <t>2018</t>
+  </si>
+  <si>
+    <t>562</t>
+  </si>
+  <si>
+    <t>https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/2018/indicacao_no_sentido_que_seja_realizada_a_instalacao_de_um_chafariz_na_comunidade_do_algodao_abastecido_com_agua_do_acude_da_comunidade_ou_atraves_de_um_poco_artesiano..pdf</t>
+  </si>
+  <si>
+    <t>Indicação, no sentido que seja realizada a instalação de um chafariz na comunidade do Algodão, abastecido com água do açude da comunidade ou através de um poço artesiano.</t>
+  </si>
+  <si>
+    <t>2020</t>
+  </si>
+  <si>
+    <t>563</t>
+  </si>
+  <si>
+    <t>https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/2020/ind_corpo_de_bombeiros.pdf</t>
+  </si>
+  <si>
+    <t>No sentido que o Poder Executivo solicite ao comandante do corpo de bombeiros militares do Estado de Pernambuco a instalação de uma_x000D_
+base dos bombeiros em Taquaritinga do Norte-PE.</t>
+  </si>
+  <si>
+    <t>2021</t>
+  </si>
+  <si>
+    <t>564</t>
+  </si>
+  <si>
+    <t>https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/2021/ind_busto_simbolo_da_missa_do_vaqueiro.pdf</t>
+  </si>
+  <si>
+    <t>No sentido que seja criado e colocado um busto símbolo da missa do vaqueiro (festa do vaqueiro) na comunidade de Serra dos Bois. Ressalvo_x000D_
+que, a estátua deverá ser um vaqueiro montado em um cavalo.</t>
+  </si>
+  <si>
+    <t>2022</t>
+  </si>
+  <si>
+    <t>565</t>
+  </si>
+  <si>
+    <t>https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/2022/ind_saneamento_e_calcamento_na_rua_gabriel_vieira.pdf</t>
+  </si>
+  <si>
+    <t>No sentido que seja feito o saneamento e calçamento da Rua Gabriel Vieira, no trevo de Pão de Açúcar.</t>
+  </si>
+  <si>
+    <t>2023</t>
+  </si>
+  <si>
+    <t>566</t>
+  </si>
+  <si>
+    <t>https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/2023/1_jamilly.pdf</t>
+  </si>
+  <si>
+    <t>No sentido de que seja viabilizado a perfuração e  instalação de o3 (três) poços artesianos, sendo o1 (um) no Sitio Tatus, o1 (um) na comunidade_x000D_
+ Vila Alta e o1 (um) no Sitio Mangas, município de Taquaritinga do Norte.</t>
+  </si>
+  <si>
+    <t>567</t>
+  </si>
+  <si>
+    <t>https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/2025/2_-_jamilly.pdf</t>
+  </si>
+  <si>
+    <t>No sentido de que seja feito a pavimentação das laterais da praca da comunidade do Mulungu.</t>
+  </si>
+  <si>
+    <t>2026</t>
+  </si>
+  <si>
+    <t>568</t>
+  </si>
+  <si>
+    <t>https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/2026/3_-_jamilly.pdf</t>
+  </si>
+  <si>
+    <t>No sentido de que seja realizado a continuação do calçamento que fica na ladeira localizada no Sitio Oití, na Zona Rural de Taquaritinga do Norte.</t>
+  </si>
+  <si>
+    <t>2027</t>
+  </si>
+  <si>
+    <t>569</t>
+  </si>
+  <si>
+    <t>https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/2027/indicacao_no_sentido_que_o_poder_executivo_junto_a_secretaria_de_obras_passe_a_maquina_na_estrada_que_liga_para_o_sitio_lagoa_dantas..pdf</t>
+  </si>
+  <si>
+    <t>No sentido que o Poder Executivo junto a Secretaria de Obras passe a máquina na estrada que liga para o Sítio Lagoa Dantas.</t>
+  </si>
+  <si>
+    <t>2029</t>
+  </si>
+  <si>
+    <t>570</t>
+  </si>
+  <si>
+    <t>https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/2029/indicacao_das_luminarias.pdf</t>
+  </si>
+  <si>
+    <t>No sentido que o Poder Executivo junto a Secretaria de Obras realize a colocação de luminárias na comunidade de São Bento, nas proximidades da residência do Sr. Cícero Alexandre (Tuiú), conhecido por Nego da Celpe.</t>
+  </si>
+  <si>
+    <t>2030</t>
+  </si>
+  <si>
+    <t>571</t>
+  </si>
+  <si>
+    <t>https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/2030/_construir_uma_280129_lombada_na_pe-1302c_em_frete_ao_cemiterio_parque_das_dalias_na_chega_de_nossa_cidade._28129_assinado.pdf</t>
+  </si>
+  <si>
+    <t>INDICAÇÃO, no sentido de que a administração pública possa construir uma (01) lombada na PE-130, em frente ao cemitério Parque das Dálias na chega de nossa cidade.</t>
+  </si>
+  <si>
+    <t>2033</t>
+  </si>
+  <si>
+    <t>572</t>
+  </si>
+  <si>
+    <t>https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/2033/indicacao_no_sentido_que_seja_realizado_o_alargamento_e_colocada_uma_placa_de_sinalizacao_na_entrada_da_estrada_que_liga_a_comunidade_do_jerimum_a_br_104..pdf</t>
+  </si>
+  <si>
+    <t>Indicação, no sentido que seja realizado o alargamento e colocada uma placa de sinalização na entrada da estrada que liga a comunidade do Jerimum à BR104.</t>
+  </si>
+  <si>
+    <t>2034</t>
+  </si>
+  <si>
+    <t>573</t>
+  </si>
+  <si>
+    <t>https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/2034/indicacao_no_sentido_que_a_administracao_publica_realize_a_pavimentacao_da_rua_emanuel_rodrigues_no_loteamento_mae_julia_situado_na_comunidade_do_jerimum..pdf</t>
+  </si>
+  <si>
+    <t>Indicação, no sentido que a Administração Pública, realize a pavimentação da Rua Emanuel Rodrigues, no loteamento Mãe Júlia, situado na comunidade do Jerimum.</t>
+  </si>
+  <si>
+    <t>2035</t>
+  </si>
+  <si>
+    <t>574</t>
+  </si>
+  <si>
+    <t>https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/2035/indicacao_no_sentido_que_a_administracao_publica_possa_contratar_um_tecnico_de_enfermagem_para_trabalhar_diariamente_na_unidade_de_saude_satelite_na_comunidade_da_situacao..pdf</t>
+  </si>
+  <si>
+    <t>Indicação, no sentido que a Administração Pública, possa contratar um técnico de enfermagem, para trabalhar diariamente na Unidade de Saúde Satélite, na comunidade da Situação.</t>
+  </si>
+  <si>
+    <t>2037</t>
+  </si>
+  <si>
+    <t>575</t>
+  </si>
+  <si>
+    <t>https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/2037/indicacao_no_sentido_que_seja_feito_um_quebra-molas_passarela_em_frente_a_igreja_assembleia_de_deus_em_pao_de_acucar_localizada_na_rua_balbino_pereira_em_atendimento.pdf</t>
+  </si>
+  <si>
+    <t>No sentido que seja feito um quebra-molas passarela em frente a Igreja Assembleia de Deus em Pão de Açúcar, localizada na Rua Balbino Pereira, em atendimento a uma solicitação do Pastor Eurival de Moraes Silva.</t>
+  </si>
+  <si>
+    <t>2038</t>
+  </si>
+  <si>
+    <t>576</t>
+  </si>
+  <si>
+    <t>https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/2038/indicacao_no_sentido_que_seja_feita_a_manutencao_e_limpeza_do_canal_que_atravessa_o_distrito_de_pao_de_acucar_visando_a_melhoria_de_vida_da_populacao_local.pdf</t>
+  </si>
+  <si>
+    <t>No sentido que seja feita a manutenção e limpeza do canal que atravessa o distrito de Pão de Açúcar , visando a melhoria de vida da população local.</t>
+  </si>
+  <si>
+    <t>2039</t>
+  </si>
+  <si>
+    <t>577</t>
+  </si>
+  <si>
+    <t>https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/2039/indicacao_no_sentido_que_a_administracao_publica_em_conjunto_com_a_secretaria_de_agricultura_realize_a_limpeza_do_acude_publico_da_comunidade_da_situacao..pdf</t>
+  </si>
+  <si>
+    <t>Indicação no sentido que a Administração Pública, em conjunto com a Secretaria de Agricultura, realize a limpeza do açude público da comunidade da Situação.</t>
+  </si>
+  <si>
+    <t>2042</t>
+  </si>
+  <si>
+    <t>578</t>
+  </si>
+  <si>
+    <t>https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/2042/indicacao_no_sentido_que_a_administracao_publica_em_conjunto_com_a_secretaria_de_agricultura_realiza_a_limpeza_do_acude_publico_da_comunidade_de_serra_dos_bois..pdf</t>
+  </si>
+  <si>
+    <t>Indicação no sentido que a Administração Pública, em conjunto com a Secretaria de Agricultura, realize a limpeza do açude público da comunidade de Serra dos Bois.</t>
+  </si>
+  <si>
+    <t>2045</t>
+  </si>
+  <si>
+    <t>579</t>
+  </si>
+  <si>
+    <t>https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/2045/indicacao_no_sentido_que_o_poder_executivo_veja_a_viabilidade_junto_as_esferas_estaduais_de_realizar_o_asfalto_estrada_que_liga_da_comunidade_do_algodao.pdf</t>
+  </si>
+  <si>
+    <t>No sentido que o Poder executivo veja a viabilidade junto as esferas estaduais de realizar o asfalto (estrada) que liga da comunidade do Algodão ao Jerimum, dando continuidade até a BR 104.</t>
+  </si>
+  <si>
+    <t>2046</t>
+  </si>
+  <si>
+    <t>580</t>
+  </si>
+  <si>
+    <t>https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/2046/indicacao_no_sentido_que_o_poder_executivo_veja_a_possibilidade_de_construir_um_poco_artesiano_na_comunidade_de_lagoa_dantas..pdf</t>
+  </si>
+  <si>
+    <t>No sentido que o Poder executivo veja a possibilidade de construir um poço artesiano na comunidade de Lagoa Dantas.</t>
+  </si>
+  <si>
+    <t>2047</t>
+  </si>
+  <si>
+    <t>581</t>
+  </si>
+  <si>
+    <t>https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/2047/indicacao_no_sentido_que_o_poder_executivo_veja_a_viabilidade_de_reforma_da_quadra_de_esporte_da_comunidade_do_algodao..pdf</t>
+  </si>
+  <si>
+    <t>No sentido que o Poder executivo veja a viabilidade de reforma da quadra de esporte da comunidade do Algodão.</t>
+  </si>
+  <si>
+    <t>2049</t>
+  </si>
+  <si>
+    <t>582</t>
+  </si>
+  <si>
+    <t>https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/2049/indicacao_no_sentido_que_o_poder_executivo_veja_a_possibilidade_da_reforma_dos_banheiros_da_escola_gilzete_guerra..pdf</t>
+  </si>
+  <si>
+    <t>No sentido que o Poder Executivo veja a_x000D_
+possibilidade da reforma dos banheiros da escola Gilzete Guerra</t>
+  </si>
+  <si>
+    <t>2053</t>
+  </si>
+  <si>
+    <t>583</t>
+  </si>
+  <si>
+    <t>https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/2053/a_administracao_publica_realize_a_instalacao_dos_equipamentos_do_poco_artesiano_da_comunidade_do_minguaiu_no_local_adequado_pois_os_mesmos_se_encontram_instalados_dentro_da_igreja.pdf</t>
+  </si>
+  <si>
+    <t>Indicação, no sentido que a Administração Pública, realize a instalação dos equipamentos do poço artesiano da comunidade do Minguaiu, no local adequado, pois os mesmos se encontram instalados dentro da igreja da comunidade.</t>
+  </si>
+  <si>
+    <t>2054</t>
+  </si>
+  <si>
+    <t>584</t>
+  </si>
+  <si>
+    <t>https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/2054/indicacao_no_sentido_que_seja_que_a_administracao_publica_possa_construir_uma_praca_publica_em_frente_a_igreja_da_comunidade_de_poco_da_pedra..pdf</t>
+  </si>
+  <si>
+    <t>Indicação, no sentido que seja, que a Administração Pública, possa construir uma praça pública, em frente à igreja da comunidade de Poço da Pedra.</t>
+  </si>
+  <si>
+    <t>2055</t>
+  </si>
+  <si>
+    <t>585</t>
+  </si>
+  <si>
+    <t>https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/2055/indicacao_no_sentido_que_a_administracao_publica_possa_criar_um_programa_de_limpeza_de_barreiros_dos_pequenos_produtores_rurais_do_municipio..pdf</t>
+  </si>
+  <si>
+    <t>Indicação, no sentido que a Administração Pública, possa criar um programa de limpeza de barreiros dos pequenos produtores rurais do_x000D_
+município.</t>
+  </si>
+  <si>
+    <t>2056</t>
+  </si>
+  <si>
+    <t>586</t>
+  </si>
+  <si>
+    <t>https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/2056/construir_duas_280229_lombadas_na_rua_10_de_maio2c_bairro_capibaribe2c_centro_do_nosso_municipio._assinado.pdf</t>
+  </si>
+  <si>
+    <t>Indicação, no sentido que administração pública possa construir duas (02) lombadas na rua 10 de Maio, bairro Capibaribe, centro do nosso município.</t>
+  </si>
+  <si>
+    <t>2057</t>
+  </si>
+  <si>
+    <t>587</t>
+  </si>
+  <si>
+    <t>https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/2057/construir_uma_280129_lombada_na_pe_-1302c_em_frente_ao_alto_da_cocada._assinado.pdf</t>
+  </si>
+  <si>
+    <t>Indicação, no sentido que administração pública possa construir uma (01) lombada na PE -130, em frente ao alto da cocada.</t>
+  </si>
+  <si>
+    <t>2058</t>
+  </si>
+  <si>
+    <t>588</t>
+  </si>
+  <si>
+    <t>https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/2058/indicacao_no_sentido_que_seja_feito_calcamento_e_saneamento_da_rua_papagaio_no_loteamento_colorado..pdf</t>
+  </si>
+  <si>
+    <t>No sentido que seja feito o calçamento e saneamento da Rua Papagaio, no loteamento Colorado.</t>
+  </si>
+  <si>
+    <t>2059</t>
+  </si>
+  <si>
+    <t>589</t>
+  </si>
+  <si>
+    <t>https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/2059/indicacao_no_sentido_que_seja_feita_a_manutencao_da_iluminacao_publica_do_loteamento_colorado..pdf</t>
+  </si>
+  <si>
+    <t>No sentido que seja feita a manutenção da iluminação pública do loteamento Colorado.</t>
+  </si>
+  <si>
+    <t>2060</t>
+  </si>
+  <si>
+    <t>590</t>
+  </si>
+  <si>
+    <t>https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/2060/indicacao_no_sentido_que_seja_feito_calcamento_e_saneamento_da_rua_beija-flor_no_loteamento_colorado..pdf</t>
+  </si>
+  <si>
+    <t>No sentido que seja feito o calçamento e saneamento da Rua Beija-Flor no loteamento Colorado.</t>
+  </si>
+  <si>
+    <t>2061</t>
+  </si>
+  <si>
+    <t>591</t>
+  </si>
+  <si>
+    <t>https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/2061/indicacao-reativacao_da_brigada_municipal_de_prevencao.pdf</t>
+  </si>
+  <si>
+    <t>No sentido que seja feita reativação da Brigada Municipal de Prevenção, Conscientização e Combate a Incêndios e queimadas no município de_x000D_
+Taquaritinga do Norte - PE.</t>
+  </si>
+  <si>
+    <t>2062</t>
+  </si>
+  <si>
+    <t>592</t>
+  </si>
+  <si>
+    <t>https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/2062/indicacao-promover_a_contratacao_e_formacao_de_novos_guardas_mun.pdf</t>
+  </si>
+  <si>
+    <t>No sentido que a Administração Pública possa promover concurso público e formação de novos Guardas Municipais, adquirindo novas viaturas_x000D_
+e equipamentos de segurança individuais e a construção de novas base.</t>
+  </si>
+  <si>
+    <t>2063</t>
+  </si>
+  <si>
+    <t>593</t>
+  </si>
+  <si>
+    <t>https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/2063/indicacao-cadastro_de_habitacao_de_interesse_social_voltado_par.pdf</t>
+  </si>
+  <si>
+    <t>No sentido que a Administração Pública possa criar um cadastro de habitação de interesse social, voltado para famílias que não possuem moradia, para posterior inclusão destas no programa minha casa minha vida.</t>
+  </si>
+  <si>
+    <t>2066</t>
+  </si>
+  <si>
+    <t>594</t>
+  </si>
+  <si>
+    <t>https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/2066/ind._iluminacao_do_trevo_a_br_104.pdf</t>
+  </si>
+  <si>
+    <t>No sentido que seja instalado postes com luminárias no trecho que vai do trevo da entrada de Taquaritinga até a BR-104.</t>
+  </si>
+  <si>
+    <t>2067</t>
+  </si>
+  <si>
+    <t>595</t>
+  </si>
+  <si>
+    <t>https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/2067/indicacao_no_sentido_que_seja_realizada_a_recuperacao_da_estrada_do_sitio_pe_de_serra_da_comunidade_do_jerimum..pdf</t>
+  </si>
+  <si>
+    <t>Indicação, no sentido que seja realizada a recuperação da estrada do Sítio Pé de Serra, da comunidade do Jerimum.</t>
+  </si>
+  <si>
+    <t>2068</t>
+  </si>
+  <si>
+    <t>596</t>
+  </si>
+  <si>
+    <t>https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/2068/indicacao_no_sentido_que_seja_realizado_a_conclusao_do_saneamento_da_avenida_santa_cruz_na_comunidade_do_algodao..pdf</t>
+  </si>
+  <si>
+    <t>Indicação, no sentido que seja realizado a conclusão do saneamento da Avenida Santa Cruz, na comunidade do Algodão.</t>
+  </si>
+  <si>
+    <t>2069</t>
+  </si>
+  <si>
+    <t>597</t>
+  </si>
+  <si>
+    <t>https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/2069/indicacao_no_sentido_que_seja_realizada_a_manutencao_da_estrada_do_assentamento_manoel_santos..pdf</t>
+  </si>
+  <si>
+    <t>Indicação, no sentido que seja realizada a manutenção da estrada do Assentamento Manoel Santos.</t>
+  </si>
+  <si>
+    <t>2070</t>
+  </si>
+  <si>
+    <t>598</t>
+  </si>
+  <si>
+    <t>https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/2070/indicacao_no_sentido_que_o_poder_executivo_veja_a_possibilidade_de_implantar_atendimento_medico_24hrs_na_ubs_em_pao_de_acucar..pdf</t>
+  </si>
+  <si>
+    <t>No sentido que o Poder Executivo veja a possibilidade de implantar atendimento médico 24hrs na UBS em Pão de Açúcar</t>
+  </si>
+  <si>
+    <t>2071</t>
+  </si>
+  <si>
+    <t>599</t>
+  </si>
+  <si>
+    <t>https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/2071/indicacao_no_sentido_que_o_poder_executivo_veja_a_possibilidade_de_viabilizar_uma_nova_unidade_escolar_no_distrito_de_pao_de_acucar..pdf</t>
+  </si>
+  <si>
+    <t>No sentido que o Poder Executivo veja a possibilidade de viabilizar uma nova unidade escolar no distrito de Pão de Açúcar.</t>
+  </si>
+  <si>
+    <t>2072</t>
+  </si>
+  <si>
+    <t>600</t>
+  </si>
+  <si>
+    <t>https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/2072/indicacao_no_sentido_que_o_poder_executivo_veja_a_possibilidade_de_adquirir_uma_uti_movel_para_o_hospital_severino_pereira_da_silva..pdf</t>
+  </si>
+  <si>
+    <t>No sentido que o Poder Executivo veja a possibilidade de adquirir uma UTI móvel para o Hospital Severino Pereira da Silva.</t>
+  </si>
+  <si>
+    <t>2073</t>
+  </si>
+  <si>
+    <t>601</t>
+  </si>
+  <si>
+    <t>https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/2073/indicacao_no_sentido_de_que_administracao_publica_possa_requalificar_a_iluminacao_da_travessa_sorocaba_centro_rua_por_tras_do_gordo_da_casa_de_peca..pdf</t>
+  </si>
+  <si>
+    <t>Indicação, no sentido de que administração pública possa requalificar a iluminação da Travessa Sorocaba, centro (rua por trás do gordo da casa de peça).</t>
+  </si>
+  <si>
+    <t>2074</t>
+  </si>
+  <si>
+    <t>602</t>
+  </si>
+  <si>
+    <t>https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/2074/digitalizacao_26-11-2025_1222.pdf</t>
+  </si>
+  <si>
+    <t>No sentido que o Poder Executivo veja a_x000D_
+possibilidade de construção de 02(duas) fossas na comunidade do Algodão.</t>
+  </si>
+  <si>
+    <t>2075</t>
+  </si>
+  <si>
+    <t>603</t>
+  </si>
+  <si>
+    <t>https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/2075/digitalizacao_26-11-2025_1221.pdf</t>
+  </si>
+  <si>
+    <t>No sentido que o Poder Executivo realize o saneamento na comunidade do Algodão.</t>
+  </si>
+  <si>
+    <t>2076</t>
+  </si>
+  <si>
+    <t>604</t>
+  </si>
+  <si>
+    <t>https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/2076/digitalizacao_26-11-2025_1220.pdf</t>
+  </si>
+  <si>
+    <t>No sentido que seja feito um acesso público e instalação de uma placa para a visualização ao poço perfurado e instalado pela empresa Codevasf na Comunidade de Pedra Preta.</t>
   </si>
   <si>
     <t>1310</t>
   </si>
   <si>
     <t>MOÇÃO</t>
   </si>
   <si>
     <t>Moção</t>
   </si>
   <si>
     <t>Felipe Martinho, Demir, Guilherme Cumaru, Jamilly Myla</t>
   </si>
   <si>
     <t>https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1310/mocao_de_aplauso_grupo_de_escoteiros_chefe_leandro.pdf</t>
   </si>
   <si>
     <t>Moção de Aplauso em favor de GRUPO DE ESCOTEIROS CHEFE LEANDRO.</t>
   </si>
   <si>
     <t>1673</t>
   </si>
   <si>
     <t>Amauri de Mino, Baiano do Povo, Demir, Felipe Martinho, Guilherme Cumaru, Hélio de Novo, Jamilly Myla, Milton, Nego de Pretinho</t>
   </si>
@@ -6961,84 +8019,279 @@
 Requer-se:_x000D_
 a) Cópia de requerimento escrito, discutido e votado pelo Plenário, nos termos do art._x000D_
 148, VIII do Regimento Interno desta Casa, que solicitou realização de audiência pública_x000D_
 referente ao FINISA – crédito caixa, que aconteceu no distrito de Pão de Açúcar, no dia 12 de agosto do ano em curso._x000D_
 b) Cópia da ata da referida audiência pública.</t>
   </si>
   <si>
     <t>1920</t>
   </si>
   <si>
     <t>https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1920/requerimento_-_abono_de_falta_-_11.09.25_-_helio.pdf</t>
   </si>
   <si>
     <t>1948</t>
   </si>
   <si>
     <t>https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1948/requerimento_-_pedido_de_informacoes_02-10-2025_assinado.pdf</t>
   </si>
   <si>
     <t>Pedido de informação:_x000D_
 Requer o que segue:_x000D_
 a) Cópia de todas as notas fiscais da empresa Agil locadora de veículos Ltda, oriunda do contrato com o Fundo Municipal de Saúde no ano de 2025._x000D_
 b) Cópia de todos os contratos dos prestadores de serviço de transporte terceirizado junto ao Fundo Municipal de Saúde no ano de 2025.</t>
   </si>
   <si>
+    <t>1964</t>
+  </si>
+  <si>
+    <t>https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1964/requerimento_pedido_de_informacoes_-_baiano.pdf</t>
+  </si>
+  <si>
+    <t>Pedido de informação: _x000D_
+Requer o que segue:_x000D_
+a) Cópia do contrato da empresa responsável pela coleta do lixo urbano no distrito de Pão de Açúcar._x000D_
+b) Cópia do cronograma de coleta do lixo urbano no distrito de Pão de Açúcar.</t>
+  </si>
+  <si>
+    <t>1969</t>
+  </si>
+  <si>
+    <t>https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1969/requerimnto_de_falta_-_11.09_-_geovane_1.pdf</t>
+  </si>
+  <si>
+    <t>Requerimento de Abono de Falta referente a ausência na 4ª sessão ordinária legislativa do 3º período. Por motivos pessoais e inadiáveis.</t>
+  </si>
+  <si>
+    <t>1976</t>
+  </si>
+  <si>
+    <t>https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1976/requerimento_-_abono_de_falta_de_joao_eugenio.pdf</t>
+  </si>
+  <si>
+    <t>Solicito abono de falta referente a reunião do dia 11 de setembro, por motivo de assuntos pessoais intransferíveis.</t>
+  </si>
+  <si>
+    <t>1978</t>
+  </si>
+  <si>
+    <t>https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1978/requerimento_de_falta_-_23.09.25_-_helio.pdf</t>
+  </si>
+  <si>
+    <t>Requerimento de abono de falta - _x000D_
+Solicito abono de falta do dia 23/09/2025, por motivo de assuntos pessoais intransferíveis.</t>
+  </si>
+  <si>
+    <t>1984</t>
+  </si>
+  <si>
+    <t>https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1984/requerimento_-_abono_de_falta_-_21.10.25_-_jamilly.pdf</t>
+  </si>
+  <si>
+    <t>Solicito abono de falta, por motivo de assuntos pessoais intransferíveis.</t>
+  </si>
+  <si>
+    <t>1989</t>
+  </si>
+  <si>
+    <t>https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1989/requerimento-voto_de_pesar_pelo_falecimento_de_francisco_jackson_alves.pdf</t>
+  </si>
+  <si>
+    <t>Voto de Pesar pelo falecimento de Francisco Jackson Alves</t>
+  </si>
+  <si>
+    <t>1990</t>
+  </si>
+  <si>
+    <t>https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1990/requerimento-voto_de_pesar_pelo_falecimento_de_joselia_maria_de_assuncao..pdf</t>
+  </si>
+  <si>
+    <t>Voto de Pesar pelo falecimento de Josélia Maria de Assunção</t>
+  </si>
+  <si>
+    <t>2011</t>
+  </si>
+  <si>
+    <t>https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/2011/requerimento_abono_de_falta_-_amilton_16.10.2025.pdf</t>
+  </si>
+  <si>
+    <t>Requerimento de Abono de Falta referente a ausência na 1ª sessão ordinária legislativa do 4º período. Por motivos pessoais e inadiáveis.</t>
+  </si>
+  <si>
+    <t>2019</t>
+  </si>
+  <si>
+    <t>https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/2019/requerimento_-_abono_de_falta_eduardo_0001.pdf</t>
+  </si>
+  <si>
+    <t>Requerimento de abono de falta- solicito abono de falta no dia 30/10/2025, por motivos de assuntos pessoais intransferíveis.</t>
+  </si>
+  <si>
+    <t>2024</t>
+  </si>
+  <si>
+    <t>https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/2024/requerimento_-__abono_de_falta_de_helio_referente_ao_dia_23-10-2025.pdf</t>
+  </si>
+  <si>
+    <t>Requerimento de Abono de Falta referente a ausência na 3ªSessão Ordinária Legislativa do 4º período Por motivos pessoais e inadiáveis.</t>
+  </si>
+  <si>
+    <t>2028</t>
+  </si>
+  <si>
+    <t>https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/2028/requerimento_-_abono_de_falta_-_amilton_-_30.10.25.pdf</t>
+  </si>
+  <si>
+    <t>Requerimento de Abono de faIta referente a ausência na 4a sessão ordinária legislativa do 4º período. Por motivos pessoais e inadiáveis</t>
+  </si>
+  <si>
+    <t>2032</t>
+  </si>
+  <si>
+    <t>https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/2032/requerimento_de_abono_de_falta_-_21.10.25_-_joao_eugenio.pdf</t>
+  </si>
+  <si>
+    <t>2036</t>
+  </si>
+  <si>
+    <t>https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/2036/requerimento_-_pedido_de_informacoes_-_baiano.pdf</t>
+  </si>
+  <si>
+    <t>Pedido de informação:_x000D_
+Requer o que segue:_x000D_
+a) Cópia dos contratos de locação de todos os imóveis locados pela Secretaria Municipal_x000D_
+de Assistência Social, através do Fundo Municipal de Assistência Social, bem como_x000D_
+comprovantes de pagamentos dos referidos aluguéis durante o ano de 2025.</t>
+  </si>
+  <si>
+    <t>2040</t>
+  </si>
+  <si>
+    <t>https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/2040/requerimento_-_abono_de_falta_-_helio_-_07.11.25.pdf</t>
+  </si>
+  <si>
+    <t>Requerimento de Abono de Falta referente a ausência na 5° Sessão Ordinária legislativo do 4° período, por motivos pessoais e inadiáveis.</t>
+  </si>
+  <si>
+    <t>2041</t>
+  </si>
+  <si>
+    <t>https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/2041/requerimento_abono_de_falta_-_eduardo_jose_-_11.11.25.pdf</t>
+  </si>
+  <si>
+    <t>Solicito abono de falta no dia 11.11.2025, por motivo de assuntos pessoais intransferíveis.</t>
+  </si>
+  <si>
+    <t>2043</t>
+  </si>
+  <si>
+    <t>https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/2043/requerimento_-_voto_de_pesar_pelo_falecimento_de_jose_gilson_pereira.pdf</t>
+  </si>
+  <si>
+    <t>Voto de Pesar pelo falecimento de José Gilson Pereira</t>
+  </si>
+  <si>
+    <t>2044</t>
+  </si>
+  <si>
+    <t>https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/2044/requerimento_-_voto_de_pesar_pelo_falecimento_de_armindo_helio_oliveira_silva.pdf</t>
+  </si>
+  <si>
+    <t>Voto de Pesar pelo falecimento de Armindo Hélio Oliveira Silva</t>
+  </si>
+  <si>
+    <t>2064</t>
+  </si>
+  <si>
+    <t>https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/2064/abono_demir_16-09-25.pdf</t>
+  </si>
+  <si>
+    <t>Solicito abono de falta na 1ª Reunião Ordinária da 4ª Sessão Legislativa (16/09/25) , por motivo de assuntos pessoais intransferíveis.</t>
+  </si>
+  <si>
+    <t>2065</t>
+  </si>
+  <si>
+    <t>https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/2065/abono_demir_13-11-25.pdf</t>
+  </si>
+  <si>
+    <t>Solicito abono de falta na 7ª Reunião Ordinária da 4ª Sessão Legislativa (13/11/2025), por motivo de assuntos pessoais intransferíveis.</t>
+  </si>
+  <si>
     <t>1301</t>
   </si>
   <si>
     <t>PRES</t>
   </si>
   <si>
     <t>Projeto de Resolução</t>
   </si>
   <si>
     <t>Mesa Diretora - MESA</t>
   </si>
   <si>
     <t>https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1301/projeto_de_resolucao_dispoe_sobre_as_contas_da_prefeitura_municipal_de_taquaritinga_do_norte-pe_relativas_ao_exercicio_de_2017_ordenador_de_despesas_ivanildo_mestre_bezerra.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre as contas da Prefeitura Municipal de Taquaritinga do Norte-PE, relativas ao exercício de 2017, Ordenador de Despesas Ivanildo Mestre Bezerra</t>
   </si>
   <si>
     <t>1350</t>
   </si>
   <si>
     <t>https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1350/projeto_de_resolucao_altera_o_art._127-a_do_regimento_interno.pdf</t>
   </si>
   <si>
     <t>Altera o Artigo 127-A e revoga o § 1°, ambos do Regimento Interno da Câmara de Vereadores de Taquaritinga do Norte.</t>
   </si>
   <si>
     <t>1656</t>
   </si>
   <si>
     <t>https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1656/projeto_de_resolucao_dispoe_sobre_o_regimento_interno_da_camara_municipal_de_taquaritinga_do_norte_estado_de_pernambuco..pdf</t>
   </si>
   <si>
     <t>Dispõe sobre o Regimento Interno da Câmara Municipal de Taquaritinga do Norte, Estado de Pernambuco.</t>
+  </si>
+  <si>
+    <t>1968</t>
+  </si>
+  <si>
+    <t>https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1968/projeto_de_resolucao_no_02-2025..pdf</t>
+  </si>
+  <si>
+    <t>Autoriza a devolução ao Poder Executivo municipal de veículo pertencente ao patrimônio da Câmara Municipal de Taquaritinga do Norte e dá outras providências.</t>
+  </si>
+  <si>
+    <t>1977</t>
+  </si>
+  <si>
+    <t>https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1977/projeto_de_resolucao_-_helio.pdf</t>
+  </si>
+  <si>
+    <t>Dispõe sobre as exigências para concessão de Títulos de Cidadão Nortetaquaritinguense e  da Medalha Severino Pereira da Silva e dá_x000D_
+outras providências.</t>
   </si>
   <si>
     <t>1258</t>
   </si>
   <si>
     <t>PARL</t>
   </si>
   <si>
     <t>Parecer Legislativo</t>
   </si>
   <si>
     <t>CFO - Comissão de Finanças e Orçamento</t>
   </si>
   <si>
     <t>https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1258/parecer_ploe_n1_cfo.pdf</t>
   </si>
   <si>
     <t>Parecer Favoravelmente pela legalidade da tramitação do PLOE 01/2025: - ALTERA AS LEIS MUNICIPAIS N° 1.603/2009 E 1.863/2017, FIXA O VENCIMENTO DE CARGOS EM COMISSAO E DA OUTRAS PROVIDENCIAS.</t>
   </si>
   <si>
     <t>1259</t>
   </si>
   <si>
     <t>https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1259/parecer_ploe_n2_cfo.pdf</t>
   </si>
@@ -7810,50 +9063,128 @@
     <t>1937</t>
   </si>
   <si>
     <t>https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1937/parecer_emenda_aditiva_no_2-2025.pdf</t>
   </si>
   <si>
     <t>Favoravelmente pela tramitação da EMENDA ADITIVA n 02/2025: Acrescente-se o §30 ao art. 104, com a seguinte redação: '§30 As atualizações de que trata o caput poderão ser promovidas, no que couber, pelo Poderes, no âmbito de suas competências e com observância da iniciativa privativa, mediante lei específica, preservadas a autonomia dos Poderes e as regras de direito financeiro."</t>
   </si>
   <si>
     <t>1940</t>
   </si>
   <si>
     <t>https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1940/parecer_emenda_modificativa_no_1-2025.pdf</t>
   </si>
   <si>
     <t>Favoravelmente pela tramitação da EMENDA MODIFICATIVA n 01/2025: - Dê-se ao §30 do art. 46 a seguinte redação: §3 Para assegurar a execução tempestiva das emendas parlamentares impositivas, o Poder Executivo: I - até o dia 10 de janeiro do exercício, informará à Câmara Municipal e aos autores das emendas os impedimentos técnicos e/ou legais eventualmente identificados, com a devida fundamentação; II – o autor da emenda disporá de 10 (dez) dias, contados do recebimento da comunicação, para promover ajustes que viabilizem a execução; III – até o dia 30 de janeiro, deverá publicar o cronograma de desembolso e de execução financeira das emendas parlamentares individuais, com atualização periódica, sem prejuízo do cronograma anual de que trata o art. 116 desta Lei.".</t>
   </si>
   <si>
     <t>1942</t>
   </si>
   <si>
     <t>https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1942/parecer_emenda_modificativa_n_3-2025.pdf</t>
   </si>
   <si>
     <t>Favoravelmente pela tramitação da EMENDA MODIFICATIVA n 03/2025: Dê-se ao §30 do art. 110 a seguinte redação: "Art. 92 - No texto da Lei Orçamentária, constará autorização para abertura de créditos adicionais suplementares, de 05% (cinco por cento), do total dos orçamentos, como margem de remanejamento, nos termos dos artigos 70, inciso i, e art. 42, da Lei Federal 4.320, de 17 de março de 1964, e art. 165, § 80, da Constituição Federal, bem como autorização para contratação de operação de crédito."</t>
+  </si>
+  <si>
+    <t>1994</t>
+  </si>
+  <si>
+    <t>https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1994/parecer_ploe_27-2025_cjle.pdf</t>
+  </si>
+  <si>
+    <t>Parecer Favoravelmente pela legalidade da tramitação da PLOE 27/2025: ALTERA A REDAÇÃO DO § 1º DO ART. 20 DA LEI MUNICIPAL Nº 1.771, DE 09 DE SETEMBRO DE 2013, QUE MODIFICOU O ART. 20 DA LEI MUNICIPAL Nº 1.433, DE 2002, PARA ADEQUAÇÃO URBANÍSTICA E CONFORMIDADE COM OS PARÂMETROS FEDERAIS DE PARCELAMENTO DO SOLO URBANO.</t>
+  </si>
+  <si>
+    <t>1995</t>
+  </si>
+  <si>
+    <t>https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1995/parecer_ploe_30-2025__cjle.pdf</t>
+  </si>
+  <si>
+    <t>Parecer Favoravelmente pela legalidade da tramitação da PLOE 30/2025: Autoriza a abertura de Crédito Especial ao Orçamento Municipal do exercício de 2025, no âmbito da Secretaria Municipal de Saúde, e dá outras providências.</t>
+  </si>
+  <si>
+    <t>1996</t>
+  </si>
+  <si>
+    <t>https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1996/parecer_ploe_23-2025_cjle.pdf</t>
+  </si>
+  <si>
+    <t>Parecer Favoravelmente pela legalidade da tramitação da PLOE 23/2025: Altera a Lei Municipal nº 1.555. 2008, que dispõe sobre a legalização de áreas em que foi autorizado ao particular construir em terrenos pertencentes ao patrimônio público municipal, e dá outras providências.</t>
+  </si>
+  <si>
+    <t>1997</t>
+  </si>
+  <si>
+    <t>https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1997/parecer__pres_4-2025_cjle.pdf</t>
+  </si>
+  <si>
+    <t>Parecer Favoravelmente pela legalidade da tramitação da PRES 04/2025: Autoriza a devolução ao Poder Executivo municipal de veículo pertencente ao patrimônio da Câmara Municipal de Taquaritinga do Norte e dá outras providências.</t>
+  </si>
+  <si>
+    <t>1998</t>
+  </si>
+  <si>
+    <t>https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1998/parecer_pdl_18_2025_cjle.pdf</t>
+  </si>
+  <si>
+    <t>Parecer Favoravelmente pela legalidade da tramitação do PDL 18/2025: Concede Título de Cidadã de Taquaritinga do Norte à Exma. Sra. RAQUEL TEIXEIRA LYRA LUCENA.</t>
+  </si>
+  <si>
+    <t>1999</t>
+  </si>
+  <si>
+    <t>https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1999/parecer_ploe_27_2025_comissao_de_obras.pdf</t>
+  </si>
+  <si>
+    <t>Parecer Favoravelmente pela legalidade da tramitação da PLOE 27/2025 ALTERA A REDAÇÃO DO § 1º DO ART. 20 DA LEI MUNICIPAL Nº 1.771, DE 09 DE SETEMBRO DE 2013, QUE MODIFICOU O ART. 20 DA LEI MUNICIPAL Nº 1.433, DE 2002, PARA ADEQUAÇÃO URBANÍSTICA E CONFORMIDADE COM OS PARÂMETROS FEDERAIS DE PARCELAMENTO DO SOLO URBANO.</t>
+  </si>
+  <si>
+    <t>2000</t>
+  </si>
+  <si>
+    <t>https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/2000/parecer_ploe_30_2025_cfo.pdf</t>
+  </si>
+  <si>
+    <t>2077</t>
+  </si>
+  <si>
+    <t>https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/2077/parecer_cmjlefo_-_ploe_29-2025.pdf</t>
+  </si>
+  <si>
+    <t>Esta Comissão opina pelo favoravelmente do Projeto de Lei 29/2025 – "INSTITUI O PLANO PLURIANUAL DO MUNICÍPIO DE TAQUARITINGA DO NORTE PARA O PERÍODO DE 2026 A 2029 E DÁ OUTRAS PROVIDÊNCIAS".</t>
+  </si>
+  <si>
+    <t>2078</t>
+  </si>
+  <si>
+    <t>https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/2078/parecer_cmjlefo_-_ploe_28-2025.pdf</t>
+  </si>
+  <si>
+    <t>Esta Comissão opina pelo favoravelmente do Projeto de Lei 28/2025 - "ESTIMA A RECEITA E FIXA A DESPESA DO MUNICÍPIO DE TAQUARITINGA DO NORTE PARA O EXERCÍCIO FINANCEIRO DE 2026”.</t>
   </si>
   <si>
     <t>1658</t>
   </si>
   <si>
     <t>VETO</t>
   </si>
   <si>
     <t>Razões do Veto</t>
   </si>
   <si>
     <t>https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1658/oficio_gp_n.375.2025.pdf</t>
   </si>
   <si>
     <t>Encaminhamento de Mensagem de Veto Total ao Projeto de Lei nº 10/2025 - Comunico a Vossas Excelências que, nos termos do art. 66, §1º, da Constituição Federal, bem como do § 1º do art. 50 da Lei Orgânica Municipal, decido vetar integralmente o Projeto de Lei nº 10/2025, aprovado por essa egrégia Casa Legislativa, que “Dispõe sobre a liberação de espaços públicos para realização de eventos com som automotivo regulamentando suas atividades e dá outras providências”, pelas razões de inconstitucionalidade, ilegalidade e contrariedade ao interesse público, conforme passa a expor.</t>
   </si>
   <si>
     <t>1659</t>
   </si>
   <si>
     <t>https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1659/oficio_gp_n.377.2025_.pdf</t>
   </si>
   <si>
     <t>Encaminhamento de Mensagem de Veto Total ao Projeto de Lei nº 09/2025 - Comunico a Vossas Excelências que, nos termos do art. 66, §1º, da Constituição Federal, bem como do § 1º do art. 50 da Lei Orgânica Municipal, , decido vetar integralmente o Projeto de Lei nº 09/2025, aprovado por essa egrégia Casa Legislativa, que “Dispõe sobre estabelecer diretrizes para o Incentivo e Desenvolvimento da Apicultura e da Meliponicultora e o desenvolvimento de produtos e serviços apícolas e meliponícolas de qualidade no município de Taquaritinga do Norte e da outras providencias.”</t>
   </si>
@@ -8307,50 +9638,91 @@
     <t>https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1859/plol-ubs_maria_do_socorro_bezerra_de_lima.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre denominação da Unidade Básica de Saúde- UBS, que será construída no Bairro Beira Rio, de UBS MARIA DO _x000D_
 SOCORRO BEZERRA DE LIMA, e dá outras providências.</t>
   </si>
   <si>
     <t>1885</t>
   </si>
   <si>
     <t>https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1885/ploe_2025_dispoe_sobre_das_bandeiras_oficiais_dos_distritos_de_gravata_do_ibiapina_e_de_pao_de_acucar_no_municipio_de_taquaritinga_do_norte_e_da_outras_providencias.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE DAS BANDEIRAS OFICIAIS DOS DISTRITOS DE GRAVATÁ DO IBIAPINA E DE PÃO DE AÇÚCAR, NO MUNICÍPIO DE TAQUARITINGA DO NORTE, E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>1929</t>
   </si>
   <si>
     <t>https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1929/plol_-_institui_o_programa_municipal_de_inclusao_digital_para_idosos.pdf</t>
   </si>
   <si>
     <t>Institui o Programa Municipal de Inclusão Digital Para Idosos.</t>
   </si>
   <si>
+    <t>1966</t>
+  </si>
+  <si>
+    <t>https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1966/projetfica_denominado_o_trecho_que_liga_a_comunidade_do_algodao_ate_a_cidade_de_santa_cruz_do_capibaribe_-_pe_de_braz_ferreira_de_araujo.pdf</t>
+  </si>
+  <si>
+    <t>Fica denominado o trecho que liga a comunidade do Algodão até a cidade de Santa Cruz do Capibaribe-PE de BRAZ FERREIRA DE ARAÚJO.</t>
+  </si>
+  <si>
+    <t>1987</t>
+  </si>
+  <si>
+    <t>https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1987/plol_-_jamilly_21.10.pdf</t>
+  </si>
+  <si>
+    <t>Dispõe sobre denominação da praça que será construída no bairro Cruzeiro, em Pão de  Açúcar, de Praça JOSÉ ALVES DE ARAÚJO_x000D_
+ e dá outras providências.</t>
+  </si>
+  <si>
+    <t>1988</t>
+  </si>
+  <si>
+    <t>Felipe Martinho, Jamilly Myla</t>
+  </si>
+  <si>
+    <t>https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1988/pl.pdf</t>
+  </si>
+  <si>
+    <t>Dispõe  sobre  denominação  da  Galpão  da  Juventude, localizado no distrito de Pão de Açúcar,   de    GALPÃO    DA    JUVENTUDE_x000D_
+ MARIA    VITÓRIA    SILVA    e    dá    outras  providências.</t>
+  </si>
+  <si>
+    <t>2015</t>
+  </si>
+  <si>
+    <t>https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/2015/plol_-_dispoe_sobre_a_implementacao_do_dia_de_corpus_christi_como_feriado_municipal_a_ser_acrescido_no_calendario_de_feriados_religiosos_ja_consolidados_no_municipio_de_taquaritinga_do_norte..pdf</t>
+  </si>
+  <si>
+    <t>Dispõe sobre a implementação do dia de Corpus Christi como feriado municipal a ser acrescido no calendário de feriados religiosos já consolidados no município de Taquaritinga do Norte.</t>
+  </si>
+  <si>
     <t>1235</t>
   </si>
   <si>
     <t>PLOE</t>
   </si>
   <si>
     <t>Projeto de Lei Ordinária Executivo</t>
   </si>
   <si>
     <t>https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1235/altera_as_leis_municipais_no_1.6032009_e_1.8632017_fixa_o_vencimento_de_cargos_em_comissao_e_da_outras_providencias..pdf</t>
   </si>
   <si>
     <t>ALTERA AS LEIS MUNICIPAIS N° 1.603/2009 E 1.863/2017, FIXA O VENCIMENTO DE CARGOS EM COMISSAO E DA OUTRAS PROVIDENCIAS.</t>
   </si>
   <si>
     <t>1236</t>
   </si>
   <si>
     <t>https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1236/cria_as_funcoes_gratificadas_de_agente_de_contratacao_e_agente_de_comissao_de_contratacao_e_equipe_de_apoio_no_ambito_da_administracao_publica_municipal_direta_e_fundacional.pdf</t>
   </si>
   <si>
     <t>Cria as funções gratificadas de “Agente de Contratação” e “Agente de Comissão de Contratação e Equipe de Apoio” no âmbito da Administração Publica Municipal Direta e Fundacional do Municipio de Taquaritinga do Norte-PE.</t>
   </si>
   <si>
     <t>1237</t>
@@ -8581,50 +9953,104 @@
     <t>1949</t>
   </si>
   <si>
     <t>https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1949/projeto_loa_2026.pdf</t>
   </si>
   <si>
     <t>Projeto de Lei Orçamentária Anual – LOA 2026 - ESTIMA A RECEITA E FIXA A DESPESA DO MUNICÍPIO DE TAQUARITINGA DO NORTE PARA O EXERCÍCIO FINANCEIRO DE 2026.</t>
   </si>
   <si>
     <t>1950</t>
   </si>
   <si>
     <t>https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1950/projeto_ppa__2026_-_2029.pdf</t>
   </si>
   <si>
     <t>Projeto de Lei do PPA 2026–2029 - INSTITUI O PLANO PLURIANUAL DO MUNICÍPIO DE TAQUARITINGA DO NORTE PARA O PERÍODO DE 2026 A 2029 E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>1952</t>
   </si>
   <si>
     <t>https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1952/projeto_de_lei_credito_especial_-_saude_emendas.pdf</t>
   </si>
   <si>
     <t>Autoriza a abertura de Crédito Especial ao Orçamento Municipal do exercício de 2025, no âmbito da Secretaria Municipal de Saúde, e dá outras providências.</t>
+  </si>
+  <si>
+    <t>2031</t>
+  </si>
+  <si>
+    <t>https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/2031/projeto_de_lei_em_regime_de_urgencia_urgentissima.pdf</t>
+  </si>
+  <si>
+    <t>Altera o limite autorizado para abertura de créditos adicionais por anulação de dotações, previsto na Lei Orçamentária Anual nº 2.188/2024 e na Lei de Diretrizes Orçamentárias nº 2.180/2024, ambas do Município de Taquaritinga do Norte, e dá outras providências.</t>
+  </si>
+  <si>
+    <t>2048</t>
+  </si>
+  <si>
+    <t>https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/2048/projeto_de_lei__uso_indevido_de_bens_e_vias_publicas.pdf</t>
+  </si>
+  <si>
+    <t>Dispõe sobre a proibição de afixação de cartazes, faixas, adesivos, panfletos e materiais análogos em prédios, equipamentos e demais bens públicos do município de Taquaritinga do Norte, estabelece procedimentos fiscalizatórios, penalidades, bem como a proibição de instalação e funcionamento de barracas, trailers, bancos, estruturas comerciais, parques de diversão e brinquedos em vias e logradouros públicos sem o devido alvará municipal, e dá outras providências.</t>
+  </si>
+  <si>
+    <t>2050</t>
+  </si>
+  <si>
+    <t>https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/2050/projeto_de_lei_-_altera_lei_1.967-2019_-_cmsp_e__fmsp.pdf</t>
+  </si>
+  <si>
+    <t>Altera os arts. 3º e 11 da Lei nº 1.967, de 7 de maio de 2019, que institui o Conselho Municipal de Segurança Pública e o Fundo Municipal de Segurança Pública de Taquaritinga do Norte, e dá outras providências.</t>
+  </si>
+  <si>
+    <t>2051</t>
+  </si>
+  <si>
+    <t>https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/2051/projeto_de_lei_-_identidade_funcional.pdf</t>
+  </si>
+  <si>
+    <t>Institui e regulamenta a Cédula de Identidade Funcional da Guarda Civil Municipal de Taquaritinga do Norte, Estado de Pernambuco, e dá outras providências.</t>
+  </si>
+  <si>
+    <t>2052</t>
+  </si>
+  <si>
+    <t>https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/2052/projeto_de_lei_-_brasao_gcm.pdf</t>
+  </si>
+  <si>
+    <t>Institui como símbolos oficiais da Guarda Civil Municipal de Taquaritinga do Norte – GCMTN o Brasão da Corporação e o Brasão da Corregedoria Geral da GCMTN, e dá outras providências.</t>
+  </si>
+  <si>
+    <t>2079</t>
+  </si>
+  <si>
+    <t>https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/2079/projeto_de_lei_-_doacao_de_terreno_ao_estado_de_pernambuco.pdf</t>
+  </si>
+  <si>
+    <t>AUTORIZA O MUNICÍPIO DE TAQUARITINGA DO NORTE A DOAR AO ESTADO DE PERNAMBUCO ÁREA DE TERRENO PÚBLICO DESTINADA À CONSTRUÇÃO DE ESCOLA ESTADUAL, ESTABELECENDO PRAZO DE 02 (DOIS) ANOS PARA EDIFICAÇÃO SOB PENA DE REVERSÃO, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>1550</t>
   </si>
   <si>
     <t>PLC</t>
   </si>
   <si>
     <t>Projeto de Lei Complementar</t>
   </si>
   <si>
     <t>https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1550/plol-altera__a_lei_municipal_no_1.433-2022.pdf</t>
   </si>
   <si>
     <t>Altera a Lei Municipal N° 1433/2022, que Dispõe sobre o parcelamento do solo urbano no âmbito do município de Taquaritinga do Norte-PE, e dá outras providências.</t>
   </si>
   <si>
     <t>1655</t>
   </si>
   <si>
     <t>PELO</t>
   </si>
   <si>
     <t>Proposta de Emenda à Lei Orgânica</t>
   </si>
@@ -8958,56 +10384,56 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1208/ind-amauri-pavimentacaoasfalticaentrejerimumatedivisacomstacruz_1.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1209/ind-amauri-pavimentacaoasfalticaentreacomunidadejerimumabr104_1.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1210/ind-demir-poderexecutivopossaconstruirubsemmateusvieira.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1211/ind-helio_que_seja_implatada_uma_base_da_guarda_municipal_no_jer.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1212/ind-helio_que_seja_implatada_uma_base_do_samu_em_pao_de_acucar.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1213/ind-amauri-p.executivoviabilizeumveiculoparapsfdojerimum_1.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1214/ind-helio_que_seja_realizada_passagem_molhada_em_pao_de_acucar.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1215/ind-rubervan-p.executivoconstruaeurbanizeduaspontesocanalbeirari.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1216/baiano-ind-calcamento_da_rua_joao_ferreira_alves_centro_de_pao_de_acucar.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1217/baiano-ind-calcamento_da_rua_maria_jose_de_araujo_psf_da_serrinha.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1218/baiano-ind-calcamento_da_rua_jose_deodato_da_silva_em_pao_de_acucar.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1219/ind-rubervan-ubsnozambaabragendobeira-riostio_arrozequeimadas.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1220/ind-rubervan-pavimentacaodapracadositioserradosbois.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1221/ind-jamilly-construirvestiariobanheiroscisternanocampofutpaoacuc.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1222/ind-jamilly-realizereformageralnochafarizdacomunidadevilaalta.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1223/felipe.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1224/ind-geovane-fecharnosfinaisdesemanavenidajoaojoseempaodeacucar.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1225/ind-geovane-avvaldemarcarlosemvilasocorropaisagismobancosdepraca.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1226/indicacao_vv.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1227/ind_felipe_-_no_sentido_que_a_prefeitura_disponibilize_um_reservatorio_de_agua_potavel_que_beneficie_atraves_de_sistema_de_gravidade_os_moradores_que_residem_na_localidade_do_alto_da_cocada.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1228/ind_felipe_-_no_sentido_de_que_o_poder_executivo_municipal_coloque_picarra_na_estrada_que_inicia_na_entrada_do_sitio_sao_miguel_e_passa_pelos_sitios_paquevira_e_lagoa_dantas.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1230/indicacao_3_nego.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1231/indicacao_2_nego.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1232/milton1.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1233/milton2.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1234/milton3.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1238/no_sentido_de_que_seja_disponibilizado_01_carro_para_que_fique_a_disposicao_dos_pacientes_e_acompanhantes_de_taquaritinga_do_norte__que_sao_usuarios_da_casa_de_apoio_solar_do_.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1239/no_sentido_de_seja_feito_uma_via_de_acesso_ate_a_igreja_nossa_senhora_do_perpetuo_socorro_e_a_construcao_de_uma_praca_ao_lado_da_referida_igreja.__1.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1242/indicacao-no_sentido_de_que_seja_feita_uma_area_de_lazer_ao_lado_do_psf_do_badoque.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1244/base_da_guarda.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1245/kitmaterial.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1246/fardamento.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1247/indicacao-no_sentido_de_que_seja_feita_uma_area_de_lazer_no_bairro_cruzeiro_em_frente_a_igreja_sao_francisco_de_assis.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1248/indicacao-no_sentido_que_seja_realizada_a_construcao_de_um_predio_proprio_ubs_no_bairro_capibaribe..pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1249/indicacao-_recapeamento-.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1250/indicacao-_manutencao_do_acude_novo-ass.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1254/indicacao-no_sentido_de_que_seja_feita_uma_area_de_lazer_no_bairro_cruzeiro_em_frente_a_igreja_santo_antonio..pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1255/requerimento_1.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1256/requerimento_2.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1257/mototaxi.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1264/indicacao-no_sentido_que_o_poder_executivo_possa_construir_um_psf_na_comunidade_de_placas.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1265/indicacao-no_sentido_que_o_poder_executivo_possa_construir_um_vestiario_feminino_e__a_manutencao_do_vestiario_masculino_na_quadra_de_esportes_padre_estanislau_pires.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1266/indicacao-pavimentacao_e_saneamento_das_ruas_ao_entorno_da_praca_do_sitio_serra_dos_bois.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1267/indicacao-pavimentacao_e_saneamento_das_ruas_ao_entorno_da_praca_do_sitio_serra_dos_bois.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1268/indicacao-no_sentido_de_que_o_poder_executivo_veja_a_possibilidade_de_reestruturar_o_acude_de_santo_amaro_para_ficar_como_mais_um_ponto_turistico_para_nossa_cidade..pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1269/indicacao-no_sentido_que_o_poder_executivo_veja_a_possibilidade_de_construir_uma_lixeira_na_comunidade_de_sao_bento_na_proximidade_do_sr._cicero_alexandre_conhecido_como_tuiu..pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1270/indicacao-_no_sentido_que_o_poder_executivo_veja_a_possibilidade_de_fazer_o_fechamento_da_frente_da_cobertura_da_quadra_padre__estanislau_pires.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1271/indicacao-no_sentido_de_que_o_poder_executivo_possa_agilizar_junto_ao_governo_do_estado_a_distribuicao_de_sementes_para_os_agricultores_do_nosso_municipio..pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1272/placa_que_sinalize_a_divisao_entre_o_nosso_municipio_e_a_cidade_de_santa_cruz_do_capibaribe_na_localidade_denominada_de_riacho_dos_brinquinhos..pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1273/indicacao-no_sentido_de_que_o_poder_executivo_possa_reativar_a_patrulha_rural_do_nosso_municipio..pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1275/indicacao-no_sentido_que_seja_feito_pavimentacao_e_saneamento_em_frente_a_igreja_catolica_na_comunidade_vila_alta..pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1276/indicacao-no_sentido_que_seja_instalado_um_semaforo_em_frente_a_loja_de_fabrica_staccione..pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1277/indicacao-no_sentido_de_que_o_poder_executivo_veja_a_possibilidade_de_adquirir_um_caminhao_frigorifico_para_atender_o_transporte_de_carne_do_matadouro_aos_comerciantes..pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1278/cemiterio_1.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1279/bombeiros.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1280/ambulancia__1.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1281/passagem_molhada.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1282/picarra_.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1283/posto_de_saude_.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1284/indicacao_contruir_e_urbanizar_espaco_as_margens_do_acude.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1285/indicacao_revitalizar_a_biblioteca_publica.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1287/indicacao3.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1288/indicacao_1_demir.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1289/indicacao2.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1290/indicacao_letreiro_gravata.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1291/indicacao_cameras_em_gravata.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1292/indicacao_rua_aecio_neves_gravata.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1297/no_sentido_de_que_seja_feito_o_calcamento_da_rua_santa_luzia.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1298/indicacao_subestacao_de_energia.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1299/indicacao_trilhas_de_concreto_bar_da_barreira.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1300/indicacao__subida_do_sitio_lagoa_dantas.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1302/indicacao-no_sentido_de_que_o_poder_executivo_veja_a_possibilidade_de_criacao_de_uma_diretoria_ou_patrulha_para_cuidar_das_estradas_do_municipio..pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1303/indicacao-no_sentido_de_que_o_poder_executivo_veja_a_possibilidade_de_reforma_da_praca_da_comunidade_do_jerimum..pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1304/indicacao-no_sentido_de_que_o_poder_executivo_junto_com_a_secretaria_de_saude_veja_a_possibilidade_de_reformar_o_posto_de_saude_satelite_da_comunidade_da_situacao..pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1305/indicacao-no_sentido_de_que_seja_feito_o_calcamento_da_rua_irma_dulce_localizada_no_bairro_cruzeiro_em_pao_de_acucar..pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1306/seja_construida_uma_cobertura_na_recepcao_do_hospital_severino_pereira_da_silva_para_embarque_e_desembarque_dos_pacientes_que_sofrem_muito_no_periodo_de_chuvas_no_municipio..pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1309/saneamento_da_rua_nossa_senhora_do_perpetuo_socorro.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1311/saneamento_e_calcamento_da_rua_da_barragem.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1312/indicacao-no_sentido_que_seja_feito_o_calcamento_da_travessa_severino_vieira_sentido_vaquejada_de_piluta.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1313/img_8963_assinado_page-0001_1.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1314/indicacao-no_sentido_de_que_o_poder_executivo_mande_para_esta_casa_legislativa_com_urgencia_urgentissima_o_projeto_do_piso_salarial_dos_professores_com_o_novo_reajuste..pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1315/indicacao-no_sentido_de_que_o_poder_executivo_desmembre_da_secretaria_de_educacao_a_diretoria_de_de_esporte_e_se_crie_uma_secretaria_de_esporte..pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1316/indicacao-no_sentido_de_que_o_poder_executivo_veja_a_possibilidade_de_construcao_de_uma_praca_arborizada_dispondo_de_parque_infantil_ao_lado_do_colegio_que_fica_situado_na_comunidade_do_tatus..pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1317/instalacao_de_tabelas_de_basquete_na_quadra.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1318/construcao_de_ponte_no_riacho_da_bica.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1319/indi_ponto_de_abrigo.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1320/ind_bracos_de_luminarias.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1321/construcao_de_praca_-_milton.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1322/ind-no_sentido_que_seja_feita_a_pavimentacao_e_o_saneamento_basico_da_rua_santa_luzia_no_trecho_que_se_inicia_na_br-l04.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1323/ind-no_sentido_que_seja_feita_a_reforma_limpeza_e_pintura_da_lavanderia_que_fica_na_comunidade_tatus.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1324/ind-no_sentido_que_seja_construida_uma_praca_na_comunidade_espirito_santo_mais_conhecida_como_inga.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1325/tfd_-_sede_do_municipio.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1326/projeto_de_urbanizacao.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1327/tfd.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1328/ind-helio-nosentidoquepoderexecutivodisponibilizetransportetfd.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1329/ind-helio-nosentidoquefacarecuperacaodaestradamaracajaatealgodao.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1330/ind-helio-nosentidosejafeitapavimentacaoesaneamentobairrosanharo.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1331/indicacao-no_sentido_de_que_o_poder_executivo_conclua_a_quadra_de_esporte_da_comunidade_do_jerimum._1.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1333/indicacao-no_sentido_de_que_o_poder_executivo_conclua_a_quadra_de_esporte_da_comunidade_do_algodao._1.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1334/indicacao-no_sentido_que_o_poder_executivo_realize_o_calcamento_da_rua_antonia_maria_de_jesus_por_tras_da_creche_em_pao_de_acucar..pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1335/indicacao-no_sentido_que_o_poder_executivo_identifique_todos_os_veiculos_inclusive_os_veiculos_lotados_por_forma_de_adesivo_especificando_a_qual_secretaria_ele_pertence..pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1336/indicacao-no_sentido_que_seja_feita_a_recuperacao_da_estrada_que_se_inicia_no_bairro_silva_de_baixo_e_vai_ate_vila_do_socorro..pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1337/indicacao-no_sentido_que_seja_feita_a_recuperacao_das_estradas_do_sitio_lagoa_de_farias.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1338/no_sentido_de_que_seja_realizado_uma_reforma_geral_no_antigo_espaco_do_centro_administrativo_que_fica_localizado_na_rua_amaro_carlos_na_comunidade_de_vila_do_socorro.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1339/indicacao-no_sentido_que_seja_feita_a_recuperacao_da_estrada_que_se_inicia_no_bairro_marilia_e_vai_ate_o_sitio_gameleiras.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1340/no_sentido_de_que_seja_realizada_a_construcao_de_uma_ponte_na_comunidade_varginhas_na_rua_que_da_acesso_a_casa_do_senhor_neto_conhecido_popularmente_como_geladeira.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1341/no_sentido_de_que_seja_realizada_a_requalificacao_da_praca_dos_escoteiros_que_fica_localizada_na_lateral_da_avenida_sorocaba_e_da_rua_dr_aluisio_silvino_pereira.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1342/indicacao-no_sentido_de_que_o_poder_executivo_o_calcamento_da_rua_projetada_por_tras_da_fabrica_camisaria_mestre_localizado_no_cruzeiro_distrito_de_pao_de_acucar..pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1343/indicacao_nego_revitalizacao.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1344/indicacao_no_sentido_de_que_o_poder_executivo_veja_a_possibilidade_de_colocar_sinalizacao_de_transito_sinalizacao_vertical_nas_entradas_do_hospital_severino_pereira_da_silva.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1345/indicacao_nego_calcadao.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1346/poder_executivo_junto_aos_orgaos_responsaveis_para_providenciar_a_regulainentacao_necessaria_de_um_terreno_espaco_para_viabilizar_as_construcoes_do_projeto_minha_casa.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1347/indicacao_nego_rua_projetada.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1348/indicacao_no_sentido_de_que_o_poder_executivo_junto_com_os_orgaos_responsaveis_veja_a_possibilidade_de_colocar_uma_caixa_de_agua_de_lo_mil_litros_na_comunidade_do_santo_antonio.pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1349/ind-hel-nosentidorecuperacaoestradavarzinhaatedivisasantacruzcap.pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1351/indicacao_no_sentido_de_que_o_poder_executivo_realize_a_cobertura_do_canal_que_da_inicio_do_outro_lado_do_trevo_ate_o_anal_do_centro_de_pao_de_acucar..pdf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1352/indicacao_no_sentido_de_que_o_poder_executivo_realize_a_manutencao_do_sitio_cabaco_proximo_a_pedra_preta_que_divide_com_o_riacho_doce..pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1353/indicacao_no_sentido_de_que_o_poder_executivo_realize_a_manutencao_da_estrada_do_pe_de_serra_do_jerimum..pdf" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1355/indicacao_no_sentido_de_que_seja_implantada_uma_ubs_satelite_na_comunidade_do_tatus_com_intuito_de_atender_o_sitio_espega..pdf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1356/indicacao_no_sentido_de_que_o_poder_executivo_realize.pdf" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1357/indicacao_no_sentido_de_que_seja_implantada_uma_area_de_lazer_no_sitio_mangas..pdf" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1359/no_sentido_de_que_seja_realizado_um_estudo_para_viabilizar_a_instalacao_de_um_sinal_de_telefonia_movel_nas_comunidades_dos_sitios_silva_de_cima_e_silva_de_baixo..pdf" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1360/no_sentido_de_que_seja_feita_a_pavimentacao_da_rua_severino_caetano_localizada_no_bairro_novo_alto_da_boa_vista_conhecida_pela_rua_de_berval_genro_de_bigode.pdf" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1361/no_sentido_de_que_seja_instalada_rede_de_internet_sem_fio_wi-fi_com_oferta_gratuita_nos_diferentes_pontos_de_transporte_coletivo_do_municipio..pdf" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1363/indicacao_cisterna_gravata.pdf" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1364/indicacao_rua_do_clube_gravata.pdf" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1366/no_sentido_que_seja_disponibilizado_atendimento_psicologico_e_fonoaudiologico_na_unidade_de_saude_da_familia_-_usf.pdf" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1367/no_sentido_que_seja_feita_uma_sala_azul_na_unidade_de_saude_da_familia_-_usf_localizada_no_bairro_serrinha_no_distrito_de_pao_de_acucar_para_atendimento_de_criancas_autistas..pdf" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1368/indicacao_no_sentido_que_seja_realizado_o_concurso_publico_abrangendo_todas_as_areas_do_municipio.pdf.crdownload" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1369/indicacao_no_sentido_que_seja_realizado_um_processo_seletivo_simplificado_para_a_contratacao_temporaria_de_servidores_na_area_da_educacao..pdf.crdownload" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1370/indicacao_no_sentido_que_seja_feita_a_atualizacao_do_portal_da_transparencia_municipal_especialmente_com_relacao_as_portarias_editadas_e_publicadas_pelo_executivo_municipal..pdf" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1372/indicacao-_no_sentido_que_seja_encaminhado_projeto_de_lei_instituindo_adicional_de_insalubridade_aos_servidores_publicos_municipais_expostos_a_atividades_insalubres.pdf" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1373/indicacao_01.2025_rua_vitor_batista.pdf" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1374/indicacao_02.2025_pavimentacao_em_mateus_vieira.pdf" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1375/indicacao_no_sentido_de_viabilizar_a_perfuracao_e_instalacao_de_poco_artesiano_na_comunidade_de_serra_dos_bois..pdf" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1376/indicacao_no_sentido_de_que_seja_realizada_a_pavimentacao_calcamento_da_travessa_da_rua_projetada_1_localizada_no_bairro_marilia.pdf" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1377/indicacao_no_sentido_de_que_seja_realizada_a_pavimentacao_calcamento_da_travessa_da_rua_projetada_3_localizada_no_bairro_marilia.pdf" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1378/indicacao_no_sentido_de_que_o_poder_executivo_realize_a_pavimentacao_na_rua_augusto_bento_da_silva.pdf" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1379/indicacao_no_sentido_de_que_o_poder_executivo_construa_uma_nova_fossa_para_atender_a_comunidade_do_bairro_cruzeiro_em_pao_de_acucar.pdf" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1380/indicacao_03.2025_joao_e_milton_pccv.pdf" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1381/indicacao_no_sentido_que_seja_realizada_a_construcao_de_uma_escola_com_uma_quadra_poliesportiva_na_comunidade_de_vila_do_socorro..pdf" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1389/indicacao_no_sentido_de_que_o_poder_executivo_realize_a_pavimentacao_da_rua_boa_vista_bairro_cruzeiro..pdf" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1390/indicacao-no_sentido_que_seja_feita_a_atualizacao_do_portal_da_transparencia_municipal_da_fundacao_municipal_de_saude_de_taquaritinga_do_norte.pdf" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1392/indicacao_no_sentido_de_que_o_poder_executivo_envie_para_esta_casa_um_projeto_de_lei_que_transforma_o_sitio_jerimum_em_vila_do_jerimum..pdf" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1393/indicacao_no_sentido_de_que_o_poder_executivo_realize_a_recuperacao_da_estrada_de_pedra_preta_a_serra_dos_bois..pdf" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1394/indicacao_no_sentido_de_que_o_poder_executivo_realize_a_recuperacao_e_manutencao_da_estrada_da_comunidade_do_jeumum_a_divisa_de_barra_de_sao_miguel.pdf" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1395/disponibilizar_veiculo.pdf" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1396/reforma_do_grupo_escolar_eraldogueiros_leite.pdf" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1397/reforma_do_grupo_escolar_professora_carminha_arruda.pdf" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1399/indicacao_futevolei_pao_de_acucar.pdf" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1400/indicacao_futevolei_taquaritinga.pdf" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1401/indicacao-futevolei_gravata.pdf" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1403/indicacao_01._2025joao.pdf" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1404/saneamento_e_calcamento_em_frente_a_associacao_do_sitio_tatus.pdf" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1405/construcao_do_calcamento_da_rua_valdemar_carlos.pdf" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1406/construcao_de_uma_escola_na_comunidade_de_vila_do_socorro.pdf" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1407/indicacao_geovane_01.pdf" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1408/indicacao_geovane_02.pdf" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1409/indicacao__demir_01.pdf" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1410/indicacao_demir_02.pdf" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1411/indicacao_demir03.pdf" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1413/rua_conhecida_popularmente_como_rua_da_padaria_de_cosmo.pdf" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1414/pintura_da_praca.pdf" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1415/saneamento_e_calcamento_no_sitio_vila_alta.pdf" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1416/indicacao-no_sentido_de_que_seja_construida_uma_escola_no_bairro_badoque_no_distrito_de_pao_de_acucar._1.pdf" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1417/indicacao_nego_calcamento_rua_projetada_09.pdf" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1418/indicacao_nego_instalacao_caixadagua_.pdf" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1419/indicacao_nego_calcamento_rua_projetada_01.pdf" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1420/indicacao-no_sentido_que_juntamente_com_a_secretaria_de_educacao_seja_analisada_a_possibilidade_de_implantar_as_series_do_5o_ao_9o_ano_na_comunidade_do_algodao..pdf" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1421/indicacao-no_sentido_que_juntamente_com_a_secretaria_de_educacao_seja_construida_uma_creche_na_comunidade_do_jerimum..pdf" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1422/indicacao-no_sentido_que_seja_realizada_a_recuperacao_e_manutencao_da_estrada_do_sitio_situacao..pdf" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1423/indicacao_no_sentido_que_seja_feita_uma_terraplarlagem_do_silva_de_baixo.pdf" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1424/indicacao_no_sentido_que_seja_feita_uma_reforma_na_academia_da_cidade.pdf" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1425/indicacao_no_sentido_que_seja_feita_uma_terraplanagem_das_furnas_ate_o_sao_miguel.pdf" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1426/indicacao_04.2025_milton.pdf" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1427/felipe_12-03.pdf" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1429/indicacao_03.2025_milton.pdf" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1430/indicacao_no_sentido_que_o_poder_executivo_realize_a_pavimentacao_na_travessa_severino_vieira_conhecida_como_a_rua_de_sonia_da_serrinha_em_pao_de_acucar.pdf" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1432/indicacao_no_sentido_que_seja_haja_o_cumprimento_do_disposto_no_art._48_lo_ii_da_lei_complementar_no_101-2000_atualizada_1.pdf" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1433/castracao.pdf" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1434/rua_de_rosa_do_perfume.pdf" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1435/indicacao-no_sentido_de_que_seja_colocado_em_todas_em_frente_as_escolas_do_nosso_municipio_sinalizacao_com_faixa_de_pedestre_cones_nos_momentos.pdf" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1436/indicacao_no_sentido_de_que_seja_colocado_refletores_de_led.pdf" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1441/indicacao_no_sentido_que_administracao_publica_faca_o_recapeamento_da_estrada_que_liga_a_comunidade_de_pedra_preta_a_comunidade_do_riacho_doce_de_julio..pdf" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1442/indicacao_.pdf" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1443/indicacao_pavimentacao_av_tancredo_neves.pdf" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1444/praca_em_vila_do_socorro.pdf" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1445/reforma_da_praca_do_oiti.pdf" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1446/indicacao_2_assinado.pdf" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1447/construcao_de_praca_-_trevo_de_pao_de_acucar.pdf" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1449/pavimentacao_-2a_travessa.pdf" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1450/felipe_-_3a_travessa.pdf" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1451/pavimentacao_da_4a_travessa.pdf" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1452/indicacao_1_assinado.pdf" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1453/indicacao_no_sentido_que_seja_realizada_a_reforma_e_requalificacao_da_academia_da_saude_no_bairro_beira_rio..pdf" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1454/indicacao_no_sentido_que_seja_realizada_a_recuperacao_da_estrada_no_trecho_que_liga_as_comunidades_gameleira_ao_estreito_percorrendo_a_comunidade_do_juar_ate_mateus_vieira..pdf" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1455/indicacao_no_sentido_que_seja_realizado_a_perfuracao_de_poco_artesiano_completo_na_academia_da_saude_no_bairro_beira_rio..pdf" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1456/indicacao_no_sentido_que_o_poder_executivo_coloque_sinalizacao_com_faixa_de_pedestre_em_ente_de_todas_as_escolas_do_municipio..pdf" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1457/usf_elias_tavares.pdf" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1458/calcamento_e_saneamento_de_vila_alta.pdf" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1459/abertura_de_acesso_entre_ruas.pdf" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1460/construcao_de_praca_no_bairro_brasilia_teimosa_2.pdf" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1461/loteamento_marilia.pdf" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1462/bairro_zamba.pdf" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1463/pavimentacao_e_saneamento_na_rua_projetada.pdf" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1464/pavimentacao_na_rua_gabriel_vieira.pdf" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1465/praca_em_frente_ao_cemiterio_sao_jose.pdf" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1467/no_sentido_de_que_seja_realizada_a_pavimentacao_da_rua_projetada_na_comunidade_de_pedra_preta..pdf" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1468/no_sentido_de_que_administracao_publica_possibilite_a_continuacao_do_asfalto_das_principais_ruas_de_nossa_cidade..pdf" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1469/no_sentido_de_que_seja_realizada_a_pavimentacao_das_ruas_ao_entorno_da_capela_da_comunidade_do_minguaiu..pdf" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1470/indicacao_no_sentido_de_que_seja_realizada_a_pavimentacao_e_o_saneamento_da_travessa_da_rua_do_imperador_ou_rua_do_bar_de_zola_como_e_conhecida_popularmente_localizada_no_bairro_silva_de_baixo..pdf" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1471/indicacao_no_sentido_de_que_seja_realizada_a_pavimentacao_e_o_saneamento_da_travessa_da_rua_do_palacio_ou_rua_do_meio_como_e_conhecida_popularmente_localizada_no_bairro_silva_de_baixo..pdf" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1472/indicacao_no_sentido_de_que_sejam_instaladas_placas_de_sinalizacao_de_ruas_no_bairro_zamba..pdf" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1474/indicacao_no_sentido_que_seja_disponibilizado_veiculo_que_fique_24h_para_a_populacao_carente_de_pao_de_acucar.pdf" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1475/indicacao_no_sentido_de_que_seja_feito_o_calcamento_da_travessa_madre_teresa_de_calcuta_comecando_da_esquina_do_bar_de_tio_fio_ate_chegar_na_rua_getulio_vargas_no_bairro_serrinha..pdf" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1478/indicacao_pracinha_no_mateus_viera.pdf" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1479/indicacao_reforma_na_gilzenete.pdf" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1480/indicacao_construcao_de_escola_em_pao_de_acucar.pdf" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1490/indicacao_no_sentido_que_seja_feito_saneamento_basico_e_pavimentacao_das_ruas_do_bairro_severino_vieira_mais_conhecido_como_serrinha_no_distrito_de_pao_de_acucar_rua_da_gelei..pdf" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1491/indicacao-no_sentido_de_que_seja_feito_o_saneamento_basico_e_pavimentacao_das_ruas_do_bairro_severino_vieira_rua_do_velho_do_munguza..pdf" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1496/implantacao_da_casa_azul_em_pao_de_acucar.pdf" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1497/calcamento_da_rua_caibeira_em_vila_do_socorro.pdf" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1498/reforma_limpeza_e_pintura_da_praca.pdf" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1499/saneamento_e_pavimentacao_-_pe_130.pdf" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1500/saneamento_basico_e_pavimentacao_-_rua_08_ate_a_vila_lageiro.pdf" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1501/saneamento_basico_e_pavimentacao_-_caic_e_capela_mae_rainha.pdf" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1502/indicacao_-_no_sentido_de_que_o_poder_executivo_possa_construir_lixeiras_publicas_nas_comunidades_de_placas_e_do_xavier..pdf" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1503/indicacao_no_sentido_de_que_o_poder_executivo_possa_construir_ponto_de_onibus_e_transporte_alternativo_toyota_com_banheiro_e_assentos_na_sede_de_nosso_municipio..pdf" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1504/indicacao_-_no_sentido_de_que_o_poder_executivo_faca_a_pavimentacao_do_trecho_que_liga_a_comunidade_de_placas_passando_pela_comunidade_do_xavier_ate_a_pe_104.pdf" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1505/indicacao_no_sentido_de_que_o_poder_executivo_juntamente_com_a_secretaria_de_cultura_viabilize_as_festividades_de_sao_joao_nas_comunidades_rurais_de_nosso_municipio..pdf" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1506/indicacao_no_sentido_de_que_sejam_pavimentados_os_canteiros_centrais_da_avenida_tancredo_neves_e_instalada_iluminacao_em_led_localizado_na_comunidade_do_jerimum..pdf" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1507/indicacao_dispoe_sobre_o_tombamento_das_casas_da_rua_principal_do_distrito_de_gravata_do_ibiapina._com_isencao_de_iptu.pdf" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1508/indicacao_poder_executivo_possa_viabilizar_a_construcao_de_uma_praca_em_frente_ao_colegio_cetec_na_sede_do_nosso_municipio._com_parques_de_criancas_bem_iluminada_afim_de_cobrir_o_canal.pdf" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1509/distribuicao_do_fardamento.pdf" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1510/indicacao_no_sentido_de_que_o_poder_executivo_juntamente_com_a_secretaria_de_saude_viabilize_de_forma_mais_rapida_a_instalacao_do_aparelho_de_raio-x_do_hospital_geral_severino_pereira_da_silva..pdf" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1511/roco_da_estada_silva_de_baixo_ate_vila_do_socorro.pdf" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1512/continuacao_do_servico_na_ladeira_do_oiti.pdf" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1515/indicacao_baiano.pdf" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1528/indicacao_no_sentido_que_o_poder_executivo_realize_a_reforma_do_centro_administrativo_joao_farias_de_araujo_localizado_na_comunidade_do_jerimum..pdf" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1529/indicacao_no_sentido_que_o_poder_executivo_possa_realizar_a_construcao_de_um_centro_administrativo_na_comunidade_do_algodao.pdf" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1530/indicacao_no_sentido_que_o_poder_executivo_possa_realizar_a_manutencao_do_trecho_que_liga_a_entrada_da_br_104_ate_a_comunidade_do_jerimum..pdf" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1531/chafariz_de_vila_do_socorro.pdf" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1532/centro_de_zoonoses.pdf" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1535/indicacao_28_-04-2025_2_assinado.pdf" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1536/indicacao_28_-04-2025_1_assinado.pdf" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1537/rua_sitio_lages.pdf" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1538/via_proximo_do_posto_de_cocada.pdf" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1539/sitio_cumbe.pdf" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1540/pe_130.pdf" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1543/indicacao_no_sentido_que_seja_realizada_a_desapropriacao_do_terreno_do_campo_do_51_localizado_no_silva_de_cima_para_a_construcao_de_um_society..pdf" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1544/indicacao_no_sentido_de_que_seja_feito_a_iluminacao_da_escadaria_do_cruzeiro_de_vila_do_socorro.pdf" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1545/indicacao_no_sentido_de_que_o_evento_entardecer_na_serra.pdf" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1546/indicacao_no_sentido_de_que_seja_realizada_construcao_de_uma_praca_no_bairro_marilia_entre_a_rua_lucas_evangelista_e_a_rua_otacilio_marreiro_de_lima..pdf" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1547/indicacao_no_sentido_de_que_seja_realizada_a_reforma_da_pracinha_da_rua_dos_jasmins_localizada_no_bairro_zamba..pdf" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1548/indicacao_no_sentido_de_que_seja_realizada_a_reforma_da_base_do_samu..pdf" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1551/indicacao_no_sentido_que_seja_feita_a_possibilidade_de_dar_continuidade_ao_saneamento_e_pavimentacao_na_av._santa_cruz_da_comunidade_do_algodao.pdf" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1552/indicacao_no_sentido_que_seja_feita_a_possibilidade_de_fazer_uma_nova_estrutura_no_campo_inclusive_com_refletoresno_campo_de_futebol_da_comunidade_do_algodao..pdf" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1553/indicacao_no_sentido_de_que_o_poder_executivo_faca_um_campo_socity_nesta_cidade_no_bairro_capibaribe_onde_funciona_o_poeirao..pdf" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1554/geovane_06.pdf" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1557/indicacao_no_sentido_de_que_seja_destinado_um_veiculo_com_equipe_especialista_em_iluminacao_publica_para_atuar_de_forma_fixa_na_subprefeitura_localizada_em_pao_de_acucar..pdf" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1558/indicacao_no_sentido_de_que_seja_construido_um_ginasio_poliesportivo_em_pao_de_acucar..pdf" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1559/indicacao_no_sentido_de_que_seja_realizada_uma_reforma_na_praca_da_serrinha_praca_augustinho_rufino_localizado_em_pao_de_acucar..pdf" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1560/indicacao_no_sentido_de_que_seja_realizada_a_recuperacao_da_estrada_que_liga_a_comunidade_do_jerimum_ate_a_comunidade_do_minguaiu..pdf" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1561/indicacao_no_sentido_de_que_seja_realizada_a_manutencao_dos_banheiros_da_praca_padre_otto_sailler..pdf" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1562/sistema_de_monitoramento.pdf" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1563/construcao_de_passagem_molhada_pao_de_acucar.pdf" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1564/creche_-_vila_do_socorro.pdf" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1565/baiano.pdf" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1566/juvina.pdf" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1567/indicacao_pavimentacao_e_saneamento_no_acudinho.pdf" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1568/limpeza_aos_arredores_da_ame.pdf" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1569/area_para_festa.pdf" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1570/sede_para_guarda_municipal.pdf" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1571/requalificacao_dos_sitios.pdf" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1572/indicacao_no_sentido_de_aderir_a_contratacao_da_proposta_de_acordo_e_cooperacao_junto_ao_facepe.pdf" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1573/pavimetacao_saneamento_rua_edmilson_dantas.pdf" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1576/copia_de_indicacao_23_-04-2025_1_assinado.pdf" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1577/indicacao_no_sentido_de_que_seja_realizada_a_capinacao_da_vegetacao_das_margens_da_pe_130_iniciando_do_acude_santo_amaro_ate_a_divisa_com_o_municipio_de_vertentes..pdf" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1578/cadastramento_e_atualizacao_do_programa_bolsa_familia.pdf" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1579/construcao_de_area_de_lazer-_vila_alta.pdf" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1580/pavimentacao_asfaltica_no_acesso_da_igreja.pdf" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1581/helio-_trocada_as_arvores.pdf" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1582/helio_-_instalacao_de_totens.pdf" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1583/rua_de_cida_de_ceceu.pdf" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1584/helio_-_pavimentacao_da_av_tocado_damiao.pdf" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1585/7a_travessa_-_sitio_silva_de_baixo.pdf" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1586/5a_travessa_do_sitio_silva_de_baixo.pdf" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1588/indicacao_indicacao_no_sentido_de_que_o_poder_executivo_possa_construir_lixeiras_publicas_nas_comunidades..pdf" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1589/indicacao_no_sentido_de_que_seja_realizada_construcao_de_quebra_molas_na_rua_estrada_da_compesa_no_bairro_zamba..pdf" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1590/indicacao_no_sentido_de_que_administracao_publica_conclua_a_passagem_molhada_do_acude_da_comunidade_do_algodao..pdf" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1591/indicacao_no_sentido_que_administracao_publica_disponibilize_mais_uma_maquina_patrol_para_realizacao_das_manutencoes_das_estradas_do_nosso_municipio..pdf" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1592/indicacao_no_sentido_de_que_seja_implantado_o_ensino_de_jovens_e_adultos_eja_na_comunidade_do_jerimum..pdf" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1593/pavimetacao_e_saneamento_da_rua_edimirson_danda..pdf" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1594/limpeza_nos_matos_do_zamba.pdf" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1595/indicacao_14-05-2025_assinado.pdf" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1597/indicacao_14-05-2025_2_assinado.pdf" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1598/academia_da_saude.pdf" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1599/picarra_nas_ruas_do_sitio_mangas.pdf" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1600/lixeira_na_comunidade_de_varzinhas.pdf" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1601/indicacao_no_sentido_que_seja_realizada_a_limpeza_do_canal.pdf" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1603/asfalto_-_centro_da_cidade.pdf" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1604/telefonia_movel_-_jerimum_e_regiao.pdf" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1605/telefonia_movel_-_acudinho_e_placas.pdf" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1606/indicacao_no_sentido_que_seja_realizada_a_pavimentacao_da_estrada_carreira_de_jaca..pdf" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1607/indicacao_no_sentido_que_seja_realizada_a_pavimentacao_da_travessa_que_fica_ao_lado_do_posto_de_saude_no_bairro_capibaribe.pdf" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1608/ajeitar_estrada_de_vardo_de_nudinha.pdf" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1610/indicacao_no_sentido_de_que_seja_realizada_a_troca_dos_refletores_da_quadra_esportiva_de_gravata_do_lbiapina..pdf" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1611/indicacao_no_sentido_de_que_seja_criado_um_refeitorio_na_escola_padre_ibiapina_localizada_no_distrito_de_gravata_do_ibiapina..pdf" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1612/indicacao_no_sentido_de_que_seja_construida_uma_quadra_de_futevolei_com_brinquedos_infantis_no_espaco_da_antiga_lavanderia_de_gravata_do_ibiapina..pdf" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1613/indicacao_no_sentido_que_o_poder_executivo_possa_realizar_a_troca_da_iluminacao_do_trevo_que_liga_br_104_a_pe_130..pdf" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1614/indicacao_no_sentido_que_o_poder_executivo_possa_realizar_a_instalacao_de_placas_informativas_com_o_numero_do_samu_em_todo_territorio_de_nosso_municipio..pdf" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1615/indicacao_no_sentido_que_o_poder_executivo_possa_realizar_a_instalacao_placas_de_sinalizacao_de_transito_nas_entradas_do_hospital_geral_severino_pereira_da_silva.pdf" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1633/indicacao_no_sentido_de_que_seja_construido_um_centro_cultural_na_comunidade_do_acudinho..pdf" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1634/acessibilidade_em_vias_publicas.pdf" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1635/indicacao_no_sentido_de_que_seja_pavimentada_calcamento_da_rua_ana_lins_localizada_na_comunidade_do_jerimum..pdf" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1636/coordenadoria_da_mulher.pdf" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1637/indicacao_no_sentido_de_que_seja_realizada_pavimentacao_asfaltica_no_entorno_da_academia_da_cidade_localizada_em_frente_ao_hospital_geral_severino_pereira_da_silva..pdf" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1641/estrada_agreste_e_gameleira.pdf" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1642/limpeza_de_barreiros_e_barragens..pdf" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1643/energia_solar.pdf" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1645/avenida_jose_joventino.pdf" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1646/indicacao_no_sentido_de_que_o_poder_executivo_realize_o_saneamento_e_manutencao_na_rua_projetada_no_02_bairro_sanharo_em_pao_de_acucar..pdf" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1647/rua_de_edna_carlos.pdf" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1648/rua_bom_jesus.pdf" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1649/indicacao_no_sentido_de_que_o_poder_executivo_realize_o_saneamento_e_manutencao_na_rua_projetada_no_01_bairro_sanharo_em_pao_de_acucar..pdf" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1650/indicacao_no_sentido_de_que_o_poder_executivo_realize_o_saneamento_e_manutencao_na_rua_projetada_no_03_bairro_sanharo_em_pao_de_acucar..pdf" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1660/1.pdf" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1661/caic_2.pdf" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1662/rabelo_de_castro.pdf" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1664/indicacao_no_sentido_de_que_seja_construido_um_posto_de_saude_psf_na_comunidade_do_algodao..pdf" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1665/indicacao_no_sentido_de_que_seja_realizada_a_manutencao_da_estrada_que_liga_a_comunidade_do_jerimum_ate_a_comunidade_de_serra_dos_bois.pdf" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1666/indicacao_no_sentido_de_que_seja_realizada_a_pavimentacao_e_urbanizacao_com_praca_em_frente_a_escola_chefe_leandro_localizada_na_comunidade_do_jerimum..pdf" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1668/usina_de_energia_solar.pdf" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1669/construcao_de_praca.pdf" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1670/calcamento_e_saneamento_da_rua_santa_luzia.pdf" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1671/ceasa.pdf" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1672/implantacao_de_distrito_industrial.pdf" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1674/aquisicao_de_carro_para_secretaria_de_saude.pdf" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1684/curso_preparatorio_para_o_enem.pdf" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1687/indicacao_no_sentido_administracao_publica_possa_realizar_uma_feira_de_exposicao_de_animais_na_comunidade_do_jerimum..pdf" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1688/indicacao_no_sentido_de_que_seja_realizada_a_manutencao_da_estrada_que_liga_sitio_acudinho_ate_a_comunidade_do_jaburu_de_baixo..pdf" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1689/indicacao_no_sentido_de_que_seja_realizada_pavimentacao_ao_redor_do_mercado_publico_da_comunidade_do_jerimum..pdf" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1690/indicacao_no_sentido_que_administracao_publica_realize_a_pavimentacao_asfaltica_no_trecho_que_liga_a_rua_padre_berenguer_a_rua_dom_moura..pdf" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1691/indicacao_no_sentido_que_administracao_publica_realize_a_pavimentacao_asfaltica_no_trecho_que_liga_a_rua_duque_de_caxias_ate_a_rua_dro_aloisio_pereira..pdf" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1692/indicacao_novo__construida_uma_nova_praca_na_proximidade_da_antiga_lavanderia_localiza_no_distrito_de_gravata_do_ibiapina._assinado.pdf" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1693/a_troca_dos_postes_e_que_seja_colocada_nova_iluminacao_no_cemiterio_de_gravata_do_ibiapina._assinado.pdf" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1694/realizado_reparos_no_calcamento_na_rua_principal_28rua_do_comercio29_no_distrito_de_gravata_do_ibiapina._assinado.pdf" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1695/ind_0003_1.pdf" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1696/ind_0002.pdf" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1697/a.pdf" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1701/indicacao_-_no_sentido_de_que_seja_feita_requalificacao_da_passagem_molhada.pdf" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1702/indicacao_-_no_sentido_que_seja_construido_um_velorio_municipal.pdf" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1703/saneamento_-_rua_valdemar_carlos.pdf" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1704/cras_e_grupo_de__idosos_-_vila_do_socorro.pdf" TargetMode="External"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1705/ind_no_sentido_que_seja_feita_a_ampliacao_do_cemiterio.pdf" TargetMode="External"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1706/ind_rocado_os_matos_das_estradas_que_dao_acesso_a_zona_rural.pdf" TargetMode="External"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1707/ind_a_pavimentacao_e_saneamento_na_rua_do_bar_de_nerivaldo.pdf" TargetMode="External"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1710/lucas_evangelista.pdf" TargetMode="External"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1711/tertulianobezerra.pdf" TargetMode="External"/><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1712/compesa.pdf" TargetMode="External"/><Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1713/poda_das_arvores.pdf" TargetMode="External"/><Relationship Id="rId362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1714/letreiro.pdf" TargetMode="External"/><Relationship Id="rId363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1716/ind__no_sentido_que_seja_realizada_a_manutencao_da_estrada_que_da_acesso_ao_sitio_varzea_grande.pdf" TargetMode="External"/><Relationship Id="rId364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1717/ind_no_sentido_que_seja_realizada_a_ampliacao_da_av_tancredo_neves.pdf" TargetMode="External"/><Relationship Id="rId365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1719/rua_sitio_sanharo.pdf" TargetMode="External"/><Relationship Id="rId366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1720/colocacao_de_caixa_de_agua.pdf" TargetMode="External"/><Relationship Id="rId367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1721/sinalizacao_da_pe_130.pdf" TargetMode="External"/><Relationship Id="rId368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1722/reforma_da_escola.pdf" TargetMode="External"/><Relationship Id="rId369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1723/bancos_da_feira.pdf" TargetMode="External"/><Relationship Id="rId370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1724/ind_helio_pavimentacao_das_ruas_projetadas.pdf" TargetMode="External"/><Relationship Id="rId371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1725/helio__-_casa_azul.pdf" TargetMode="External"/><Relationship Id="rId372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1726/helio_-_pavimentacao_da_rua_augusto_bento.pdf" TargetMode="External"/><Relationship Id="rId373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1728/caixa_dagua_nos_sitios_tatus_e_vila_alta.pdf" TargetMode="External"/><Relationship Id="rId374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1729/instalacao_de_bracos_de_luminaria.pdf" TargetMode="External"/><Relationship Id="rId375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1730/psf_elias_tavares.pdf" TargetMode="External"/><Relationship Id="rId376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1731/pavimentacao_ee_calcamento_da_rua_loteamento_bom_jesus.pdf" TargetMode="External"/><Relationship Id="rId377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1732/pavimentacao_e_calcamento_da_travessa_amaro_claudino.pdf" TargetMode="External"/><Relationship Id="rId378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1733/pavimentacao_da_avenida_severino_satiro_da_silva.pdf" TargetMode="External"/><Relationship Id="rId379" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1735/indicacao_praca_mulungu.pdf" TargetMode="External"/><Relationship Id="rId380" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1736/indicacao_loteamento_capibaribe.pdf" TargetMode="External"/><Relationship Id="rId381" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1737/indicacao_feira_jerimum.pdf" TargetMode="External"/><Relationship Id="rId382" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1738/enem_2025.pdf" TargetMode="External"/><Relationship Id="rId383" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1739/demir_04.pdf" TargetMode="External"/><Relationship Id="rId384" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1740/educacao_inclusiva.pdf" TargetMode="External"/><Relationship Id="rId385" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1741/demir_036.pdf" TargetMode="External"/><Relationship Id="rId386" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1742/escadaria_alto_da_cocada.pdf" TargetMode="External"/><Relationship Id="rId387" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1743/praca_no_bairro_badoque.pdf" TargetMode="External"/><Relationship Id="rId388" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1744/saneamentos_na_comunidade_de_placas.pdf" TargetMode="External"/><Relationship Id="rId389" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1745/instalacao_de_cameras_de_monitoramento.pdf" TargetMode="External"/><Relationship Id="rId390" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1746/construcao_da_creche_municipal.pdf" TargetMode="External"/><Relationship Id="rId391" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1748/indicacao_praca_pedra_preta.pdf" TargetMode="External"/><Relationship Id="rId392" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1749/indicacao_minguaiu.pdf" TargetMode="External"/><Relationship Id="rId393" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1750/indicacao_escola_jerimum.pdf" TargetMode="External"/><Relationship Id="rId394" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1751/rua_ayrton_senna.pdf" TargetMode="External"/><Relationship Id="rId395" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1752/sinalizacao_de_transito.pdf" TargetMode="External"/><Relationship Id="rId396" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1753/quadra_de_esportes_-_placas.pdf" TargetMode="External"/><Relationship Id="rId397" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1754/indicacao_no_sentido_que_seja_feita_a_coleta_do_lixo_no_minimo_uma_ou_duas_vezes_por_semana_no_sitio_lagoa_de_farias..pdf" TargetMode="External"/><Relationship Id="rId398" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1755/indicacao_no_sentido_que_seja_viabilizado_junto_ao_governo_do_estado_de_pernambuco_estudo_tecnico_para_implantacao_de_radares_de_velocidade_na_rodovia_pe_160_no_perimetro_urbano_.pdf" TargetMode="External"/><Relationship Id="rId399" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1757/indicacao_no_sentido_que_seja_feita_a_restauracao_do_nome_taquaritinga_do_norte_letreiro_que_fica_localizado_no_mirante_do_cruzeiro_e_tambem_o_roco_e_capinagem_e_iluminacao_do_espaco..pdf" TargetMode="External"/><Relationship Id="rId400" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1758/indicacao_no_sentido_que_seja_feita_a_pavimentacao_da_rua_joao_ferreira_alves_conhecida_como_a_rua_de_cida_da_galinha_localizada_em_pao_de_acucar..pdf" TargetMode="External"/><Relationship Id="rId401" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1760/indicacao_no_sentido_que_seja_feita_a_pavimentacao_da_rua_amaro_claudino_localizada_em_pao_de_acucar..pdf" TargetMode="External"/><Relationship Id="rId402" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1761/indicacao_no_sentido_que_seja_feita_a_pavimentacao_do_beco_que_fica_entre_o_posto_de_tonton_e_a_fabrica_da_atraidos__localizada_em_pao_de_acucar..pdf" TargetMode="External"/><Relationship Id="rId403" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1762/veiculo_para_guarda_municipal.pdf" TargetMode="External"/><Relationship Id="rId404" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1763/veiculos_-_psf.pdf" TargetMode="External"/><Relationship Id="rId405" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1764/nomenclatura_das_ruas.pdf" TargetMode="External"/><Relationship Id="rId406" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1765/indicacao_no_sentido_que_o_poder_executivo_realize_o_retorno_dos_atendimentos_medicos_na_comunidade_da_varzinha_e_lagoa_do_juca..pdf" TargetMode="External"/><Relationship Id="rId407" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1766/indicacao-no_sentido_que_seja_realizada_a_reforma_e_ampliacao_da_praca_central_do_distrito_de_gravata_do_lbiapina_tornando-a_um_espaco_para_eventos..pdf" TargetMode="External"/><Relationship Id="rId408" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1767/calcamento_da_travessa_sorocaba.pdf" TargetMode="External"/><Relationship Id="rId409" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1768/contruido_um_acostamento_nas_margens.pdf" TargetMode="External"/><Relationship Id="rId410" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1769/calcamento_da_avenida_rildo_marcelo.pdf" TargetMode="External"/><Relationship Id="rId411" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1770/indicacao_no_sentido_que_o_poder_executivo_veja_a_possibilidade_de_realizar_a_recuperacao_das_estradas_no_cajueiro_proximo_ao_silva_de_baixo..pdf" TargetMode="External"/><Relationship Id="rId412" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1771/indicacao_no_sentido_que_o_poder_executivo_veja_a_possibilidade_de_realizar_o_saneamento_e_pavimentacao_na_rua_da_fabrica_de_rato_onde_mora_dona_luzia_e_fabricio_localizado_no_juca..pdf" TargetMode="External"/><Relationship Id="rId413" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1772/indicacao_no_sentido_que_o_poder_executivo_veja_a_possibilidade_de_realizar_a_recuperacao_das_estradas_do_sitio_sao_braz_santo_antonio_neste_municipio..pdf" TargetMode="External"/><Relationship Id="rId414" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1780/fossa_septica.pdf" TargetMode="External"/><Relationship Id="rId415" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1781/rua_nossa_senhora_do_perpetuo_socorro_e_vidal_pereira.pdf" TargetMode="External"/><Relationship Id="rId416" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1782/indicacao_no_sentido_que_seja_realizada_a_manutencao_pintura_limpeza_e_iluminacao_da_praca_do_sitio_pe_de_serra_do_jerimum..pdf" TargetMode="External"/><Relationship Id="rId417" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1783/indicacao_no_sentido_que_seja_perfurado_um_poco_e_instalado_um_chafariz_no_loteamento_fonte_de_agua_viva_proximo_a_comunidade_do_algodao..pdf" TargetMode="External"/><Relationship Id="rId418" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1784/indicacao_no_sentido_que_seja_feita_a_pavimentacao_e_iluminacao_da_estrada_que_da_acesso_ao_sitio_varzea_grande_nomeada_por_rua_padre_fernando_de_lima_silva..pdf" TargetMode="External"/><Relationship Id="rId419" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1785/indicacao_no_sentido_que_seja_feita_a_pavimentacao_e_saneamento_na_rua_projetada_que_mora_lila_e_jau_localizada_na_comunidade_do_algodao..pdf" TargetMode="External"/><Relationship Id="rId420" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1793/guarda_municipal.pdf" TargetMode="External"/><Relationship Id="rId421" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1795/indicacao_policlinica_pao_de_acucar.pdf" TargetMode="External"/><Relationship Id="rId422" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1797/indicacao_no_sentido_que_o_poder_executivo_veja_a_possibilidade_de_realizar_a_recuperacao_das_ruas_por_tras_do_posto_de_tonton_em_pao_de_acucar.pdf" TargetMode="External"/><Relationship Id="rId423" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1798/indicacao_no_sentido_que_o_poder_executivo_veja_a_possibilidade_de_colocar_uma_ondulacao_transversal_na_rua_padre_arruda_em_frente_a_clinica_espaco_do_sorriso_aqui_em_taquaritinga_do_norte..pdf" TargetMode="External"/><Relationship Id="rId424" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1800/indicacao-_no_sentido_que_o_poder_executivo_possa_realizar_a_construcao_de_um_espaco_ao_lado_do_centro_comercial_demetrio_paes_de_andrade.pdf" TargetMode="External"/><Relationship Id="rId425" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1801/indicacao_no_sentido_que_o_poder_executivo_possa_realizar_a_manutencao_da_estrada_que_liga_a_br_104_a_comunidade_do_jerimum.pdf" TargetMode="External"/><Relationship Id="rId426" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1802/indicacao_no_sentido_que_seja_realizada_a_manutencao_da_estrada_entre_a_comunidade_do_jerimum_ate_a_divisa_com_a_cidade_de_santa_cruz_do_capibaribe..pdf" TargetMode="External"/><Relationship Id="rId427" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1804/saneamento_da_rua_de_biu_da_coxinha.pdf" TargetMode="External"/><Relationship Id="rId428" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1807/saneamento_e_o_calcamento_-_rua_de_naldo_do_gesso.pdf" TargetMode="External"/><Relationship Id="rId429" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1809/eja_-_vila_do_socorro.pdf" TargetMode="External"/><Relationship Id="rId430" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1811/indicacao-no_sentido_de_que_seja_construido_muro_de_contencao_nas_barreiras_existentes_as_margens_da_rodovia_pe-130.pdf" TargetMode="External"/><Relationship Id="rId431" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1813/indicacao_iluminacao_sitio_cumbe.pdf" TargetMode="External"/><Relationship Id="rId432" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1814/indicacao_manutencao_da_estrada_sitio_cumbe.pdf" TargetMode="External"/><Relationship Id="rId433" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1815/acudinho_ate_o_jaburu.pdf" TargetMode="External"/><Relationship Id="rId434" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1819/sitio_placas_ate_o_xavier.pdf" TargetMode="External"/><Relationship Id="rId435" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1820/indicacao-no_sentido_de_que_seja_realizada_a_reforma_da_sala_de_pediatria_do_hospital_geral_severino_pereira_da_silva.pdf" TargetMode="External"/><Relationship Id="rId436" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1821/no_sentido_que_seja_reativado_a_unidade_de_saude_pedra_preta.pdf" TargetMode="External"/><Relationship Id="rId437" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1822/recuperacao_estradas_situacao.pdf" TargetMode="External"/><Relationship Id="rId438" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1823/recuperacao_estrada_faz_sao_paulo_jerimum.pdf" TargetMode="External"/><Relationship Id="rId439" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1824/indicacao_no_sentido_que_seja_realizada_a_pavimentacao_no_sitio_placas_sentido_a_br_104..pdf" TargetMode="External"/><Relationship Id="rId440" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1825/indicacao_no_sentido_que_seja_realizada_a_iluminacao_e_o_alargamento_da_ponte_de_djalma_que_da_acesso_ao_bairro_brasilia..pdf" TargetMode="External"/><Relationship Id="rId441" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1826/indicacao_no_sentido_que_seja_feita_a_aquisicao_de_um_veiculo_para_ser_utilizado_nas_regioes_brejeiras_do_municipio_tais_como_sitios_mateus_vieira_oiti_jua_sao_joao_e_sao_bento..pdf" TargetMode="External"/><Relationship Id="rId442" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1827/manutencao_estrada_pe_130.pdf" TargetMode="External"/><Relationship Id="rId443" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1828/contrucao_area_de_lazer_beira_rio.pdf" TargetMode="External"/><Relationship Id="rId444" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1831/2-_indicacao_no_sentido_que_seja_feita_a_pavimentacao_da_rua_aluisio_mota_de_lima_localizada_em_pao_de_acucar..pdf" TargetMode="External"/><Relationship Id="rId445" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1832/1-_indicacao_no_sentido_que_seja_feita_uma_praca_no_espaco_do_canal_que_esta_sendo_construido_no_bairro_trevo_em_pao_de_acucar..pdf" TargetMode="External"/><Relationship Id="rId446" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1835/reforma_na_base_da_guarda_municipal.pdf" TargetMode="External"/><Relationship Id="rId447" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1836/instalacao_de_placas_solares.pdf" TargetMode="External"/><Relationship Id="rId448" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1837/pontos_de_moto-taxis.pdf" TargetMode="External"/><Relationship Id="rId449" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1838/camera_de_monitoramento_em_predios_publicos.pdf" TargetMode="External"/><Relationship Id="rId450" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1839/bancos_e_lixeiros_nas_pracas_centrais.pdf" TargetMode="External"/><Relationship Id="rId451" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1840/req._angelica_1.pdf" TargetMode="External"/><Relationship Id="rId452" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1843/indicacao_no_sentido_que_o_poder_executivo_possa_colocar_manilhas_no_riacho_proximo_a_fazenda_de_sebastiao_dos_calcao_sentido_pedra_preta..pdf" TargetMode="External"/><Relationship Id="rId453" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1844/indicacao_veiculo_oficial_casa_azul_26-08-25_assinado.pdf" TargetMode="External"/><Relationship Id="rId454" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1845/indicacao_no_sentido_que_o_poder_executivo_possa_realizar_o_saneamento_da_avenida_santa_cruz_na_comunidade_do_algodao..pdf" TargetMode="External"/><Relationship Id="rId455" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1846/indicacao_no_sentido_que_seja_realizada_a_pavimentacao_ao_redor_da_igreja_da_comunidade_da_situacao..pdf" TargetMode="External"/><Relationship Id="rId456" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1848/indicacao_no_sentido_que_o_poder_executivo_atraves_da_secretaria_de_obras_possa_construir_um_novo_campo_de_futebol_na_comunidade_das_placas..pdf" TargetMode="External"/><Relationship Id="rId457" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1849/indicacao_no_sentido_que_o_poder_executivo_possa_criar_em_nosso_municipio_o_programa_medicamento_em_casa..pdf" TargetMode="External"/><Relationship Id="rId458" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1850/indicacao_no_sentido_que_o_poder_executivo_possa_adquirir_uma_01_motocicleta_destinada_para_o_programa_medicamentos_em_casa..pdf" TargetMode="External"/><Relationship Id="rId459" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1852/indicacao_no_sentido_que_seja_realizada_pavimentacao_da_avenida_no_sitio_acudinho_em_frente_a_igreja_assembleia_de_deus..pdf" TargetMode="External"/><Relationship Id="rId460" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1853/indicacao_no_sentido_que_seja_feita_a_pavimentacao_da_rua_gabriel_vieira_localizada_em_pao_de_acucar.pdf" TargetMode="External"/><Relationship Id="rId461" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1856/indicacao_no_sentido_que_o_poder_executivo_veja_a_possibilidade_de_organizar_os_agendamentos_e_marcacoes_de_exames_e_consultas_atraves_de_sistemas_de_agendamentos_eletronicos..pdf" TargetMode="External"/><Relationship Id="rId462" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1857/indicacao_no_sentido_que_o_poder_executivo_veja_a_possibilidade_de_realizar_a_revitalizacao_do_matadouro_publico_e_de_mais_uma_atencao_ao_transporte_da_carne.pdf" TargetMode="External"/><Relationship Id="rId463" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1858/indicacao_no_sentido_que_o_poder_executivo_veja_a_possibilidade_de_transformar_o_acude_de_santo_amaro_em_um_ponto_turistico.pdf" TargetMode="External"/><Relationship Id="rId464" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1860/indicacao_no_sentido_que_seja_adquirido_novos_onibus_escolares_para_o_municipio.pdf" TargetMode="External"/><Relationship Id="rId465" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1861/indicacao_no_sentido_de_que_seja_realizada_a_instalacao_de_um_letreiro_com_o_nome_vila_do_socorro_na_entrada_da_comunidade_mencionada..pdf" TargetMode="External"/><Relationship Id="rId466" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1862/indicacao_no_sentido_de_que_seja_realizada_a_instalacao_de_uma_lombada_eletronica_na_entrada_da_comunidade_de_vila_do_socorro_na_rua_valdemar_carlos._1.pdf" TargetMode="External"/><Relationship Id="rId467" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1865/indicacao_mod._novo_joao_03.docx" TargetMode="External"/><Relationship Id="rId468" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1866/indicacao_seguranca_escolas_e_postos_01-09-25_assinado.pdf" TargetMode="External"/><Relationship Id="rId469" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1868/indicacao_no_sentido_que_o_poder_executivo_possa_realizar_a_transferencia_dos_caminhoes_e_maquinas_estacionados_no_espaco_da_escola_municipal_francisca_moura.pdf" TargetMode="External"/><Relationship Id="rId470" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1869/indicacao_no_sentido_que_possa_ser_realizada_a_manutencao_da_estrada_do_jerimum_ate_a_comunidade_de_serra_dos_bois..pdf" TargetMode="External"/><Relationship Id="rId471" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1870/indicacao_no_sentido_que_o_poder_executivo_em_conjunto_com_a_secretaria_de_saude_possa_implantar_a_realizacao_de_ultrassonografia_morfologica_no_hospital_geral_severino_pereira_da_silva.pdf" TargetMode="External"/><Relationship Id="rId472" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1872/indicacao_no_sentido_de_que_a_prefeitura_viabilize_uma_viatura_para_a_patrulha_maria_da_penha..pdf" TargetMode="External"/><Relationship Id="rId473" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1873/indicacao_no_sentido_que_seja_construida_uma_escola_estadual_em_pao_de_acucar.pdf" TargetMode="External"/><Relationship Id="rId474" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1874/indicacao_no_sentido_que_seja_instalada_iluminacao_com_refletores_e_construidos_banheiros_no_campo_de_futebol_da_comunidade_de_vila_do_socorro..pdf" TargetMode="External"/><Relationship Id="rId475" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1875/indicacao_no_sentido_de_que_o_poder_executivo_realize_a_reforma_e_ampliacao_da_sede_da_secretaria_de_acao_social..pdf" TargetMode="External"/><Relationship Id="rId476" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1876/indicacao_no_sentido_que_o_poder_executivo_disponibilize_equipamentos_como_microcomputadores_impressoras_e_demais_itens_de_informatica_para_a_secretaria_de_acao_social..pdf" TargetMode="External"/><Relationship Id="rId477" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1877/que_disponibilize_veiculos_para_as_unidades_do_cras_centro_de_referencia_de_assistencia_social_e_do_creas_centro_de_referencia_especializado_de_assistencia_social.pdf" TargetMode="External"/><Relationship Id="rId478" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1879/implementacao_de_um_programa_de_moradia.pdf" TargetMode="External"/><Relationship Id="rId479" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1880/sistema_de_protocolo.pdf" TargetMode="External"/><Relationship Id="rId480" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1881/implementacao_de_um_programa_de_moradia.pdf" TargetMode="External"/><Relationship Id="rId481" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1883/indicacao_iluminacao_pda_pe_160_03-09-25_assinado.pdf" TargetMode="External"/><Relationship Id="rId482" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1884/indicacao_iluminacao_pda_a_scc_pe_160_04-09-25_assinado.pdf" TargetMode="External"/><Relationship Id="rId483" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1887/indicacao-no_sentido_que_o_poder_executivo_veja_a_possibilidade_de_realizar_a_construcao_de_uma_praca_arborizada_com_parquinhos_e_espaco_para_jovens_e_adultos_se_soacializarem.pdf" TargetMode="External"/><Relationship Id="rId484" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1888/indicacao_no_sentido_que_seja_construido_um_chafariz_para_abastecimento_de_agua_no_sitio_piranhas..pdf" TargetMode="External"/><Relationship Id="rId485" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1889/indicacao_no_sentido_que_seja_realizada_a_manutencao_da_iluminacao_publica_da_comunidade_de_poco_da_pedra..pdf" TargetMode="External"/><Relationship Id="rId486" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1890/indicacao_no_sentido_que_seja_realizada_a_manutencao_da_estrada_que_liga_a_comunidade_do_jerimum_ate_a_divisa_com_a_cidade_de_barra_de_sao_miguel..pdf" TargetMode="External"/><Relationship Id="rId487" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1891/no_sentido_de_que_administracao_publica_possa_construir_uma_quadra_na_academia_da_saude_bairro_beira_rio_substituindo_o_campo_de_areia_existente..pdf" TargetMode="External"/><Relationship Id="rId488" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1892/trevo_assinado_1.pdf" TargetMode="External"/><Relationship Id="rId489" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1893/no_sentido_de_que_administracao_publica_possa_construir_um_muro_de_contencao_para_sustentar_a_barreira_da_subida_do_sitio_cumbe_proximo_ao_campo_do_juca.pdf" TargetMode="External"/><Relationship Id="rId490" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1894/coleta_de_lixo_lagoa_de_farias.pdf" TargetMode="External"/><Relationship Id="rId491" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1895/coleta_lixo_do_oiti.pdf" TargetMode="External"/><Relationship Id="rId492" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1896/rua_vitor_batista.pdf" TargetMode="External"/><Relationship Id="rId493" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1897/estrada_do_retiro.pdf" TargetMode="External"/><Relationship Id="rId494" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1898/placas_ruas_do_zamba.pdf" TargetMode="External"/><Relationship Id="rId495" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1899/asfalto_no_sao_miguel.pdf" TargetMode="External"/><Relationship Id="rId496" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1900/construcao_de_fossa_septica_-.pdf" TargetMode="External"/><Relationship Id="rId497" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1901/saneamento_e_calcamento_-_sitio_tatus.pdf" TargetMode="External"/><Relationship Id="rId498" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1902/saneamento_e_calcamento_-_bairro_cruzeiro.pdf" TargetMode="External"/><Relationship Id="rId499" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1911/colocar_dois_02_postes_no_final_da_avenida_rildo_marcelino_proximo_ao_pe_de_caja..pdf" TargetMode="External"/><Relationship Id="rId500" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1912/criar_um_campeonato_de_futebol_na_zona_rural_de_nosso_municipio._28129_assinado.pdf" TargetMode="External"/><Relationship Id="rId501" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1913/indicacao_no_sentido_que_o_poder_executivo_contrate_uma_maquina_patrol_para_dar_um_suporte_na_recuperacao_das_estradas_da_zona_rural_do_municipio..pdf" TargetMode="External"/><Relationship Id="rId502" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1914/indicacao_no_sentido_que_o_poder_executivo_possa_colocar_iluminacao_na_parede_do_acude_da_comunidade_do_jerimum..pdf" TargetMode="External"/><Relationship Id="rId503" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1915/indicacao_no_sentido_que_seja_realizada_a_troca_da_iluminacao_da_parede_do_acude_da_comunidade_do_algodao..pdf" TargetMode="External"/><Relationship Id="rId504" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1916/indicacao_15-09-2025_calcamento_sitio_bicas_assinado.pdf" TargetMode="External"/><Relationship Id="rId505" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1921/indicacao_no_sentido_que_o_poder_executivo_disponibilize_para_a_saude_um_veiculo_tipo_sprinter_para_o_distrito_de_pao_de_acucar..pdf" TargetMode="External"/><Relationship Id="rId506" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1922/patrol_assinado.pdf" TargetMode="External"/><Relationship Id="rId507" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1923/indicacao_no_sentido_que_seja_construida_uma_pracinha_com_todos_os_requisitos_necessarios_no_bairro_brasilia_mais_precisamente_na_rua_nerivania..pdf" TargetMode="External"/><Relationship Id="rId508" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1924/no_sentido_que_seja_feita_a_aquisicao_de_um_veiculo_juntamente_a_secretaria_de_saude_do_municipio_para_atender_as_necessidades.pdf" TargetMode="External"/><Relationship Id="rId509" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1925/indicacao_no_sentido_que_seja_feita_a_coleta_do_lixo_no_minimo_uma_ou_duas_vezes_por_semana_no_sitio_acudinho..pdf" TargetMode="External"/><Relationship Id="rId510" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1926/indicacao_no_sentido_que_seja_realizada_uma_reforma_geral_na_praca_que_fica_localizada_em_frente_a_escola_municipal_professora_gilzenete_guerra_com_implantacao_de_um_novo_padrao_de_urbanizacao..pdf" TargetMode="External"/><Relationship Id="rId511" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1927/indicacao_no_sentido_que_seja_realizada_a_implantacao_de_iluminacao_publica_na_localidade_da_baixa_verde_no_sitio_tatus_em_frente_a_residencia_da_senhora_solange..pdf" TargetMode="External"/><Relationship Id="rId512" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1928/indicacao_no_sentido_que_seja_construido_um_centro_de_reabilitacao_no_distrito_de_pao_de_acucar..pdf" TargetMode="External"/><Relationship Id="rId513" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1930/rua_edimirson.pdf" TargetMode="External"/><Relationship Id="rId514" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1931/picarras_das_estradas.pdf" TargetMode="External"/><Relationship Id="rId515" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1932/atendimentos_psicologicos.pdf" TargetMode="External"/><Relationship Id="rId516" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1947/indicacao_02-10-2025_isencao_iptu_assinado.pdf" TargetMode="External"/><Relationship Id="rId517" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1310/mocao_de_aplauso_grupo_de_escoteiros_chefe_leandro.pdf" TargetMode="External"/><Relationship Id="rId518" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1673/mocao_de_aplauso_deputado_federal_eduardo_henrique_da_fonte.pdf" TargetMode="External"/><Relationship Id="rId519" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1882/mocao_de_aplauso_carlinhos_santos_lucas_ferraz_e_aos_organizadores_da_festa_de_vaquejada_do_parque_araguaia.pdf" TargetMode="External"/><Relationship Id="rId520" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1229/requerimento_nego.pdf" TargetMode="External"/><Relationship Id="rId521" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1240/requerimento-_retirada_de_proposicao_.pdf" TargetMode="External"/><Relationship Id="rId522" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1241/requerimento-_retirada_de_proposicao_.pdf" TargetMode="External"/><Relationship Id="rId523" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1253/requerimento-retirada_de_proposicao.pdf" TargetMode="External"/><Relationship Id="rId524" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1274/requerimento-abono_de_falta_helio.pdf" TargetMode="External"/><Relationship Id="rId525" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1286/adobe_scan_03_de_fev._de_2025_1.pdf" TargetMode="External"/><Relationship Id="rId526" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1307/requerimento-voto_de_pesar-severino_minerva_ferreira_conhecido_por_mino.pdf" TargetMode="External"/><Relationship Id="rId527" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1308/requerimento-voto_de_pesar-maria_vitoria_silva.pdf" TargetMode="External"/><Relationship Id="rId528" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1354/requerimento_de_abono_de_falta_-_amilton_cicero.pdf" TargetMode="External"/><Relationship Id="rId529" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1371/requerimento_-_pedido_de_informacoes_ao_prefeito_-_vereador_eduardo_jose_da_silva.pdf" TargetMode="External"/><Relationship Id="rId530" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1391/requerimento-pedido_de_informacoes-baiano.pdf" TargetMode="External"/><Relationship Id="rId531" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1402/demir-_abono_de_falta.pdf" TargetMode="External"/><Relationship Id="rId532" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1428/requerimento_pedido_de_informacao.pdf" TargetMode="External"/><Relationship Id="rId533" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1431/requerimento_-_pedido_de_informacoes_ao_prefeito_-_vereador_eduardo_jose_da_silva_-_baiano.pdf" TargetMode="External"/><Relationship Id="rId534" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1448/requerimento_de_abono_de_falta_-_helio_assinado.pdf" TargetMode="External"/><Relationship Id="rId535" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1473/requerimento_-_pedido_de_informacoes_ao_prefeito_-_eduardo_jose.pdf" TargetMode="External"/><Relationship Id="rId536" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1476/requerimento__voto_de_pesar_pelo_falecimento_de_jose_severino_bezerra.pdf" TargetMode="External"/><Relationship Id="rId537" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1477/requerimento_abono_de_falta.pdf" TargetMode="External"/><Relationship Id="rId538" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1481/requerimento_de_abono_de_falta_-_18.03.2025_-_joao_eugenio.pdf" TargetMode="External"/><Relationship Id="rId539" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1482/requerimento_-_voto_de_pesar_pelo_falecimento_de_augusto_cesar_da_cunha_castro.pdf" TargetMode="External"/><Relationship Id="rId540" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1483/requerimento_de_abono_de_falta_-_27.02.2025_-_joao_eugenio.pdf" TargetMode="External"/><Relationship Id="rId541" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1527/requerimento-abono_de_falta_helio_24.04.25.pdf" TargetMode="External"/><Relationship Id="rId542" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1541/copia_de_requerimento_-_retirada_de_proposicao_sem_parecer_2025_assinado.pdf" TargetMode="External"/><Relationship Id="rId543" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1542/requerimento_-_abono_de_falta_demir.pdf" TargetMode="External"/><Relationship Id="rId544" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1575/oficio_segab_n.229.2025.pdf" TargetMode="External"/><Relationship Id="rId545" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1596/requerimento_-_pedido_de_informacoes_14-05-2025_assinado.pdf" TargetMode="External"/><Relationship Id="rId546" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1602/requerimento_de_abono_de_falta_13.05_-_demir.pdf" TargetMode="External"/><Relationship Id="rId547" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1609/requerimento_voto_de_pesar_-_jose_bezerra_filho_cazuza.pdf" TargetMode="External"/><Relationship Id="rId548" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1638/requerimento_-_pedido_de_informacoes_26-05-2025_-_boqueirao_de_amarela_assinado.pdf" TargetMode="External"/><Relationship Id="rId549" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1639/requerimento_-_pedido_de_informacoes_26-05-2025_-_recursos_assinado.pdf" TargetMode="External"/><Relationship Id="rId550" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1640/requerimento_-_pedido_de_informacoes_26-05-2025_-_vila_do_socorro_assinado.pdf" TargetMode="External"/><Relationship Id="rId551" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1644/requerimento_de_falta_15.05.25_-_helio.pdf" TargetMode="External"/><Relationship Id="rId552" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1667/estou_compartilhando_o_arquivo_requerinento_de_falta_29.05.2025_-_amilton_com_voce.pdf" TargetMode="External"/><Relationship Id="rId553" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1698/requerimento_-_pedido_de_informacoes_10-06-2025_assinado.pdf" TargetMode="External"/><Relationship Id="rId554" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1727/abono_de_falta.pdf" TargetMode="External"/><Relationship Id="rId555" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1756/requerimento-abono_de_falta_baiano-_24.07.25.pdf" TargetMode="External"/><Relationship Id="rId556" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1759/requerimento_abono_de_falta_-_helio_-_30.07.25.pdf" TargetMode="External"/><Relationship Id="rId557" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1794/requerimento-pedido_de_informacoes-baiano-04.08.25.pdf" TargetMode="External"/><Relationship Id="rId558" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1796/requerimento-abono_de_falta_demir-_24.07.25.pdf" TargetMode="External"/><Relationship Id="rId559" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1799/requerimento-abono_de_falta-milton.pdf" TargetMode="External"/><Relationship Id="rId560" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1810/requerimento-pedido_de_informacoes-baiano-13.08.25.pdf" TargetMode="External"/><Relationship Id="rId561" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1812/req._pedido_de_informacao.pdf" TargetMode="External"/><Relationship Id="rId562" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1816/oficio_gp_n.543.2025_-_camara_municipal_-_retirada_ploe_20-2025.pdf" TargetMode="External"/><Relationship Id="rId563" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1817/requerimento_de_retirada_-_14.08.25.pdf" TargetMode="External"/><Relationship Id="rId564" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1841/requerimento_-_pedido_de_informacoes_prestacao_de_servico_de_transporte_escolar_21-08-2025_assinado.pdf" TargetMode="External"/><Relationship Id="rId565" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1851/falta-_baiano_assinado.pdf" TargetMode="External"/><Relationship Id="rId566" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1863/justif._dia_21.pdf" TargetMode="External"/><Relationship Id="rId567" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1864/justif_dia_14.pdf" TargetMode="External"/><Relationship Id="rId568" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1871/requerimento-abono_de_falta_geovane-21.08.25.pdf" TargetMode="External"/><Relationship Id="rId569" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1917/falta-_baiano-1_assinado.pdf" TargetMode="External"/><Relationship Id="rId570" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1918/requerimento_-_pedido_de_informacoes_16-09-2025_assinado.pdf" TargetMode="External"/><Relationship Id="rId571" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1919/requerimento_-_informacoes_a_mesa-camara_assinado.pdf" TargetMode="External"/><Relationship Id="rId572" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1920/requerimento_-_abono_de_falta_-_11.09.25_-_helio.pdf" TargetMode="External"/><Relationship Id="rId573" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1948/requerimento_-_pedido_de_informacoes_02-10-2025_assinado.pdf" TargetMode="External"/><Relationship Id="rId574" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1301/projeto_de_resolucao_dispoe_sobre_as_contas_da_prefeitura_municipal_de_taquaritinga_do_norte-pe_relativas_ao_exercicio_de_2017_ordenador_de_despesas_ivanildo_mestre_bezerra.pdf" TargetMode="External"/><Relationship Id="rId575" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1350/projeto_de_resolucao_altera_o_art._127-a_do_regimento_interno.pdf" TargetMode="External"/><Relationship Id="rId576" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1656/projeto_de_resolucao_dispoe_sobre_o_regimento_interno_da_camara_municipal_de_taquaritinga_do_norte_estado_de_pernambuco..pdf" TargetMode="External"/><Relationship Id="rId577" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1258/parecer_ploe_n1_cfo.pdf" TargetMode="External"/><Relationship Id="rId578" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1259/parecer_ploe_n2_cfo.pdf" TargetMode="External"/><Relationship Id="rId579" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1260/parecer_ploe_n3_cfo.pdf" TargetMode="External"/><Relationship Id="rId580" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1261/parecer_cjle_ploe_no_01.pdf" TargetMode="External"/><Relationship Id="rId581" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1262/parecer_cjle_ploe_no_02.pdf" TargetMode="External"/><Relationship Id="rId582" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1263/parecer_cjle_ploe_n_03-2025.pdf" TargetMode="External"/><Relationship Id="rId583" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1293/parecer_plol_n2_cfo.pdf" TargetMode="External"/><Relationship Id="rId584" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1294/parecer_plol_n2_cjle.pdf" TargetMode="External"/><Relationship Id="rId585" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1295/parecer_pdl_n1_cjle_2025.pdf" TargetMode="External"/><Relationship Id="rId586" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1296/indicacao_plol_n1_cjle_2025.pdf" TargetMode="External"/><Relationship Id="rId587" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1382/parecer_cfo_ploe_n5-2025.pdf" TargetMode="External"/><Relationship Id="rId588" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1383/parecer_cticsp_ploe_n4-2025.pdf" TargetMode="External"/><Relationship Id="rId589" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1384/parecer_pdl_n02_2025_cjle.pdf" TargetMode="External"/><Relationship Id="rId590" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1385/parecer_pres_n2-2025_cjle.pdf" TargetMode="External"/><Relationship Id="rId591" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1386/parecer_plol__no03-2025_cjle_.pdf" TargetMode="External"/><Relationship Id="rId592" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1387/parecer_ploe_no4-2025_cjle.pdf" TargetMode="External"/><Relationship Id="rId593" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1388/parecer_ploe_no5-2025_cjle_.pdf" TargetMode="External"/><Relationship Id="rId594" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1437/parecer_ploe__06-25_cecesadc.pdf" TargetMode="External"/><Relationship Id="rId595" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1438/parecer_plol_n4_2025_cfo.pdf" TargetMode="External"/><Relationship Id="rId596" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1439/parecer_plol_n4-2025_cjle.pdf" TargetMode="External"/><Relationship Id="rId597" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1440/parecer_ploe_06-2025_cjle.pdf" TargetMode="External"/><Relationship Id="rId598" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1487/parecer_cjle_ploe_no_07.25.pdf" TargetMode="External"/><Relationship Id="rId599" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1516/parecer_pres_01_2025_comissaomista.pdf" TargetMode="External"/><Relationship Id="rId600" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1517/parecer_ploe_09_cfo.pdf" TargetMode="External"/><Relationship Id="rId601" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1518/parecer_ploe_09_cecesasdc.pdf" TargetMode="External"/><Relationship Id="rId602" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1519/pdl_03.pdf" TargetMode="External"/><Relationship Id="rId603" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1520/parecer_plol_07_cecesasdc.pdf" TargetMode="External"/><Relationship Id="rId604" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1521/parecer_ploe_13_cfo.pdf" TargetMode="External"/><Relationship Id="rId605" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1522/parecer_plol_06_cjle.pdf" TargetMode="External"/><Relationship Id="rId606" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1523/parecer_plol_07_cjle.pdf" TargetMode="External"/><Relationship Id="rId607" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1524/parecer_ploe_08_cjle.pdf" TargetMode="External"/><Relationship Id="rId608" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1525/parecer_ploe_9_cjle.pdf" TargetMode="External"/><Relationship Id="rId609" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1526/parecer_ploe_13_cjle.pdf" TargetMode="External"/><Relationship Id="rId610" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1616/parecer_couspama_plol_09-2025.pdf" TargetMode="External"/><Relationship Id="rId611" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1617/parecer_couspama_plc_1-2025.pdf" TargetMode="External"/><Relationship Id="rId612" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1618/parecer_cfo_ploe_14-2025.pdf" TargetMode="External"/><Relationship Id="rId613" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1619/parecer_cecesasdc_ploe_14-2025.pdf" TargetMode="External"/><Relationship Id="rId614" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1620/parecer_cfo_ploe_15-2025.pdf" TargetMode="External"/><Relationship Id="rId615" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1621/parecer_cfo_plol_09-2025.pdf" TargetMode="External"/><Relationship Id="rId616" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1622/parecer_cjle_ploe_15-2025.pdf" TargetMode="External"/><Relationship Id="rId617" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1623/parecer_cjle_pdl_04-2025.pdf" TargetMode="External"/><Relationship Id="rId618" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1624/parecer_cjle_ploe_14-2025.pdf" TargetMode="External"/><Relationship Id="rId619" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1625/parecer_cjle_plol_10-2025.pdf" TargetMode="External"/><Relationship Id="rId620" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1626/parecer_cjle_pdl_06-2025.pdf" TargetMode="External"/><Relationship Id="rId621" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1627/parecer_cjle_pdl_05-2025.pdf" TargetMode="External"/><Relationship Id="rId622" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1628/parecer_cjle_plol_08-2025.pdf" TargetMode="External"/><Relationship Id="rId623" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1629/parecer_cjle_plol_09-2025.pdf" TargetMode="External"/><Relationship Id="rId624" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1630/parecer_cjle_plc_1-2025.pdf" TargetMode="External"/><Relationship Id="rId625" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1651/parecer_ploe_16_cecesasdc.pdf" TargetMode="External"/><Relationship Id="rId626" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1652/parecer_ploe_16_cfo.pdf" TargetMode="External"/><Relationship Id="rId627" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1653/parecer_ploe_16_cjle.pdf" TargetMode="External"/><Relationship Id="rId628" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1654/parecer_pdl_7_2025_cjle.pdf" TargetMode="External"/><Relationship Id="rId629" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1675/parecer_cecesasdc_ploe_11-2025.pdf" TargetMode="External"/><Relationship Id="rId630" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1676/parecer_cecesasdc_ploe_12-2025.pdf" TargetMode="External"/><Relationship Id="rId631" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1677/parecer_cfo_ploe_12-2025.pdf" TargetMode="External"/><Relationship Id="rId632" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1678/parecer_cfo_ploe_11-2025.pdf" TargetMode="External"/><Relationship Id="rId633" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1680/parecer_cjle_ploe_n_11-2025.pdf" TargetMode="External"/><Relationship Id="rId634" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1681/parecer_cjle__-_pres_03-2025.pdf" TargetMode="External"/><Relationship Id="rId635" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1682/parecer_cjle_-_plol_11-2025.pdf" TargetMode="External"/><Relationship Id="rId636" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1683/parecer_cjle_-_pelo_01-2025.pdf" TargetMode="External"/><Relationship Id="rId637" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1679/parecer_cjle_-_ploe_12-2025.pdf" TargetMode="External"/><Relationship Id="rId638" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1734/parecer_plol_12_comissao_educacao.pdf" TargetMode="External"/><Relationship Id="rId639" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1775/comissao_financas.pdf" TargetMode="External"/><Relationship Id="rId640" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1776/parecer_ploe_17-2025_cfo.pdf" TargetMode="External"/><Relationship Id="rId641" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1777/parecer_pdl_12-2025_cjle.pdf" TargetMode="External"/><Relationship Id="rId642" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1778/parecer_ploe_17-2025_cjle.pdf" TargetMode="External"/><Relationship Id="rId643" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1779/parecer_plol_15-2025_cjle.pdf" TargetMode="External"/><Relationship Id="rId644" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1786/parecer_pdl_8-2025_cjle.pdf" TargetMode="External"/><Relationship Id="rId645" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1787/parecer_pdl_11-2025_cjle.pdf" TargetMode="External"/><Relationship Id="rId646" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1788/parecer_plol_12-25_cjle.pdf" TargetMode="External"/><Relationship Id="rId647" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1789/parecer_pdl_9-2025_cjle.pdf" TargetMode="External"/><Relationship Id="rId648" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1790/parecer_plol_13-2025_cjle.pdf" TargetMode="External"/><Relationship Id="rId649" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1791/parecer_pdl_10-2025_cjle.pdf" TargetMode="External"/><Relationship Id="rId650" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1792/parecer_plol_14-2025_cjle.pdf" TargetMode="External"/><Relationship Id="rId651" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1903/parecer_plol_18_0001.pdf" TargetMode="External"/><Relationship Id="rId652" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1904/parecer_pdl_15_0001.pdf" TargetMode="External"/><Relationship Id="rId653" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1905/parecer_plol_16_0001.pdf" TargetMode="External"/><Relationship Id="rId654" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1906/parecer_pdl_13_0001.pdf" TargetMode="External"/><Relationship Id="rId655" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1907/parecer_pdl_14_0001.pdf" TargetMode="External"/><Relationship Id="rId656" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1908/parecer_pdl_17_0001.pdf" TargetMode="External"/><Relationship Id="rId657" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1909/parecer_plol_16_0001.pdf" TargetMode="External"/><Relationship Id="rId658" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1910/parecer_plol_19_2025.pdf" TargetMode="External"/><Relationship Id="rId659" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1933/parecer_emenda_modificativa_n_2-2025.pdf" TargetMode="External"/><Relationship Id="rId660" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1934/parecer__ploe_no_19-2025.pdf" TargetMode="External"/><Relationship Id="rId661" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1936/parecer_emenda_aditiva_no_1-2025.pdf" TargetMode="External"/><Relationship Id="rId662" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1937/parecer_emenda_aditiva_no_2-2025.pdf" TargetMode="External"/><Relationship Id="rId663" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1940/parecer_emenda_modificativa_no_1-2025.pdf" TargetMode="External"/><Relationship Id="rId664" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1942/parecer_emenda_modificativa_n_3-2025.pdf" TargetMode="External"/><Relationship Id="rId665" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1658/oficio_gp_n.375.2025.pdf" TargetMode="External"/><Relationship Id="rId666" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1659/oficio_gp_n.377.2025_.pdf" TargetMode="External"/><Relationship Id="rId667" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1842/oficio_gp_no_566.2025_-_encaminha_mensagem_de_veto_parcial_ao_projeto_de_lei_ordinaria_do_executivo._1.pdf" TargetMode="External"/><Relationship Id="rId668" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1935/emenda_modificativa_no_3.pdf" TargetMode="External"/><Relationship Id="rId669" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1938/emenda_modificativa_no_1.pdf" TargetMode="External"/><Relationship Id="rId670" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1939/emenda_aditiva_no_1.pdf" TargetMode="External"/><Relationship Id="rId671" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1941/emenda_modificativa_no_2.pdf" TargetMode="External"/><Relationship Id="rId672" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1943/emenda_aditiva_no_2.pdf" TargetMode="External"/><Relationship Id="rId673" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1243/projeto_de_decreto_legislativo-titulo_de_cidadania_junior_bernardino_de_albuquerque.pdf" TargetMode="External"/><Relationship Id="rId674" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1332/projeto_de_decreto_do_legislativo-concede_titulo_de_cidadao_de_taquaritinga_do_norte-pe_ao_ilustrissimo_senhor_jose_gilson_pereira..pdf" TargetMode="External"/><Relationship Id="rId675" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1489/pdl_-_titulo_de_cidadao_giovanni_tavares_de_sousa..pdf" TargetMode="External"/><Relationship Id="rId676" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1533/diogo_marans.pdf" TargetMode="External"/><Relationship Id="rId677" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1534/paulo_cesar_dias.pdf" TargetMode="External"/><Relationship Id="rId678" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1555/pdl-concede_titulo_de_cidadao_de_taquaritinga_do_norte_-_pe_ao_ilustrissimo_senhor_rivaldo_queiroz_dantas..pdf" TargetMode="External"/><Relationship Id="rId679" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1631/pdl_-_concede_titulo_de_cidadao_ao_casal_fernando_e_werlania.pdf" TargetMode="External"/><Relationship Id="rId680" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1663/projeto_de_dl_-_titulo_de_cidadao_assinado_assinado.pdf" TargetMode="External"/><Relationship Id="rId681" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1686/projeto_de_dl_-_titulo_de_cidada_28129_assinado_assinado.pdf" TargetMode="External"/><Relationship Id="rId682" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1699/papel_timbrado_2025_assinado_assinado.pdf" TargetMode="External"/><Relationship Id="rId683" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1709/projeto_de_decreto.pdf" TargetMode="External"/><Relationship Id="rId684" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1715/projeto_de_decreto_legislativo_-_titulo_de_cidadao_edson_pessoa_da_silva.pdf" TargetMode="External"/><Relationship Id="rId685" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1833/pdl-concede_titulo_de_cidadao_de_taquaritinga_do_norte__pe_ao_ilustrissimo_senhor_hamilton_figueira_de_arruda..pdf" TargetMode="External"/><Relationship Id="rId686" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1847/titulo_cicero_de_vasconcelos.pdf" TargetMode="External"/><Relationship Id="rId687" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1854/concede_titulo_de_cidadao_de_taquaritinga_do_norte__pe_ao_ilustrissimo_senhor_edson_ferreira.pdf" TargetMode="External"/><Relationship Id="rId688" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1855/projeto_de_decreto_jocielma.pdf" TargetMode="External"/><Relationship Id="rId689" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1867/projeto_de_dl_-_titulo_de_cidadao_richardson_da_silva_alencar_28129_assinado_assinado.pdf" TargetMode="External"/><Relationship Id="rId690" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1951/projeto_de_dl_-_titulo_de_cidada_raquel_teixeira_lyra_lucena_assinado_1.pdf" TargetMode="External"/><Relationship Id="rId691" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1251/projeto_de_lei_-_guilherme_henrique-ass.pdf" TargetMode="External"/><Relationship Id="rId692" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1252/plol_-_altera_a_lei_municipal_no_2.163-2024_de_02_de_janeiro_de_2024_e_da_outras_providencias..pdf" TargetMode="External"/><Relationship Id="rId693" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1362/projeto_dia_da_matematica.pdf" TargetMode="External"/><Relationship Id="rId694" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1412/plol_-_altera_a_lei_municipal_no_2.158-2023_e_cria_cargo_em_comissao_de_assessor_parlamentar_de_plenario_no_ambito_da_camara_municipal_de_taquaritinga_do_norte_e_da_outras_providencias.pdf" TargetMode="External"/><Relationship Id="rId695" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1488/plol_-_dispoe_e_autoriza_o_poder_executivo_a_fazer_concessao_de_internet_gratuita_na_feira_livre_da_sede_do_municipio....pdf" TargetMode="External"/><Relationship Id="rId696" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1495/semana_da_educacao_fisica.pdf" TargetMode="External"/><Relationship Id="rId697" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1513/plol_-_dispoe_sobre_a_reserva_de_vagas_de_emprego_para_mulheres_em_situacao_de_violencia_domestica.pdf" TargetMode="External"/><Relationship Id="rId698" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1514/pl_-_sala_de_raio-x.pdf" TargetMode="External"/><Relationship Id="rId699" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1549/plol_-_dispoe_sobre_estabelecer_diretrizes_para_o_incentivo_e_desenvolvimento_da_apicultura.pdf" TargetMode="External"/><Relationship Id="rId700" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1556/plol_2025_amauri_-_dispoe_sobre_a_liberacao_de_espacos_publicos_para_realizacao_de_eventos_com_som_automotivo_regulamentando_suas_atividades.pdf" TargetMode="External"/><Relationship Id="rId701" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1657/plol_-_cria_a_implementacao_dos_18_ods_objetivos_de_desenvolvimento_sustentavel.pdf" TargetMode="External"/><Relationship Id="rId702" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1685/plol_no_11_-_institui_o_programa_municipal_de_formacao_e_capacitacao_profissional_-_capacitaq_no_ambito_do_municipio_de_taquaritinga_do_norte_e_da_outras_providencias.pdf" TargetMode="External"/><Relationship Id="rId703" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1708/projeto_de_lei_-_obrigatoriedade_do_uso_de_focinheira.pdf" TargetMode="External"/><Relationship Id="rId704" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1718/pl_-_creche_palloma_cezar.pdf" TargetMode="External"/><Relationship Id="rId705" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1773/projeto_de_lei_-_altera_a_lei_2158-2023-1.pdf" TargetMode="External"/><Relationship Id="rId706" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1805/marconi_de_moura_rodrigues.pdf" TargetMode="External"/><Relationship Id="rId707" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1806/grupo_de_escoteiros.pdf" TargetMode="External"/><Relationship Id="rId708" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1808/rua_marcos_aurelio_de_lima_oliveira.pdf" TargetMode="External"/><Relationship Id="rId709" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1830/plol-denomina-se_de_rua_alfredo_eloi_de_arruda_a_rua_projetada_10.pdf" TargetMode="External"/><Relationship Id="rId710" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1834/plol-dispoe_sobre_denominacao_da_creche_municipal_localizada_em_pao_de_acucar_de_creche_josefa_figueira_de_arruda.pdf" TargetMode="External"/><Relationship Id="rId711" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1859/plol-ubs_maria_do_socorro_bezerra_de_lima.pdf" TargetMode="External"/><Relationship Id="rId712" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1885/ploe_2025_dispoe_sobre_das_bandeiras_oficiais_dos_distritos_de_gravata_do_ibiapina_e_de_pao_de_acucar_no_municipio_de_taquaritinga_do_norte_e_da_outras_providencias.pdf" TargetMode="External"/><Relationship Id="rId713" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1929/plol_-_institui_o_programa_municipal_de_inclusao_digital_para_idosos.pdf" TargetMode="External"/><Relationship Id="rId714" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1235/altera_as_leis_municipais_no_1.6032009_e_1.8632017_fixa_o_vencimento_de_cargos_em_comissao_e_da_outras_providencias..pdf" TargetMode="External"/><Relationship Id="rId715" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1236/cria_as_funcoes_gratificadas_de_agente_de_contratacao_e_agente_de_comissao_de_contratacao_e_equipe_de_apoio_no_ambito_da_administracao_publica_municipal_direta_e_fundacional.pdf" TargetMode="External"/><Relationship Id="rId716" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1237/fixa_o_valor_do_salario_minimo_dos_servidores_municipais_e_da_outras_providencias..pdf" TargetMode="External"/><Relationship Id="rId717" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1358/projeto_de_lei_-_altera_lei_1698-2011_-_sim_-_14-02-2025.pdf" TargetMode="External"/><Relationship Id="rId718" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1365/autorizacao_para_abertura_de_credito_adicional_especial_para_execucao_de_transferencia_da_uniao_pela_politica_nacional_aldir_blanc_de_fomento_a_cultura_no_municipio_de_taquaritinga_do_norte.pdf" TargetMode="External"/><Relationship Id="rId719" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1398/projeto_de_lei_-_alteracao_comsea.pdf" TargetMode="External"/><Relationship Id="rId720" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1466/projeto_de_lei_-_dispoe_sobre_a_instituicao_do_programa_de_regularizacao_fiscal_2025_refis_2025.pdf" TargetMode="External"/><Relationship Id="rId721" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1484/projeto_de_lei_-_autoriza_cessao_de_uso.pdf" TargetMode="External"/><Relationship Id="rId722" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1485/projeto_de_lei_-_cria_premiacao_e_apoio_financeiro_a_eventos_publicos_e_privados.pdf" TargetMode="External"/><Relationship Id="rId723" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1486/projeito_-__lei_remuneracao_da_fundata_2025.pdf" TargetMode="External"/><Relationship Id="rId724" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1492/projeto_de_lei_-_gratificacao_direcao_de_ensino.pdf" TargetMode="External"/><Relationship Id="rId725" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1493/projeto_de_lei_-_cria_cargo_coordenador_geral_de_ensino.pdf" TargetMode="External"/><Relationship Id="rId726" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1494/projeto_de_lei_-_monumento_religioso_padre_ibiapina.pdf" TargetMode="External"/><Relationship Id="rId727" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1574/projeto_de_lei_-_dispoe_sobre_a_reforma_administrativa_altera_os_vencimentos_dos_cargos.pdf" TargetMode="External"/><Relationship Id="rId728" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1587/projeto_de_lei_-_credito_especial_taquaritinga_aqusicao_de_terreno.pdf" TargetMode="External"/><Relationship Id="rId729" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1632/projeto_de_lei_-_piso_do_magisterio_2025_-_aumento_de_627.pdf" TargetMode="External"/><Relationship Id="rId730" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1700/projeto_de_lei_-_autoriza_o_poder_executivo_a_contratar_operacao_de_credito_com_a_caixa_economica_federal_com_ou_sem_garantia_da_uniao_e_da_outras_providencias._1.pdf" TargetMode="External"/><Relationship Id="rId731" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1747/projeto_de_lei_no____dispoe_sobre_a_limpeza_nos_imoveis_habitados_ou_nao_bem_como_nos_terrenos_baldios..pdf" TargetMode="External"/><Relationship Id="rId732" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1774/projeto_de_lei__-_ldo_2026.pdf" TargetMode="External"/><Relationship Id="rId733" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1803/projeto_de_lei_no__de_13_de_agosto_de_2025_-_prorrogacao_da_vigencia_do_plano_municipal_de_educacao.pdf" TargetMode="External"/><Relationship Id="rId734" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1818/oficio_gp_n.544.2025_-_projeto_de_lei_-_prorrogacao_pme.pdf" TargetMode="External"/><Relationship Id="rId735" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1829/projeto_de_lei_-_suas_.pdf" TargetMode="External"/><Relationship Id="rId736" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1878/projeto_de_lei_no_-_altera_a_lei_municipal_no_1.555_-_2008.pdf" TargetMode="External"/><Relationship Id="rId737" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1886/projeto_de_lei_-_alteracao_nomenclatura_secretaria_de_assistencia_social.pdf" TargetMode="External"/><Relationship Id="rId738" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1944/projeto_de_lei_no______que_institui_feriado_municipal_no_dia_20_de_agosto._.pdf" TargetMode="External"/><Relationship Id="rId739" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1945/projeto_de_lei_no_____que_institui_feriado_municipal_no_dia_26_de_agosto..pdf" TargetMode="External"/><Relationship Id="rId740" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1946/projeto_de_lei_-_25_de_setembro_de_2025.pdf" TargetMode="External"/><Relationship Id="rId741" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1949/projeto_loa_2026.pdf" TargetMode="External"/><Relationship Id="rId742" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1950/projeto_ppa__2026_-_2029.pdf" TargetMode="External"/><Relationship Id="rId743" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1952/projeto_de_lei_credito_especial_-_saude_emendas.pdf" TargetMode="External"/><Relationship Id="rId744" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1550/plol-altera__a_lei_municipal_no_1.433-2022.pdf" TargetMode="External"/><Relationship Id="rId745" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1655/proposta_de_emenda_a_lei_organica.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1208/ind-amauri-pavimentacaoasfalticaentrejerimumatedivisacomstacruz_1.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1209/ind-amauri-pavimentacaoasfalticaentreacomunidadejerimumabr104_1.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1210/ind-demir-poderexecutivopossaconstruirubsemmateusvieira.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1211/ind-helio_que_seja_implatada_uma_base_da_guarda_municipal_no_jer.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1212/ind-helio_que_seja_implatada_uma_base_do_samu_em_pao_de_acucar.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1213/ind-amauri-p.executivoviabilizeumveiculoparapsfdojerimum_1.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1214/ind-helio_que_seja_realizada_passagem_molhada_em_pao_de_acucar.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1215/ind-rubervan-p.executivoconstruaeurbanizeduaspontesocanalbeirari.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1216/baiano-ind-calcamento_da_rua_joao_ferreira_alves_centro_de_pao_de_acucar.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1217/baiano-ind-calcamento_da_rua_maria_jose_de_araujo_psf_da_serrinha.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1218/baiano-ind-calcamento_da_rua_jose_deodato_da_silva_em_pao_de_acucar.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1219/ind-rubervan-ubsnozambaabragendobeira-riostio_arrozequeimadas.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1220/ind-rubervan-pavimentacaodapracadositioserradosbois.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1221/ind-jamilly-construirvestiariobanheiroscisternanocampofutpaoacuc.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1222/ind-jamilly-realizereformageralnochafarizdacomunidadevilaalta.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1223/felipe.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1224/ind-geovane-fecharnosfinaisdesemanavenidajoaojoseempaodeacucar.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1225/ind-geovane-avvaldemarcarlosemvilasocorropaisagismobancosdepraca.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1226/indicacao_vv.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1227/ind_felipe_-_no_sentido_que_a_prefeitura_disponibilize_um_reservatorio_de_agua_potavel_que_beneficie_atraves_de_sistema_de_gravidade_os_moradores_que_residem_na_localidade_do_alto_da_cocada.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1228/ind_felipe_-_no_sentido_de_que_o_poder_executivo_municipal_coloque_picarra_na_estrada_que_inicia_na_entrada_do_sitio_sao_miguel_e_passa_pelos_sitios_paquevira_e_lagoa_dantas.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1230/indicacao_3_nego.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1231/indicacao_2_nego.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1232/milton1.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1233/milton2.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1234/milton3.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1238/no_sentido_de_que_seja_disponibilizado_01_carro_para_que_fique_a_disposicao_dos_pacientes_e_acompanhantes_de_taquaritinga_do_norte__que_sao_usuarios_da_casa_de_apoio_solar_do_.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1239/no_sentido_de_seja_feito_uma_via_de_acesso_ate_a_igreja_nossa_senhora_do_perpetuo_socorro_e_a_construcao_de_uma_praca_ao_lado_da_referida_igreja.__1.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1242/indicacao-no_sentido_de_que_seja_feita_uma_area_de_lazer_ao_lado_do_psf_do_badoque.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1244/base_da_guarda.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1245/kitmaterial.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1246/fardamento.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1247/indicacao-no_sentido_de_que_seja_feita_uma_area_de_lazer_no_bairro_cruzeiro_em_frente_a_igreja_sao_francisco_de_assis.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1248/indicacao-no_sentido_que_seja_realizada_a_construcao_de_um_predio_proprio_ubs_no_bairro_capibaribe..pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1249/indicacao-_recapeamento-.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1250/indicacao-_manutencao_do_acude_novo-ass.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1254/indicacao-no_sentido_de_que_seja_feita_uma_area_de_lazer_no_bairro_cruzeiro_em_frente_a_igreja_santo_antonio..pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1255/requerimento_1.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1256/requerimento_2.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1257/mototaxi.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1264/indicacao-no_sentido_que_o_poder_executivo_possa_construir_um_psf_na_comunidade_de_placas.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1265/indicacao-no_sentido_que_o_poder_executivo_possa_construir_um_vestiario_feminino_e__a_manutencao_do_vestiario_masculino_na_quadra_de_esportes_padre_estanislau_pires.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1266/indicacao-pavimentacao_e_saneamento_das_ruas_ao_entorno_da_praca_do_sitio_serra_dos_bois.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1267/indicacao-pavimentacao_e_saneamento_das_ruas_ao_entorno_da_praca_do_sitio_serra_dos_bois.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1268/indicacao-no_sentido_de_que_o_poder_executivo_veja_a_possibilidade_de_reestruturar_o_acude_de_santo_amaro_para_ficar_como_mais_um_ponto_turistico_para_nossa_cidade..pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1269/indicacao-no_sentido_que_o_poder_executivo_veja_a_possibilidade_de_construir_uma_lixeira_na_comunidade_de_sao_bento_na_proximidade_do_sr._cicero_alexandre_conhecido_como_tuiu..pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1270/indicacao-_no_sentido_que_o_poder_executivo_veja_a_possibilidade_de_fazer_o_fechamento_da_frente_da_cobertura_da_quadra_padre__estanislau_pires.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1271/indicacao-no_sentido_de_que_o_poder_executivo_possa_agilizar_junto_ao_governo_do_estado_a_distribuicao_de_sementes_para_os_agricultores_do_nosso_municipio..pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1272/placa_que_sinalize_a_divisao_entre_o_nosso_municipio_e_a_cidade_de_santa_cruz_do_capibaribe_na_localidade_denominada_de_riacho_dos_brinquinhos..pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1273/indicacao-no_sentido_de_que_o_poder_executivo_possa_reativar_a_patrulha_rural_do_nosso_municipio..pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1275/indicacao-no_sentido_que_seja_feito_pavimentacao_e_saneamento_em_frente_a_igreja_catolica_na_comunidade_vila_alta..pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1276/indicacao-no_sentido_que_seja_instalado_um_semaforo_em_frente_a_loja_de_fabrica_staccione..pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1277/indicacao-no_sentido_de_que_o_poder_executivo_veja_a_possibilidade_de_adquirir_um_caminhao_frigorifico_para_atender_o_transporte_de_carne_do_matadouro_aos_comerciantes..pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1278/cemiterio_1.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1279/bombeiros.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1280/ambulancia__1.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1281/passagem_molhada.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1282/picarra_.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1283/posto_de_saude_.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1284/indicacao_contruir_e_urbanizar_espaco_as_margens_do_acude.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1285/indicacao_revitalizar_a_biblioteca_publica.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1287/indicacao3.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1288/indicacao_1_demir.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1289/indicacao2.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1290/indicacao_letreiro_gravata.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1291/indicacao_cameras_em_gravata.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1292/indicacao_rua_aecio_neves_gravata.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1297/no_sentido_de_que_seja_feito_o_calcamento_da_rua_santa_luzia.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1298/indicacao_subestacao_de_energia.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1299/indicacao_trilhas_de_concreto_bar_da_barreira.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1300/indicacao__subida_do_sitio_lagoa_dantas.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1302/indicacao-no_sentido_de_que_o_poder_executivo_veja_a_possibilidade_de_criacao_de_uma_diretoria_ou_patrulha_para_cuidar_das_estradas_do_municipio..pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1303/indicacao-no_sentido_de_que_o_poder_executivo_veja_a_possibilidade_de_reforma_da_praca_da_comunidade_do_jerimum..pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1304/indicacao-no_sentido_de_que_o_poder_executivo_junto_com_a_secretaria_de_saude_veja_a_possibilidade_de_reformar_o_posto_de_saude_satelite_da_comunidade_da_situacao..pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1305/indicacao-no_sentido_de_que_seja_feito_o_calcamento_da_rua_irma_dulce_localizada_no_bairro_cruzeiro_em_pao_de_acucar..pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1306/seja_construida_uma_cobertura_na_recepcao_do_hospital_severino_pereira_da_silva_para_embarque_e_desembarque_dos_pacientes_que_sofrem_muito_no_periodo_de_chuvas_no_municipio..pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1309/saneamento_da_rua_nossa_senhora_do_perpetuo_socorro.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1311/saneamento_e_calcamento_da_rua_da_barragem.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1312/indicacao-no_sentido_que_seja_feito_o_calcamento_da_travessa_severino_vieira_sentido_vaquejada_de_piluta.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1313/img_8963_assinado_page-0001_1.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1314/indicacao-no_sentido_de_que_o_poder_executivo_mande_para_esta_casa_legislativa_com_urgencia_urgentissima_o_projeto_do_piso_salarial_dos_professores_com_o_novo_reajuste..pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1315/indicacao-no_sentido_de_que_o_poder_executivo_desmembre_da_secretaria_de_educacao_a_diretoria_de_de_esporte_e_se_crie_uma_secretaria_de_esporte..pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1316/indicacao-no_sentido_de_que_o_poder_executivo_veja_a_possibilidade_de_construcao_de_uma_praca_arborizada_dispondo_de_parque_infantil_ao_lado_do_colegio_que_fica_situado_na_comunidade_do_tatus..pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1317/instalacao_de_tabelas_de_basquete_na_quadra.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1318/construcao_de_ponte_no_riacho_da_bica.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1319/indi_ponto_de_abrigo.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1320/ind_bracos_de_luminarias.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1321/construcao_de_praca_-_milton.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1322/ind-no_sentido_que_seja_feita_a_pavimentacao_e_o_saneamento_basico_da_rua_santa_luzia_no_trecho_que_se_inicia_na_br-l04.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1323/ind-no_sentido_que_seja_feita_a_reforma_limpeza_e_pintura_da_lavanderia_que_fica_na_comunidade_tatus.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1324/ind-no_sentido_que_seja_construida_uma_praca_na_comunidade_espirito_santo_mais_conhecida_como_inga.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1325/tfd_-_sede_do_municipio.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1326/projeto_de_urbanizacao.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1327/tfd.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1328/ind-helio-nosentidoquepoderexecutivodisponibilizetransportetfd.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1329/ind-helio-nosentidoquefacarecuperacaodaestradamaracajaatealgodao.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1330/ind-helio-nosentidosejafeitapavimentacaoesaneamentobairrosanharo.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1331/indicacao-no_sentido_de_que_o_poder_executivo_conclua_a_quadra_de_esporte_da_comunidade_do_jerimum._1.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1333/indicacao-no_sentido_de_que_o_poder_executivo_conclua_a_quadra_de_esporte_da_comunidade_do_algodao._1.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1334/indicacao-no_sentido_que_o_poder_executivo_realize_o_calcamento_da_rua_antonia_maria_de_jesus_por_tras_da_creche_em_pao_de_acucar..pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1335/indicacao-no_sentido_que_o_poder_executivo_identifique_todos_os_veiculos_inclusive_os_veiculos_lotados_por_forma_de_adesivo_especificando_a_qual_secretaria_ele_pertence..pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1336/indicacao-no_sentido_que_seja_feita_a_recuperacao_da_estrada_que_se_inicia_no_bairro_silva_de_baixo_e_vai_ate_vila_do_socorro..pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1337/indicacao-no_sentido_que_seja_feita_a_recuperacao_das_estradas_do_sitio_lagoa_de_farias.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1338/no_sentido_de_que_seja_realizado_uma_reforma_geral_no_antigo_espaco_do_centro_administrativo_que_fica_localizado_na_rua_amaro_carlos_na_comunidade_de_vila_do_socorro.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1339/indicacao-no_sentido_que_seja_feita_a_recuperacao_da_estrada_que_se_inicia_no_bairro_marilia_e_vai_ate_o_sitio_gameleiras.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1340/no_sentido_de_que_seja_realizada_a_construcao_de_uma_ponte_na_comunidade_varginhas_na_rua_que_da_acesso_a_casa_do_senhor_neto_conhecido_popularmente_como_geladeira.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1341/no_sentido_de_que_seja_realizada_a_requalificacao_da_praca_dos_escoteiros_que_fica_localizada_na_lateral_da_avenida_sorocaba_e_da_rua_dr_aluisio_silvino_pereira.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1342/indicacao-no_sentido_de_que_o_poder_executivo_o_calcamento_da_rua_projetada_por_tras_da_fabrica_camisaria_mestre_localizado_no_cruzeiro_distrito_de_pao_de_acucar..pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1343/indicacao_nego_revitalizacao.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1344/indicacao_no_sentido_de_que_o_poder_executivo_veja_a_possibilidade_de_colocar_sinalizacao_de_transito_sinalizacao_vertical_nas_entradas_do_hospital_severino_pereira_da_silva.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1345/indicacao_nego_calcadao.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1346/poder_executivo_junto_aos_orgaos_responsaveis_para_providenciar_a_regulainentacao_necessaria_de_um_terreno_espaco_para_viabilizar_as_construcoes_do_projeto_minha_casa.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1347/indicacao_nego_rua_projetada.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1348/indicacao_no_sentido_de_que_o_poder_executivo_junto_com_os_orgaos_responsaveis_veja_a_possibilidade_de_colocar_uma_caixa_de_agua_de_lo_mil_litros_na_comunidade_do_santo_antonio.pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1349/ind-hel-nosentidorecuperacaoestradavarzinhaatedivisasantacruzcap.pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1351/indicacao_no_sentido_de_que_o_poder_executivo_realize_a_cobertura_do_canal_que_da_inicio_do_outro_lado_do_trevo_ate_o_anal_do_centro_de_pao_de_acucar..pdf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1352/indicacao_no_sentido_de_que_o_poder_executivo_realize_a_manutencao_do_sitio_cabaco_proximo_a_pedra_preta_que_divide_com_o_riacho_doce..pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1353/indicacao_no_sentido_de_que_o_poder_executivo_realize_a_manutencao_da_estrada_do_pe_de_serra_do_jerimum..pdf" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1355/indicacao_no_sentido_de_que_seja_implantada_uma_ubs_satelite_na_comunidade_do_tatus_com_intuito_de_atender_o_sitio_espega..pdf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1356/indicacao_no_sentido_de_que_o_poder_executivo_realize.pdf" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1357/indicacao_no_sentido_de_que_seja_implantada_uma_area_de_lazer_no_sitio_mangas..pdf" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1359/no_sentido_de_que_seja_realizado_um_estudo_para_viabilizar_a_instalacao_de_um_sinal_de_telefonia_movel_nas_comunidades_dos_sitios_silva_de_cima_e_silva_de_baixo..pdf" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1360/no_sentido_de_que_seja_feita_a_pavimentacao_da_rua_severino_caetano_localizada_no_bairro_novo_alto_da_boa_vista_conhecida_pela_rua_de_berval_genro_de_bigode.pdf" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1361/no_sentido_de_que_seja_instalada_rede_de_internet_sem_fio_wi-fi_com_oferta_gratuita_nos_diferentes_pontos_de_transporte_coletivo_do_municipio..pdf" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1363/indicacao_cisterna_gravata.pdf" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1364/indicacao_rua_do_clube_gravata.pdf" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1366/no_sentido_que_seja_disponibilizado_atendimento_psicologico_e_fonoaudiologico_na_unidade_de_saude_da_familia_-_usf.pdf" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1367/no_sentido_que_seja_feita_uma_sala_azul_na_unidade_de_saude_da_familia_-_usf_localizada_no_bairro_serrinha_no_distrito_de_pao_de_acucar_para_atendimento_de_criancas_autistas..pdf" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1368/indicacao_no_sentido_que_seja_realizado_o_concurso_publico_abrangendo_todas_as_areas_do_municipio.pdf.crdownload" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1369/indicacao_no_sentido_que_seja_realizado_um_processo_seletivo_simplificado_para_a_contratacao_temporaria_de_servidores_na_area_da_educacao..pdf.crdownload" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1370/indicacao_no_sentido_que_seja_feita_a_atualizacao_do_portal_da_transparencia_municipal_especialmente_com_relacao_as_portarias_editadas_e_publicadas_pelo_executivo_municipal..pdf" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1372/indicacao-_no_sentido_que_seja_encaminhado_projeto_de_lei_instituindo_adicional_de_insalubridade_aos_servidores_publicos_municipais_expostos_a_atividades_insalubres.pdf" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1373/indicacao_01.2025_rua_vitor_batista.pdf" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1374/indicacao_02.2025_pavimentacao_em_mateus_vieira.pdf" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1375/indicacao_no_sentido_de_viabilizar_a_perfuracao_e_instalacao_de_poco_artesiano_na_comunidade_de_serra_dos_bois..pdf" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1376/indicacao_no_sentido_de_que_seja_realizada_a_pavimentacao_calcamento_da_travessa_da_rua_projetada_1_localizada_no_bairro_marilia.pdf" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1377/indicacao_no_sentido_de_que_seja_realizada_a_pavimentacao_calcamento_da_travessa_da_rua_projetada_3_localizada_no_bairro_marilia.pdf" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1378/indicacao_no_sentido_de_que_o_poder_executivo_realize_a_pavimentacao_na_rua_augusto_bento_da_silva.pdf" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1379/indicacao_no_sentido_de_que_o_poder_executivo_construa_uma_nova_fossa_para_atender_a_comunidade_do_bairro_cruzeiro_em_pao_de_acucar.pdf" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1380/indicacao_03.2025_joao_e_milton_pccv.pdf" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1381/indicacao_no_sentido_que_seja_realizada_a_construcao_de_uma_escola_com_uma_quadra_poliesportiva_na_comunidade_de_vila_do_socorro..pdf" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1389/indicacao_no_sentido_de_que_o_poder_executivo_realize_a_pavimentacao_da_rua_boa_vista_bairro_cruzeiro..pdf" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1390/indicacao-no_sentido_que_seja_feita_a_atualizacao_do_portal_da_transparencia_municipal_da_fundacao_municipal_de_saude_de_taquaritinga_do_norte.pdf" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1392/indicacao_no_sentido_de_que_o_poder_executivo_envie_para_esta_casa_um_projeto_de_lei_que_transforma_o_sitio_jerimum_em_vila_do_jerimum..pdf" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1393/indicacao_no_sentido_de_que_o_poder_executivo_realize_a_recuperacao_da_estrada_de_pedra_preta_a_serra_dos_bois..pdf" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1394/indicacao_no_sentido_de_que_o_poder_executivo_realize_a_recuperacao_e_manutencao_da_estrada_da_comunidade_do_jeumum_a_divisa_de_barra_de_sao_miguel.pdf" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1395/disponibilizar_veiculo.pdf" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1396/reforma_do_grupo_escolar_eraldogueiros_leite.pdf" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1397/reforma_do_grupo_escolar_professora_carminha_arruda.pdf" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1399/indicacao_futevolei_pao_de_acucar.pdf" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1400/indicacao_futevolei_taquaritinga.pdf" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1401/indicacao-futevolei_gravata.pdf" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1403/indicacao_01._2025joao.pdf" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1404/saneamento_e_calcamento_em_frente_a_associacao_do_sitio_tatus.pdf" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1405/construcao_do_calcamento_da_rua_valdemar_carlos.pdf" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1406/construcao_de_uma_escola_na_comunidade_de_vila_do_socorro.pdf" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1407/indicacao_geovane_01.pdf" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1408/indicacao_geovane_02.pdf" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1409/indicacao__demir_01.pdf" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1410/indicacao_demir_02.pdf" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1411/indicacao_demir03.pdf" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1413/rua_conhecida_popularmente_como_rua_da_padaria_de_cosmo.pdf" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1414/pintura_da_praca.pdf" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1415/saneamento_e_calcamento_no_sitio_vila_alta.pdf" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1416/indicacao-no_sentido_de_que_seja_construida_uma_escola_no_bairro_badoque_no_distrito_de_pao_de_acucar._1.pdf" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1417/indicacao_nego_calcamento_rua_projetada_09.pdf" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1418/indicacao_nego_instalacao_caixadagua_.pdf" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1419/indicacao_nego_calcamento_rua_projetada_01.pdf" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1420/indicacao-no_sentido_que_juntamente_com_a_secretaria_de_educacao_seja_analisada_a_possibilidade_de_implantar_as_series_do_5o_ao_9o_ano_na_comunidade_do_algodao..pdf" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1421/indicacao-no_sentido_que_juntamente_com_a_secretaria_de_educacao_seja_construida_uma_creche_na_comunidade_do_jerimum..pdf" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1422/indicacao-no_sentido_que_seja_realizada_a_recuperacao_e_manutencao_da_estrada_do_sitio_situacao..pdf" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1423/indicacao_no_sentido_que_seja_feita_uma_terraplarlagem_do_silva_de_baixo.pdf" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1424/indicacao_no_sentido_que_seja_feita_uma_reforma_na_academia_da_cidade.pdf" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1425/indicacao_no_sentido_que_seja_feita_uma_terraplanagem_das_furnas_ate_o_sao_miguel.pdf" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1426/indicacao_04.2025_milton.pdf" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1427/felipe_12-03.pdf" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1429/indicacao_03.2025_milton.pdf" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1430/indicacao_no_sentido_que_o_poder_executivo_realize_a_pavimentacao_na_travessa_severino_vieira_conhecida_como_a_rua_de_sonia_da_serrinha_em_pao_de_acucar.pdf" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1432/indicacao_no_sentido_que_seja_haja_o_cumprimento_do_disposto_no_art._48_lo_ii_da_lei_complementar_no_101-2000_atualizada_1.pdf" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1433/castracao.pdf" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1434/rua_de_rosa_do_perfume.pdf" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1435/indicacao-no_sentido_de_que_seja_colocado_em_todas_em_frente_as_escolas_do_nosso_municipio_sinalizacao_com_faixa_de_pedestre_cones_nos_momentos.pdf" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1436/indicacao_no_sentido_de_que_seja_colocado_refletores_de_led.pdf" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1441/indicacao_no_sentido_que_administracao_publica_faca_o_recapeamento_da_estrada_que_liga_a_comunidade_de_pedra_preta_a_comunidade_do_riacho_doce_de_julio..pdf" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1442/indicacao_.pdf" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1443/indicacao_pavimentacao_av_tancredo_neves.pdf" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1444/praca_em_vila_do_socorro.pdf" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1445/reforma_da_praca_do_oiti.pdf" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1446/indicacao_2_assinado.pdf" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1447/construcao_de_praca_-_trevo_de_pao_de_acucar.pdf" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1449/pavimentacao_-2a_travessa.pdf" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1450/felipe_-_3a_travessa.pdf" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1451/pavimentacao_da_4a_travessa.pdf" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1452/indicacao_1_assinado.pdf" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1453/indicacao_no_sentido_que_seja_realizada_a_reforma_e_requalificacao_da_academia_da_saude_no_bairro_beira_rio..pdf" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1454/indicacao_no_sentido_que_seja_realizada_a_recuperacao_da_estrada_no_trecho_que_liga_as_comunidades_gameleira_ao_estreito_percorrendo_a_comunidade_do_juar_ate_mateus_vieira..pdf" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1455/indicacao_no_sentido_que_seja_realizado_a_perfuracao_de_poco_artesiano_completo_na_academia_da_saude_no_bairro_beira_rio..pdf" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1456/indicacao_no_sentido_que_o_poder_executivo_coloque_sinalizacao_com_faixa_de_pedestre_em_ente_de_todas_as_escolas_do_municipio..pdf" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1457/usf_elias_tavares.pdf" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1458/calcamento_e_saneamento_de_vila_alta.pdf" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1459/abertura_de_acesso_entre_ruas.pdf" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1460/construcao_de_praca_no_bairro_brasilia_teimosa_2.pdf" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1461/loteamento_marilia.pdf" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1462/bairro_zamba.pdf" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1463/pavimentacao_e_saneamento_na_rua_projetada.pdf" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1464/pavimentacao_na_rua_gabriel_vieira.pdf" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1465/praca_em_frente_ao_cemiterio_sao_jose.pdf" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1467/no_sentido_de_que_seja_realizada_a_pavimentacao_da_rua_projetada_na_comunidade_de_pedra_preta..pdf" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1468/no_sentido_de_que_administracao_publica_possibilite_a_continuacao_do_asfalto_das_principais_ruas_de_nossa_cidade..pdf" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1469/no_sentido_de_que_seja_realizada_a_pavimentacao_das_ruas_ao_entorno_da_capela_da_comunidade_do_minguaiu..pdf" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1470/indicacao_no_sentido_de_que_seja_realizada_a_pavimentacao_e_o_saneamento_da_travessa_da_rua_do_imperador_ou_rua_do_bar_de_zola_como_e_conhecida_popularmente_localizada_no_bairro_silva_de_baixo..pdf" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1471/indicacao_no_sentido_de_que_seja_realizada_a_pavimentacao_e_o_saneamento_da_travessa_da_rua_do_palacio_ou_rua_do_meio_como_e_conhecida_popularmente_localizada_no_bairro_silva_de_baixo..pdf" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1472/indicacao_no_sentido_de_que_sejam_instaladas_placas_de_sinalizacao_de_ruas_no_bairro_zamba..pdf" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1474/indicacao_no_sentido_que_seja_disponibilizado_veiculo_que_fique_24h_para_a_populacao_carente_de_pao_de_acucar.pdf" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1475/indicacao_no_sentido_de_que_seja_feito_o_calcamento_da_travessa_madre_teresa_de_calcuta_comecando_da_esquina_do_bar_de_tio_fio_ate_chegar_na_rua_getulio_vargas_no_bairro_serrinha..pdf" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1478/indicacao_pracinha_no_mateus_viera.pdf" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1479/indicacao_reforma_na_gilzenete.pdf" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1480/indicacao_construcao_de_escola_em_pao_de_acucar.pdf" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1490/indicacao_no_sentido_que_seja_feito_saneamento_basico_e_pavimentacao_das_ruas_do_bairro_severino_vieira_mais_conhecido_como_serrinha_no_distrito_de_pao_de_acucar_rua_da_gelei..pdf" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1491/indicacao-no_sentido_de_que_seja_feito_o_saneamento_basico_e_pavimentacao_das_ruas_do_bairro_severino_vieira_rua_do_velho_do_munguza..pdf" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1496/implantacao_da_casa_azul_em_pao_de_acucar.pdf" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1497/calcamento_da_rua_caibeira_em_vila_do_socorro.pdf" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1498/reforma_limpeza_e_pintura_da_praca.pdf" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1499/saneamento_e_pavimentacao_-_pe_130.pdf" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1500/saneamento_basico_e_pavimentacao_-_rua_08_ate_a_vila_lageiro.pdf" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1501/saneamento_basico_e_pavimentacao_-_caic_e_capela_mae_rainha.pdf" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1502/indicacao_-_no_sentido_de_que_o_poder_executivo_possa_construir_lixeiras_publicas_nas_comunidades_de_placas_e_do_xavier..pdf" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1503/indicacao_no_sentido_de_que_o_poder_executivo_possa_construir_ponto_de_onibus_e_transporte_alternativo_toyota_com_banheiro_e_assentos_na_sede_de_nosso_municipio..pdf" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1504/indicacao_-_no_sentido_de_que_o_poder_executivo_faca_a_pavimentacao_do_trecho_que_liga_a_comunidade_de_placas_passando_pela_comunidade_do_xavier_ate_a_pe_104.pdf" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1505/indicacao_no_sentido_de_que_o_poder_executivo_juntamente_com_a_secretaria_de_cultura_viabilize_as_festividades_de_sao_joao_nas_comunidades_rurais_de_nosso_municipio..pdf" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1506/indicacao_no_sentido_de_que_sejam_pavimentados_os_canteiros_centrais_da_avenida_tancredo_neves_e_instalada_iluminacao_em_led_localizado_na_comunidade_do_jerimum..pdf" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1507/indicacao_dispoe_sobre_o_tombamento_das_casas_da_rua_principal_do_distrito_de_gravata_do_ibiapina._com_isencao_de_iptu.pdf" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1508/indicacao_poder_executivo_possa_viabilizar_a_construcao_de_uma_praca_em_frente_ao_colegio_cetec_na_sede_do_nosso_municipio._com_parques_de_criancas_bem_iluminada_afim_de_cobrir_o_canal.pdf" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1509/distribuicao_do_fardamento.pdf" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1510/indicacao_no_sentido_de_que_o_poder_executivo_juntamente_com_a_secretaria_de_saude_viabilize_de_forma_mais_rapida_a_instalacao_do_aparelho_de_raio-x_do_hospital_geral_severino_pereira_da_silva..pdf" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1511/roco_da_estada_silva_de_baixo_ate_vila_do_socorro.pdf" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1512/continuacao_do_servico_na_ladeira_do_oiti.pdf" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1515/indicacao_baiano.pdf" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1528/indicacao_no_sentido_que_o_poder_executivo_realize_a_reforma_do_centro_administrativo_joao_farias_de_araujo_localizado_na_comunidade_do_jerimum..pdf" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1529/indicacao_no_sentido_que_o_poder_executivo_possa_realizar_a_construcao_de_um_centro_administrativo_na_comunidade_do_algodao.pdf" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1530/indicacao_no_sentido_que_o_poder_executivo_possa_realizar_a_manutencao_do_trecho_que_liga_a_entrada_da_br_104_ate_a_comunidade_do_jerimum..pdf" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1531/chafariz_de_vila_do_socorro.pdf" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1532/centro_de_zoonoses.pdf" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1535/indicacao_28_-04-2025_2_assinado.pdf" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1536/indicacao_28_-04-2025_1_assinado.pdf" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1537/rua_sitio_lages.pdf" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1538/via_proximo_do_posto_de_cocada.pdf" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1539/sitio_cumbe.pdf" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1540/pe_130.pdf" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1543/indicacao_no_sentido_que_seja_realizada_a_desapropriacao_do_terreno_do_campo_do_51_localizado_no_silva_de_cima_para_a_construcao_de_um_society..pdf" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1544/indicacao_no_sentido_de_que_seja_feito_a_iluminacao_da_escadaria_do_cruzeiro_de_vila_do_socorro.pdf" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1545/indicacao_no_sentido_de_que_o_evento_entardecer_na_serra.pdf" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1546/indicacao_no_sentido_de_que_seja_realizada_construcao_de_uma_praca_no_bairro_marilia_entre_a_rua_lucas_evangelista_e_a_rua_otacilio_marreiro_de_lima..pdf" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1547/indicacao_no_sentido_de_que_seja_realizada_a_reforma_da_pracinha_da_rua_dos_jasmins_localizada_no_bairro_zamba..pdf" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1548/indicacao_no_sentido_de_que_seja_realizada_a_reforma_da_base_do_samu..pdf" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1551/indicacao_no_sentido_que_seja_feita_a_possibilidade_de_dar_continuidade_ao_saneamento_e_pavimentacao_na_av._santa_cruz_da_comunidade_do_algodao.pdf" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1552/indicacao_no_sentido_que_seja_feita_a_possibilidade_de_fazer_uma_nova_estrutura_no_campo_inclusive_com_refletoresno_campo_de_futebol_da_comunidade_do_algodao..pdf" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1553/indicacao_no_sentido_de_que_o_poder_executivo_faca_um_campo_socity_nesta_cidade_no_bairro_capibaribe_onde_funciona_o_poeirao..pdf" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1554/geovane_06.pdf" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1557/indicacao_no_sentido_de_que_seja_destinado_um_veiculo_com_equipe_especialista_em_iluminacao_publica_para_atuar_de_forma_fixa_na_subprefeitura_localizada_em_pao_de_acucar..pdf" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1558/indicacao_no_sentido_de_que_seja_construido_um_ginasio_poliesportivo_em_pao_de_acucar..pdf" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1559/indicacao_no_sentido_de_que_seja_realizada_uma_reforma_na_praca_da_serrinha_praca_augustinho_rufino_localizado_em_pao_de_acucar..pdf" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1560/indicacao_no_sentido_de_que_seja_realizada_a_recuperacao_da_estrada_que_liga_a_comunidade_do_jerimum_ate_a_comunidade_do_minguaiu..pdf" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1561/indicacao_no_sentido_de_que_seja_realizada_a_manutencao_dos_banheiros_da_praca_padre_otto_sailler..pdf" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1562/sistema_de_monitoramento.pdf" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1563/construcao_de_passagem_molhada_pao_de_acucar.pdf" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1564/creche_-_vila_do_socorro.pdf" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1565/baiano.pdf" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1566/juvina.pdf" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1567/indicacao_pavimentacao_e_saneamento_no_acudinho.pdf" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1568/limpeza_aos_arredores_da_ame.pdf" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1569/area_para_festa.pdf" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1570/sede_para_guarda_municipal.pdf" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1571/requalificacao_dos_sitios.pdf" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1572/indicacao_no_sentido_de_aderir_a_contratacao_da_proposta_de_acordo_e_cooperacao_junto_ao_facepe.pdf" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1573/pavimetacao_saneamento_rua_edmilson_dantas.pdf" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1576/copia_de_indicacao_23_-04-2025_1_assinado.pdf" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1577/indicacao_no_sentido_de_que_seja_realizada_a_capinacao_da_vegetacao_das_margens_da_pe_130_iniciando_do_acude_santo_amaro_ate_a_divisa_com_o_municipio_de_vertentes..pdf" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1578/cadastramento_e_atualizacao_do_programa_bolsa_familia.pdf" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1579/construcao_de_area_de_lazer-_vila_alta.pdf" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1580/pavimentacao_asfaltica_no_acesso_da_igreja.pdf" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1581/helio-_trocada_as_arvores.pdf" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1582/helio_-_instalacao_de_totens.pdf" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1583/rua_de_cida_de_ceceu.pdf" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1584/helio_-_pavimentacao_da_av_tocado_damiao.pdf" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1585/7a_travessa_-_sitio_silva_de_baixo.pdf" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1586/5a_travessa_do_sitio_silva_de_baixo.pdf" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1588/indicacao_indicacao_no_sentido_de_que_o_poder_executivo_possa_construir_lixeiras_publicas_nas_comunidades..pdf" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1589/indicacao_no_sentido_de_que_seja_realizada_construcao_de_quebra_molas_na_rua_estrada_da_compesa_no_bairro_zamba..pdf" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1590/indicacao_no_sentido_de_que_administracao_publica_conclua_a_passagem_molhada_do_acude_da_comunidade_do_algodao..pdf" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1591/indicacao_no_sentido_que_administracao_publica_disponibilize_mais_uma_maquina_patrol_para_realizacao_das_manutencoes_das_estradas_do_nosso_municipio..pdf" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1592/indicacao_no_sentido_de_que_seja_implantado_o_ensino_de_jovens_e_adultos_eja_na_comunidade_do_jerimum..pdf" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1593/pavimetacao_e_saneamento_da_rua_edimirson_danda..pdf" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1594/limpeza_nos_matos_do_zamba.pdf" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1595/indicacao_14-05-2025_assinado.pdf" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1597/indicacao_14-05-2025_2_assinado.pdf" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1598/academia_da_saude.pdf" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1599/picarra_nas_ruas_do_sitio_mangas.pdf" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1600/lixeira_na_comunidade_de_varzinhas.pdf" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1601/indicacao_no_sentido_que_seja_realizada_a_limpeza_do_canal.pdf" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1603/asfalto_-_centro_da_cidade.pdf" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1604/telefonia_movel_-_jerimum_e_regiao.pdf" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1605/telefonia_movel_-_acudinho_e_placas.pdf" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1606/indicacao_no_sentido_que_seja_realizada_a_pavimentacao_da_estrada_carreira_de_jaca..pdf" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1607/indicacao_no_sentido_que_seja_realizada_a_pavimentacao_da_travessa_que_fica_ao_lado_do_posto_de_saude_no_bairro_capibaribe.pdf" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1608/ajeitar_estrada_de_vardo_de_nudinha.pdf" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1610/indicacao_no_sentido_de_que_seja_realizada_a_troca_dos_refletores_da_quadra_esportiva_de_gravata_do_lbiapina..pdf" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1611/indicacao_no_sentido_de_que_seja_criado_um_refeitorio_na_escola_padre_ibiapina_localizada_no_distrito_de_gravata_do_ibiapina..pdf" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1612/indicacao_no_sentido_de_que_seja_construida_uma_quadra_de_futevolei_com_brinquedos_infantis_no_espaco_da_antiga_lavanderia_de_gravata_do_ibiapina..pdf" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1613/indicacao_no_sentido_que_o_poder_executivo_possa_realizar_a_troca_da_iluminacao_do_trevo_que_liga_br_104_a_pe_130..pdf" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1614/indicacao_no_sentido_que_o_poder_executivo_possa_realizar_a_instalacao_de_placas_informativas_com_o_numero_do_samu_em_todo_territorio_de_nosso_municipio..pdf" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1615/indicacao_no_sentido_que_o_poder_executivo_possa_realizar_a_instalacao_placas_de_sinalizacao_de_transito_nas_entradas_do_hospital_geral_severino_pereira_da_silva.pdf" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1633/indicacao_no_sentido_de_que_seja_construido_um_centro_cultural_na_comunidade_do_acudinho..pdf" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1634/acessibilidade_em_vias_publicas.pdf" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1635/indicacao_no_sentido_de_que_seja_pavimentada_calcamento_da_rua_ana_lins_localizada_na_comunidade_do_jerimum..pdf" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1636/coordenadoria_da_mulher.pdf" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1637/indicacao_no_sentido_de_que_seja_realizada_pavimentacao_asfaltica_no_entorno_da_academia_da_cidade_localizada_em_frente_ao_hospital_geral_severino_pereira_da_silva..pdf" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1641/estrada_agreste_e_gameleira.pdf" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1642/limpeza_de_barreiros_e_barragens..pdf" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1643/energia_solar.pdf" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1645/avenida_jose_joventino.pdf" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1646/indicacao_no_sentido_de_que_o_poder_executivo_realize_o_saneamento_e_manutencao_na_rua_projetada_no_02_bairro_sanharo_em_pao_de_acucar..pdf" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1647/rua_de_edna_carlos.pdf" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1648/rua_bom_jesus.pdf" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1649/indicacao_no_sentido_de_que_o_poder_executivo_realize_o_saneamento_e_manutencao_na_rua_projetada_no_01_bairro_sanharo_em_pao_de_acucar..pdf" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1650/indicacao_no_sentido_de_que_o_poder_executivo_realize_o_saneamento_e_manutencao_na_rua_projetada_no_03_bairro_sanharo_em_pao_de_acucar..pdf" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1660/1.pdf" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1661/caic_2.pdf" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1662/rabelo_de_castro.pdf" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1664/indicacao_no_sentido_de_que_seja_construido_um_posto_de_saude_psf_na_comunidade_do_algodao..pdf" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1665/indicacao_no_sentido_de_que_seja_realizada_a_manutencao_da_estrada_que_liga_a_comunidade_do_jerimum_ate_a_comunidade_de_serra_dos_bois.pdf" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1666/indicacao_no_sentido_de_que_seja_realizada_a_pavimentacao_e_urbanizacao_com_praca_em_frente_a_escola_chefe_leandro_localizada_na_comunidade_do_jerimum..pdf" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1668/usina_de_energia_solar.pdf" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1669/construcao_de_praca.pdf" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1670/calcamento_e_saneamento_da_rua_santa_luzia.pdf" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1671/ceasa.pdf" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1672/implantacao_de_distrito_industrial.pdf" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1674/aquisicao_de_carro_para_secretaria_de_saude.pdf" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1684/curso_preparatorio_para_o_enem.pdf" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1687/indicacao_no_sentido_administracao_publica_possa_realizar_uma_feira_de_exposicao_de_animais_na_comunidade_do_jerimum..pdf" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1688/indicacao_no_sentido_de_que_seja_realizada_a_manutencao_da_estrada_que_liga_sitio_acudinho_ate_a_comunidade_do_jaburu_de_baixo..pdf" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1689/indicacao_no_sentido_de_que_seja_realizada_pavimentacao_ao_redor_do_mercado_publico_da_comunidade_do_jerimum..pdf" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1690/indicacao_no_sentido_que_administracao_publica_realize_a_pavimentacao_asfaltica_no_trecho_que_liga_a_rua_padre_berenguer_a_rua_dom_moura..pdf" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1691/indicacao_no_sentido_que_administracao_publica_realize_a_pavimentacao_asfaltica_no_trecho_que_liga_a_rua_duque_de_caxias_ate_a_rua_dro_aloisio_pereira..pdf" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1692/indicacao_novo__construida_uma_nova_praca_na_proximidade_da_antiga_lavanderia_localiza_no_distrito_de_gravata_do_ibiapina._assinado.pdf" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1693/a_troca_dos_postes_e_que_seja_colocada_nova_iluminacao_no_cemiterio_de_gravata_do_ibiapina._assinado.pdf" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1694/realizado_reparos_no_calcamento_na_rua_principal_28rua_do_comercio29_no_distrito_de_gravata_do_ibiapina._assinado.pdf" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1695/ind_0003_1.pdf" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1696/ind_0002.pdf" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1697/a.pdf" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1701/indicacao_-_no_sentido_de_que_seja_feita_requalificacao_da_passagem_molhada.pdf" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1702/indicacao_-_no_sentido_que_seja_construido_um_velorio_municipal.pdf" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1703/saneamento_-_rua_valdemar_carlos.pdf" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1704/cras_e_grupo_de__idosos_-_vila_do_socorro.pdf" TargetMode="External"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1705/ind_no_sentido_que_seja_feita_a_ampliacao_do_cemiterio.pdf" TargetMode="External"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1706/ind_rocado_os_matos_das_estradas_que_dao_acesso_a_zona_rural.pdf" TargetMode="External"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1707/ind_a_pavimentacao_e_saneamento_na_rua_do_bar_de_nerivaldo.pdf" TargetMode="External"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1710/lucas_evangelista.pdf" TargetMode="External"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1711/tertulianobezerra.pdf" TargetMode="External"/><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1712/compesa.pdf" TargetMode="External"/><Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1713/poda_das_arvores.pdf" TargetMode="External"/><Relationship Id="rId362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1714/letreiro.pdf" TargetMode="External"/><Relationship Id="rId363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1716/ind__no_sentido_que_seja_realizada_a_manutencao_da_estrada_que_da_acesso_ao_sitio_varzea_grande.pdf" TargetMode="External"/><Relationship Id="rId364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1717/ind_no_sentido_que_seja_realizada_a_ampliacao_da_av_tancredo_neves.pdf" TargetMode="External"/><Relationship Id="rId365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1719/rua_sitio_sanharo.pdf" TargetMode="External"/><Relationship Id="rId366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1720/colocacao_de_caixa_de_agua.pdf" TargetMode="External"/><Relationship Id="rId367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1721/sinalizacao_da_pe_130.pdf" TargetMode="External"/><Relationship Id="rId368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1722/reforma_da_escola.pdf" TargetMode="External"/><Relationship Id="rId369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1723/bancos_da_feira.pdf" TargetMode="External"/><Relationship Id="rId370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1724/ind_helio_pavimentacao_das_ruas_projetadas.pdf" TargetMode="External"/><Relationship Id="rId371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1725/helio__-_casa_azul.pdf" TargetMode="External"/><Relationship Id="rId372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1726/helio_-_pavimentacao_da_rua_augusto_bento.pdf" TargetMode="External"/><Relationship Id="rId373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1728/caixa_dagua_nos_sitios_tatus_e_vila_alta.pdf" TargetMode="External"/><Relationship Id="rId374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1729/instalacao_de_bracos_de_luminaria.pdf" TargetMode="External"/><Relationship Id="rId375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1730/psf_elias_tavares.pdf" TargetMode="External"/><Relationship Id="rId376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1731/pavimentacao_ee_calcamento_da_rua_loteamento_bom_jesus.pdf" TargetMode="External"/><Relationship Id="rId377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1732/pavimentacao_e_calcamento_da_travessa_amaro_claudino.pdf" TargetMode="External"/><Relationship Id="rId378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1733/pavimentacao_da_avenida_severino_satiro_da_silva.pdf" TargetMode="External"/><Relationship Id="rId379" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1735/indicacao_praca_mulungu.pdf" TargetMode="External"/><Relationship Id="rId380" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1736/indicacao_loteamento_capibaribe.pdf" TargetMode="External"/><Relationship Id="rId381" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1737/indicacao_feira_jerimum.pdf" TargetMode="External"/><Relationship Id="rId382" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1738/enem_2025.pdf" TargetMode="External"/><Relationship Id="rId383" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1739/demir_04.pdf" TargetMode="External"/><Relationship Id="rId384" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1740/educacao_inclusiva.pdf" TargetMode="External"/><Relationship Id="rId385" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1741/demir_036.pdf" TargetMode="External"/><Relationship Id="rId386" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1742/escadaria_alto_da_cocada.pdf" TargetMode="External"/><Relationship Id="rId387" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1743/praca_no_bairro_badoque.pdf" TargetMode="External"/><Relationship Id="rId388" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1744/saneamentos_na_comunidade_de_placas.pdf" TargetMode="External"/><Relationship Id="rId389" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1745/instalacao_de_cameras_de_monitoramento.pdf" TargetMode="External"/><Relationship Id="rId390" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1746/construcao_da_creche_municipal.pdf" TargetMode="External"/><Relationship Id="rId391" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1748/indicacao_praca_pedra_preta.pdf" TargetMode="External"/><Relationship Id="rId392" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1749/indicacao_minguaiu.pdf" TargetMode="External"/><Relationship Id="rId393" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1750/indicacao_escola_jerimum.pdf" TargetMode="External"/><Relationship Id="rId394" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1751/rua_ayrton_senna.pdf" TargetMode="External"/><Relationship Id="rId395" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1752/sinalizacao_de_transito.pdf" TargetMode="External"/><Relationship Id="rId396" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1753/quadra_de_esportes_-_placas.pdf" TargetMode="External"/><Relationship Id="rId397" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1754/indicacao_no_sentido_que_seja_feita_a_coleta_do_lixo_no_minimo_uma_ou_duas_vezes_por_semana_no_sitio_lagoa_de_farias..pdf" TargetMode="External"/><Relationship Id="rId398" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1755/indicacao_no_sentido_que_seja_viabilizado_junto_ao_governo_do_estado_de_pernambuco_estudo_tecnico_para_implantacao_de_radares_de_velocidade_na_rodovia_pe_160_no_perimetro_urbano_.pdf" TargetMode="External"/><Relationship Id="rId399" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1757/indicacao_no_sentido_que_seja_feita_a_restauracao_do_nome_taquaritinga_do_norte_letreiro_que_fica_localizado_no_mirante_do_cruzeiro_e_tambem_o_roco_e_capinagem_e_iluminacao_do_espaco..pdf" TargetMode="External"/><Relationship Id="rId400" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1758/indicacao_no_sentido_que_seja_feita_a_pavimentacao_da_rua_joao_ferreira_alves_conhecida_como_a_rua_de_cida_da_galinha_localizada_em_pao_de_acucar..pdf" TargetMode="External"/><Relationship Id="rId401" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1760/indicacao_no_sentido_que_seja_feita_a_pavimentacao_da_rua_amaro_claudino_localizada_em_pao_de_acucar..pdf" TargetMode="External"/><Relationship Id="rId402" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1761/indicacao_no_sentido_que_seja_feita_a_pavimentacao_do_beco_que_fica_entre_o_posto_de_tonton_e_a_fabrica_da_atraidos__localizada_em_pao_de_acucar..pdf" TargetMode="External"/><Relationship Id="rId403" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1762/veiculo_para_guarda_municipal.pdf" TargetMode="External"/><Relationship Id="rId404" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1763/veiculos_-_psf.pdf" TargetMode="External"/><Relationship Id="rId405" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1764/nomenclatura_das_ruas.pdf" TargetMode="External"/><Relationship Id="rId406" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1765/indicacao_no_sentido_que_o_poder_executivo_realize_o_retorno_dos_atendimentos_medicos_na_comunidade_da_varzinha_e_lagoa_do_juca..pdf" TargetMode="External"/><Relationship Id="rId407" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1766/indicacao-no_sentido_que_seja_realizada_a_reforma_e_ampliacao_da_praca_central_do_distrito_de_gravata_do_lbiapina_tornando-a_um_espaco_para_eventos..pdf" TargetMode="External"/><Relationship Id="rId408" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1767/calcamento_da_travessa_sorocaba.pdf" TargetMode="External"/><Relationship Id="rId409" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1768/contruido_um_acostamento_nas_margens.pdf" TargetMode="External"/><Relationship Id="rId410" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1769/calcamento_da_avenida_rildo_marcelo.pdf" TargetMode="External"/><Relationship Id="rId411" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1770/indicacao_no_sentido_que_o_poder_executivo_veja_a_possibilidade_de_realizar_a_recuperacao_das_estradas_no_cajueiro_proximo_ao_silva_de_baixo..pdf" TargetMode="External"/><Relationship Id="rId412" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1771/indicacao_no_sentido_que_o_poder_executivo_veja_a_possibilidade_de_realizar_o_saneamento_e_pavimentacao_na_rua_da_fabrica_de_rato_onde_mora_dona_luzia_e_fabricio_localizado_no_juca..pdf" TargetMode="External"/><Relationship Id="rId413" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1772/indicacao_no_sentido_que_o_poder_executivo_veja_a_possibilidade_de_realizar_a_recuperacao_das_estradas_do_sitio_sao_braz_santo_antonio_neste_municipio..pdf" TargetMode="External"/><Relationship Id="rId414" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1780/fossa_septica.pdf" TargetMode="External"/><Relationship Id="rId415" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1781/rua_nossa_senhora_do_perpetuo_socorro_e_vidal_pereira.pdf" TargetMode="External"/><Relationship Id="rId416" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1782/indicacao_no_sentido_que_seja_realizada_a_manutencao_pintura_limpeza_e_iluminacao_da_praca_do_sitio_pe_de_serra_do_jerimum..pdf" TargetMode="External"/><Relationship Id="rId417" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1783/indicacao_no_sentido_que_seja_perfurado_um_poco_e_instalado_um_chafariz_no_loteamento_fonte_de_agua_viva_proximo_a_comunidade_do_algodao..pdf" TargetMode="External"/><Relationship Id="rId418" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1784/indicacao_no_sentido_que_seja_feita_a_pavimentacao_e_iluminacao_da_estrada_que_da_acesso_ao_sitio_varzea_grande_nomeada_por_rua_padre_fernando_de_lima_silva..pdf" TargetMode="External"/><Relationship Id="rId419" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1785/indicacao_no_sentido_que_seja_feita_a_pavimentacao_e_saneamento_na_rua_projetada_que_mora_lila_e_jau_localizada_na_comunidade_do_algodao..pdf" TargetMode="External"/><Relationship Id="rId420" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1793/guarda_municipal.pdf" TargetMode="External"/><Relationship Id="rId421" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1795/indicacao_policlinica_pao_de_acucar.pdf" TargetMode="External"/><Relationship Id="rId422" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1797/indicacao_no_sentido_que_o_poder_executivo_veja_a_possibilidade_de_realizar_a_recuperacao_das_ruas_por_tras_do_posto_de_tonton_em_pao_de_acucar.pdf" TargetMode="External"/><Relationship Id="rId423" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1798/indicacao_no_sentido_que_o_poder_executivo_veja_a_possibilidade_de_colocar_uma_ondulacao_transversal_na_rua_padre_arruda_em_frente_a_clinica_espaco_do_sorriso_aqui_em_taquaritinga_do_norte..pdf" TargetMode="External"/><Relationship Id="rId424" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1800/indicacao-_no_sentido_que_o_poder_executivo_possa_realizar_a_construcao_de_um_espaco_ao_lado_do_centro_comercial_demetrio_paes_de_andrade.pdf" TargetMode="External"/><Relationship Id="rId425" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1801/indicacao_no_sentido_que_o_poder_executivo_possa_realizar_a_manutencao_da_estrada_que_liga_a_br_104_a_comunidade_do_jerimum.pdf" TargetMode="External"/><Relationship Id="rId426" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1802/indicacao_no_sentido_que_seja_realizada_a_manutencao_da_estrada_entre_a_comunidade_do_jerimum_ate_a_divisa_com_a_cidade_de_santa_cruz_do_capibaribe..pdf" TargetMode="External"/><Relationship Id="rId427" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1804/saneamento_da_rua_de_biu_da_coxinha.pdf" TargetMode="External"/><Relationship Id="rId428" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1807/saneamento_e_o_calcamento_-_rua_de_naldo_do_gesso.pdf" TargetMode="External"/><Relationship Id="rId429" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1809/eja_-_vila_do_socorro.pdf" TargetMode="External"/><Relationship Id="rId430" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1811/indicacao-no_sentido_de_que_seja_construido_muro_de_contencao_nas_barreiras_existentes_as_margens_da_rodovia_pe-130.pdf" TargetMode="External"/><Relationship Id="rId431" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1813/indicacao_iluminacao_sitio_cumbe.pdf" TargetMode="External"/><Relationship Id="rId432" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1814/indicacao_manutencao_da_estrada_sitio_cumbe.pdf" TargetMode="External"/><Relationship Id="rId433" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1815/acudinho_ate_o_jaburu.pdf" TargetMode="External"/><Relationship Id="rId434" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1819/sitio_placas_ate_o_xavier.pdf" TargetMode="External"/><Relationship Id="rId435" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1820/indicacao-no_sentido_de_que_seja_realizada_a_reforma_da_sala_de_pediatria_do_hospital_geral_severino_pereira_da_silva.pdf" TargetMode="External"/><Relationship Id="rId436" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1821/no_sentido_que_seja_reativado_a_unidade_de_saude_pedra_preta.pdf" TargetMode="External"/><Relationship Id="rId437" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1822/recuperacao_estradas_situacao.pdf" TargetMode="External"/><Relationship Id="rId438" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1823/recuperacao_estrada_faz_sao_paulo_jerimum.pdf" TargetMode="External"/><Relationship Id="rId439" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1824/indicacao_no_sentido_que_seja_realizada_a_pavimentacao_no_sitio_placas_sentido_a_br_104..pdf" TargetMode="External"/><Relationship Id="rId440" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1825/indicacao_no_sentido_que_seja_realizada_a_iluminacao_e_o_alargamento_da_ponte_de_djalma_que_da_acesso_ao_bairro_brasilia..pdf" TargetMode="External"/><Relationship Id="rId441" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1826/indicacao_no_sentido_que_seja_feita_a_aquisicao_de_um_veiculo_para_ser_utilizado_nas_regioes_brejeiras_do_municipio_tais_como_sitios_mateus_vieira_oiti_jua_sao_joao_e_sao_bento..pdf" TargetMode="External"/><Relationship Id="rId442" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1827/manutencao_estrada_pe_130.pdf" TargetMode="External"/><Relationship Id="rId443" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1828/contrucao_area_de_lazer_beira_rio.pdf" TargetMode="External"/><Relationship Id="rId444" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1831/2-_indicacao_no_sentido_que_seja_feita_a_pavimentacao_da_rua_aluisio_mota_de_lima_localizada_em_pao_de_acucar..pdf" TargetMode="External"/><Relationship Id="rId445" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1832/1-_indicacao_no_sentido_que_seja_feita_uma_praca_no_espaco_do_canal_que_esta_sendo_construido_no_bairro_trevo_em_pao_de_acucar..pdf" TargetMode="External"/><Relationship Id="rId446" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1835/reforma_na_base_da_guarda_municipal.pdf" TargetMode="External"/><Relationship Id="rId447" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1836/instalacao_de_placas_solares.pdf" TargetMode="External"/><Relationship Id="rId448" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1837/pontos_de_moto-taxis.pdf" TargetMode="External"/><Relationship Id="rId449" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1838/camera_de_monitoramento_em_predios_publicos.pdf" TargetMode="External"/><Relationship Id="rId450" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1839/bancos_e_lixeiros_nas_pracas_centrais.pdf" TargetMode="External"/><Relationship Id="rId451" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1840/req._angelica_1.pdf" TargetMode="External"/><Relationship Id="rId452" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1843/indicacao_no_sentido_que_o_poder_executivo_possa_colocar_manilhas_no_riacho_proximo_a_fazenda_de_sebastiao_dos_calcao_sentido_pedra_preta..pdf" TargetMode="External"/><Relationship Id="rId453" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1844/indicacao_veiculo_oficial_casa_azul_26-08-25_assinado.pdf" TargetMode="External"/><Relationship Id="rId454" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1845/indicacao_no_sentido_que_o_poder_executivo_possa_realizar_o_saneamento_da_avenida_santa_cruz_na_comunidade_do_algodao..pdf" TargetMode="External"/><Relationship Id="rId455" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1846/indicacao_no_sentido_que_seja_realizada_a_pavimentacao_ao_redor_da_igreja_da_comunidade_da_situacao..pdf" TargetMode="External"/><Relationship Id="rId456" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1848/indicacao_no_sentido_que_o_poder_executivo_atraves_da_secretaria_de_obras_possa_construir_um_novo_campo_de_futebol_na_comunidade_das_placas..pdf" TargetMode="External"/><Relationship Id="rId457" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1849/indicacao_no_sentido_que_o_poder_executivo_possa_criar_em_nosso_municipio_o_programa_medicamento_em_casa..pdf" TargetMode="External"/><Relationship Id="rId458" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1850/indicacao_no_sentido_que_o_poder_executivo_possa_adquirir_uma_01_motocicleta_destinada_para_o_programa_medicamentos_em_casa..pdf" TargetMode="External"/><Relationship Id="rId459" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1852/indicacao_no_sentido_que_seja_realizada_pavimentacao_da_avenida_no_sitio_acudinho_em_frente_a_igreja_assembleia_de_deus..pdf" TargetMode="External"/><Relationship Id="rId460" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1853/indicacao_no_sentido_que_seja_feita_a_pavimentacao_da_rua_gabriel_vieira_localizada_em_pao_de_acucar.pdf" TargetMode="External"/><Relationship Id="rId461" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1856/indicacao_no_sentido_que_o_poder_executivo_veja_a_possibilidade_de_organizar_os_agendamentos_e_marcacoes_de_exames_e_consultas_atraves_de_sistemas_de_agendamentos_eletronicos..pdf" TargetMode="External"/><Relationship Id="rId462" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1857/indicacao_no_sentido_que_o_poder_executivo_veja_a_possibilidade_de_realizar_a_revitalizacao_do_matadouro_publico_e_de_mais_uma_atencao_ao_transporte_da_carne.pdf" TargetMode="External"/><Relationship Id="rId463" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1858/indicacao_no_sentido_que_o_poder_executivo_veja_a_possibilidade_de_transformar_o_acude_de_santo_amaro_em_um_ponto_turistico.pdf" TargetMode="External"/><Relationship Id="rId464" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1860/indicacao_no_sentido_que_seja_adquirido_novos_onibus_escolares_para_o_municipio.pdf" TargetMode="External"/><Relationship Id="rId465" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1861/indicacao_no_sentido_de_que_seja_realizada_a_instalacao_de_um_letreiro_com_o_nome_vila_do_socorro_na_entrada_da_comunidade_mencionada..pdf" TargetMode="External"/><Relationship Id="rId466" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1862/indicacao_no_sentido_de_que_seja_realizada_a_instalacao_de_uma_lombada_eletronica_na_entrada_da_comunidade_de_vila_do_socorro_na_rua_valdemar_carlos._1.pdf" TargetMode="External"/><Relationship Id="rId467" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1865/indicacao_mod._novo_joao_03.docx" TargetMode="External"/><Relationship Id="rId468" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1866/indicacao_seguranca_escolas_e_postos_01-09-25_assinado.pdf" TargetMode="External"/><Relationship Id="rId469" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1868/indicacao_no_sentido_que_o_poder_executivo_possa_realizar_a_transferencia_dos_caminhoes_e_maquinas_estacionados_no_espaco_da_escola_municipal_francisca_moura.pdf" TargetMode="External"/><Relationship Id="rId470" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1869/indicacao_no_sentido_que_possa_ser_realizada_a_manutencao_da_estrada_do_jerimum_ate_a_comunidade_de_serra_dos_bois..pdf" TargetMode="External"/><Relationship Id="rId471" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1870/indicacao_no_sentido_que_o_poder_executivo_em_conjunto_com_a_secretaria_de_saude_possa_implantar_a_realizacao_de_ultrassonografia_morfologica_no_hospital_geral_severino_pereira_da_silva.pdf" TargetMode="External"/><Relationship Id="rId472" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1872/indicacao_no_sentido_de_que_a_prefeitura_viabilize_uma_viatura_para_a_patrulha_maria_da_penha..pdf" TargetMode="External"/><Relationship Id="rId473" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1873/indicacao_no_sentido_que_seja_construida_uma_escola_estadual_em_pao_de_acucar.pdf" TargetMode="External"/><Relationship Id="rId474" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1874/indicacao_no_sentido_que_seja_instalada_iluminacao_com_refletores_e_construidos_banheiros_no_campo_de_futebol_da_comunidade_de_vila_do_socorro..pdf" TargetMode="External"/><Relationship Id="rId475" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1875/indicacao_no_sentido_de_que_o_poder_executivo_realize_a_reforma_e_ampliacao_da_sede_da_secretaria_de_acao_social..pdf" TargetMode="External"/><Relationship Id="rId476" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1876/indicacao_no_sentido_que_o_poder_executivo_disponibilize_equipamentos_como_microcomputadores_impressoras_e_demais_itens_de_informatica_para_a_secretaria_de_acao_social..pdf" TargetMode="External"/><Relationship Id="rId477" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1877/que_disponibilize_veiculos_para_as_unidades_do_cras_centro_de_referencia_de_assistencia_social_e_do_creas_centro_de_referencia_especializado_de_assistencia_social.pdf" TargetMode="External"/><Relationship Id="rId478" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1879/implementacao_de_um_programa_de_moradia.pdf" TargetMode="External"/><Relationship Id="rId479" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1880/sistema_de_protocolo.pdf" TargetMode="External"/><Relationship Id="rId480" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1881/implementacao_de_um_programa_de_moradia.pdf" TargetMode="External"/><Relationship Id="rId481" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1883/indicacao_iluminacao_pda_pe_160_03-09-25_assinado.pdf" TargetMode="External"/><Relationship Id="rId482" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1884/indicacao_iluminacao_pda_a_scc_pe_160_04-09-25_assinado.pdf" TargetMode="External"/><Relationship Id="rId483" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1887/indicacao-no_sentido_que_o_poder_executivo_veja_a_possibilidade_de_realizar_a_construcao_de_uma_praca_arborizada_com_parquinhos_e_espaco_para_jovens_e_adultos_se_soacializarem.pdf" TargetMode="External"/><Relationship Id="rId484" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1888/indicacao_no_sentido_que_seja_construido_um_chafariz_para_abastecimento_de_agua_no_sitio_piranhas..pdf" TargetMode="External"/><Relationship Id="rId485" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1889/indicacao_no_sentido_que_seja_realizada_a_manutencao_da_iluminacao_publica_da_comunidade_de_poco_da_pedra..pdf" TargetMode="External"/><Relationship Id="rId486" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1890/indicacao_no_sentido_que_seja_realizada_a_manutencao_da_estrada_que_liga_a_comunidade_do_jerimum_ate_a_divisa_com_a_cidade_de_barra_de_sao_miguel..pdf" TargetMode="External"/><Relationship Id="rId487" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1891/no_sentido_de_que_administracao_publica_possa_construir_uma_quadra_na_academia_da_saude_bairro_beira_rio_substituindo_o_campo_de_areia_existente..pdf" TargetMode="External"/><Relationship Id="rId488" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1892/trevo_assinado_1.pdf" TargetMode="External"/><Relationship Id="rId489" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1893/no_sentido_de_que_administracao_publica_possa_construir_um_muro_de_contencao_para_sustentar_a_barreira_da_subida_do_sitio_cumbe_proximo_ao_campo_do_juca.pdf" TargetMode="External"/><Relationship Id="rId490" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1894/coleta_de_lixo_lagoa_de_farias.pdf" TargetMode="External"/><Relationship Id="rId491" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1895/coleta_lixo_do_oiti.pdf" TargetMode="External"/><Relationship Id="rId492" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1896/rua_vitor_batista.pdf" TargetMode="External"/><Relationship Id="rId493" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1897/estrada_do_retiro.pdf" TargetMode="External"/><Relationship Id="rId494" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1898/placas_ruas_do_zamba.pdf" TargetMode="External"/><Relationship Id="rId495" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1899/asfalto_no_sao_miguel.pdf" TargetMode="External"/><Relationship Id="rId496" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1900/construcao_de_fossa_septica_-.pdf" TargetMode="External"/><Relationship Id="rId497" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1901/saneamento_e_calcamento_-_sitio_tatus.pdf" TargetMode="External"/><Relationship Id="rId498" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1902/saneamento_e_calcamento_-_bairro_cruzeiro.pdf" TargetMode="External"/><Relationship Id="rId499" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1911/colocar_dois_02_postes_no_final_da_avenida_rildo_marcelino_proximo_ao_pe_de_caja..pdf" TargetMode="External"/><Relationship Id="rId500" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1912/criar_um_campeonato_de_futebol_na_zona_rural_de_nosso_municipio._28129_assinado.pdf" TargetMode="External"/><Relationship Id="rId501" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1913/indicacao_no_sentido_que_o_poder_executivo_contrate_uma_maquina_patrol_para_dar_um_suporte_na_recuperacao_das_estradas_da_zona_rural_do_municipio..pdf" TargetMode="External"/><Relationship Id="rId502" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1914/indicacao_no_sentido_que_o_poder_executivo_possa_colocar_iluminacao_na_parede_do_acude_da_comunidade_do_jerimum..pdf" TargetMode="External"/><Relationship Id="rId503" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1915/indicacao_no_sentido_que_seja_realizada_a_troca_da_iluminacao_da_parede_do_acude_da_comunidade_do_algodao..pdf" TargetMode="External"/><Relationship Id="rId504" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1916/indicacao_15-09-2025_calcamento_sitio_bicas_assinado.pdf" TargetMode="External"/><Relationship Id="rId505" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1921/indicacao_no_sentido_que_o_poder_executivo_disponibilize_para_a_saude_um_veiculo_tipo_sprinter_para_o_distrito_de_pao_de_acucar..pdf" TargetMode="External"/><Relationship Id="rId506" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1922/patrol_assinado.pdf" TargetMode="External"/><Relationship Id="rId507" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1923/indicacao_no_sentido_que_seja_construida_uma_pracinha_com_todos_os_requisitos_necessarios_no_bairro_brasilia_mais_precisamente_na_rua_nerivania..pdf" TargetMode="External"/><Relationship Id="rId508" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1924/no_sentido_que_seja_feita_a_aquisicao_de_um_veiculo_juntamente_a_secretaria_de_saude_do_municipio_para_atender_as_necessidades.pdf" TargetMode="External"/><Relationship Id="rId509" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1925/indicacao_no_sentido_que_seja_feita_a_coleta_do_lixo_no_minimo_uma_ou_duas_vezes_por_semana_no_sitio_acudinho..pdf" TargetMode="External"/><Relationship Id="rId510" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1926/indicacao_no_sentido_que_seja_realizada_uma_reforma_geral_na_praca_que_fica_localizada_em_frente_a_escola_municipal_professora_gilzenete_guerra_com_implantacao_de_um_novo_padrao_de_urbanizacao..pdf" TargetMode="External"/><Relationship Id="rId511" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1927/indicacao_no_sentido_que_seja_realizada_a_implantacao_de_iluminacao_publica_na_localidade_da_baixa_verde_no_sitio_tatus_em_frente_a_residencia_da_senhora_solange..pdf" TargetMode="External"/><Relationship Id="rId512" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1928/indicacao_no_sentido_que_seja_construido_um_centro_de_reabilitacao_no_distrito_de_pao_de_acucar..pdf" TargetMode="External"/><Relationship Id="rId513" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1930/rua_edimirson.pdf" TargetMode="External"/><Relationship Id="rId514" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1931/picarras_das_estradas.pdf" TargetMode="External"/><Relationship Id="rId515" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1932/atendimentos_psicologicos.pdf" TargetMode="External"/><Relationship Id="rId516" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1947/indicacao_02-10-2025_isencao_iptu_assinado.pdf" TargetMode="External"/><Relationship Id="rId517" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1953/indicacao_no_sentido_que_a_administracao_publica_possa_deslocar_viaturas_da_guarda_municipal_para_dar_suporte_aos_domingos_na_feira_de_gado_da_comunidade_do_jerimum..pdf" TargetMode="External"/><Relationship Id="rId518" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1954/indicacao_no_sentido_que_seja_colocado_um_piso_de_concreto_nas_ruas_do_cemiterio_publico_da_comunidade_do_algodao..pdf" TargetMode="External"/><Relationship Id="rId519" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1955/indicacao_no_sentido_que_seja_colocado_um_piso_de_concreto_nas_ruas_dos_cemiterios_publicos_da_comunidade_do_jerimum..pdf" TargetMode="External"/><Relationship Id="rId520" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1956/pavimentacao_e_saneamento_da_rua_severino_tavares2c_centro_de_nossa_cidade._assinado.pdf" TargetMode="External"/><Relationship Id="rId521" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1957/drenagem_pluvial_do_e2809criachoe2809d2c_que_fica_no_final_da_avenida_rildo_marcelino_28proximo_ao_pe_de_caja29._assinado.pdf" TargetMode="External"/><Relationship Id="rId522" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1958/aquisicao_de_um_caminhao_cacamba_para_atender_as_necessidades_do_nosso_municipio._assinado.pdf" TargetMode="External"/><Relationship Id="rId523" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1959/indicacao_no_sentido_que_seja_construida_a_estrada_da_igreja_do_maracaja_ate_a_comunidade_do_algodao..pdf" TargetMode="External"/><Relationship Id="rId524" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1960/indicacao_no_sentido_que_seja_feita_a_capinagem_e_terraplanagem_da_estrada_que_tem_inicio_na_radio_taquaritinga_fm_ate_a_rampa_do_pepe.pdf" TargetMode="External"/><Relationship Id="rId525" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1961/indicacao_no_sentido_que_seja_criada_uma_casa_de_apoio_aos_pacientes_que_necessitam_de_atendimento_medico_e_hospitalar_na_cidade_de_garanhuns..pdf" TargetMode="External"/><Relationship Id="rId526" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1962/indicacao_no_sentido_que_seja_feita_a_solicitacao_para_a_adesao_e_construcao_de_unidades_habitacionais_do_programa_minha_casa_minha_vida_no_distrito_de_pao_de_acucar._1.pdf" TargetMode="External"/><Relationship Id="rId527" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1963/indicacao_no_sentido_que_seja_realizado_a_pavimentacao_da_estrada_que_se_inicia_no_bairro_silva_de_baixo_ate_a_comunidade_vila_do_socorro..pdf" TargetMode="External"/><Relationship Id="rId528" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1965/implantacao_da_iluminacao_de_todo_o_trecho_da_av._jose_mendes_de_carvalho.pdf" TargetMode="External"/><Relationship Id="rId529" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1967/indicacao_no_sentido_que_administracao_publica_realize_a_pavimentacao_calcamento_dos_dois_cemiterios_do_distrito_de_gravata_do_ibiapina..pdf" TargetMode="External"/><Relationship Id="rId530" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1970/indicacao_no_sentido_que_seja_construida_uma_area_de_lazer_em_frente_a_escola_chefe_leandro_na_comunidade_do_jerimum..pdf" TargetMode="External"/><Relationship Id="rId531" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1971/indicacao_no_sentido_que_seja_feita_a_pavimentacao_da_rua_projetada_que_fica_localizada_ao_lado_da_igreja_de_santo_antonio_bairro_cruzeiro..pdf" TargetMode="External"/><Relationship Id="rId532" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1972/indicacao_no_sentido_que_seja_construida_uma_coberta_com_telha_em_frente_a_unidade_de_saude_satelite_na_comunidade_do_algodao_para_a_populacao_que_aguarda_atendimento_medico.pdf" TargetMode="External"/><Relationship Id="rId533" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1973/indicacao_no_sentido_que_seja_instalada_uma_casa_de_apoio_na_cidade_do_recife_proximo_ao_hospital_do_imip_proporcionando_conforto_para_os_pacientes_que_vao_a_cidade_para_atendimento.pdf" TargetMode="External"/><Relationship Id="rId534" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1974/indicacao_no_sentido_que_seja_feita_uma_praca_na_frente_da_igreja_santo_antonio_no_bairro_cruzeiro..pdf" TargetMode="External"/><Relationship Id="rId535" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1975/indicacao_-_baiano_assinado.pdf" TargetMode="External"/><Relationship Id="rId536" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1979/indicacao_no_sentido_que_o_poder_executivo_realize_a_pavimentacaocalcamento_da_rua_ferreira_tutu_no_loteamento_cruzeiro_em_pao_de_acucar.pdf" TargetMode="External"/><Relationship Id="rId537" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1980/indicacao_no_sentido_que_o_poder_executivo_realize_a_pavimentacaocalcamento_da_rua_sao_geraldo_no_loteamento_cruzeiro_em_pao_de_acucar..pdf" TargetMode="External"/><Relationship Id="rId538" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1981/indicacao_no_sentido_que_seja_realizada_a_pavimentacao_da_parede_do_acude_da_comunidade_do_jerimum..pdf" TargetMode="External"/><Relationship Id="rId539" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1982/indicacao_no_sentido_que_seja_agilizada_a_reforma_dos_blocos_cirurgicos_do_hospital_geral_severino_pereira_da_silva_entregando_mais_rapido_para_a_populacao..pdf" TargetMode="External"/><Relationship Id="rId540" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1983/indicacao_no_sentido_que_a_administracao_publica_possa_construir_um_campo_de_futebol_na_comunidade_do_jerimum..pdf" TargetMode="External"/><Relationship Id="rId541" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1985/indicacao_jamilly_1.pdf" TargetMode="External"/><Relationship Id="rId542" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1986/indicacao_jamily_2.pdf" TargetMode="External"/><Relationship Id="rId543" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1991/indicacao-no_sentido_que_seja_feita_a_construcao_do_canal_no_trecho_entre_os_bairros_beira_rio_e_marilia_ate_o_sitio_bicas.pdf" TargetMode="External"/><Relationship Id="rId544" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1992/indicacao_no_sentido_que_seja_feita_a_construcao_de_uma_praca_no_cruzamento_do_bairro_beira_rio_com_o_marilia_e_o_orlando_marcelino..pdf" TargetMode="External"/><Relationship Id="rId545" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1993/indicacao_no_sentido_que_seja_feito_o_complemento_da_pavimentacao_da_rua_que_interliga_os_bairros_zamba_marilia_e_orlando_marcelino_com_o_centro..pdf" TargetMode="External"/><Relationship Id="rId546" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/2001/felipe24.pdf" TargetMode="External"/><Relationship Id="rId547" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/2002/nomes_dos_sitios_do_municipio.pdf" TargetMode="External"/><Relationship Id="rId548" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/2003/pavimentacao_-_rua_santo_amaro_-_sitio_placas.pdf" TargetMode="External"/><Relationship Id="rId549" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/2004/indicacao_no_sentido_que_seja_realizada_a_reforma_no_centro_de_convivencia_da_comunidade_de_pedra_preta_onde_funciona_a_unidade_de_saude.pdf" TargetMode="External"/><Relationship Id="rId550" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/2005/indicacao_no_sentido_que_seja_realizada_a_pavimentacao_da_avenida_ismael_nogaia_de_oliveira_na_comunidade_do_jerimum..pdf" TargetMode="External"/><Relationship Id="rId551" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/2006/indicacao_no_sentido_que_seja_enviado_um_projeto_de_lei_que_transforme_o_sitio_jerimum_e_a_vila_do_socorro_em_distritos..pdf" TargetMode="External"/><Relationship Id="rId552" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/2007/sitio_mateus_vieira.pdf" TargetMode="External"/><Relationship Id="rId553" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/2008/casa_da_gestante.pdf" TargetMode="External"/><Relationship Id="rId554" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/2009/indicacao_.pdf" TargetMode="External"/><Relationship Id="rId555" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/2010/indicacao0_assinado.pdf" TargetMode="External"/><Relationship Id="rId556" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/2012/indicacao_no_sentido_de_que_administracao_publica_possa_instalar_um_letreiro_com_o_nome_de_gravata_do_ibiapina..pdf" TargetMode="External"/><Relationship Id="rId557" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/2013/indicacao_no_sentido_de_que_administracao_publica_possa_realizar_a_reforma_do_grupo_escolar_do_riacho_doce_dos_bernardos.pdf" TargetMode="External"/><Relationship Id="rId558" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/2014/indicacao_no_sentido_de_que_administracao_publica_possa_realizar_a_reforma_da_praca_central_de_gravata_do_ibiapina..pdf" TargetMode="External"/><Relationship Id="rId559" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/2016/indicacao_no_sentido_que_seja_realizada_a_manutencao_e_recuperacao_pintura_construcao_de_banheiros_no_mercado_publico_da_comunidade_do_jerimum..pdf" TargetMode="External"/><Relationship Id="rId560" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/2017/indicacao_no_sentido_que_a_administracao_publica_realize_a_ornamentacao_natalina_de_todas_as_pracas_publicas_das_comunidades_da_zona_rural_do_municipio..pdf" TargetMode="External"/><Relationship Id="rId561" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/2018/indicacao_no_sentido_que_seja_realizada_a_instalacao_de_um_chafariz_na_comunidade_do_algodao_abastecido_com_agua_do_acude_da_comunidade_ou_atraves_de_um_poco_artesiano..pdf" TargetMode="External"/><Relationship Id="rId562" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/2020/ind_corpo_de_bombeiros.pdf" TargetMode="External"/><Relationship Id="rId563" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/2021/ind_busto_simbolo_da_missa_do_vaqueiro.pdf" TargetMode="External"/><Relationship Id="rId564" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/2022/ind_saneamento_e_calcamento_na_rua_gabriel_vieira.pdf" TargetMode="External"/><Relationship Id="rId565" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/2023/1_jamilly.pdf" TargetMode="External"/><Relationship Id="rId566" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/2025/2_-_jamilly.pdf" TargetMode="External"/><Relationship Id="rId567" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/2026/3_-_jamilly.pdf" TargetMode="External"/><Relationship Id="rId568" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/2027/indicacao_no_sentido_que_o_poder_executivo_junto_a_secretaria_de_obras_passe_a_maquina_na_estrada_que_liga_para_o_sitio_lagoa_dantas..pdf" TargetMode="External"/><Relationship Id="rId569" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/2029/indicacao_das_luminarias.pdf" TargetMode="External"/><Relationship Id="rId570" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/2030/_construir_uma_280129_lombada_na_pe-1302c_em_frete_ao_cemiterio_parque_das_dalias_na_chega_de_nossa_cidade._28129_assinado.pdf" TargetMode="External"/><Relationship Id="rId571" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/2033/indicacao_no_sentido_que_seja_realizado_o_alargamento_e_colocada_uma_placa_de_sinalizacao_na_entrada_da_estrada_que_liga_a_comunidade_do_jerimum_a_br_104..pdf" TargetMode="External"/><Relationship Id="rId572" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/2034/indicacao_no_sentido_que_a_administracao_publica_realize_a_pavimentacao_da_rua_emanuel_rodrigues_no_loteamento_mae_julia_situado_na_comunidade_do_jerimum..pdf" TargetMode="External"/><Relationship Id="rId573" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/2035/indicacao_no_sentido_que_a_administracao_publica_possa_contratar_um_tecnico_de_enfermagem_para_trabalhar_diariamente_na_unidade_de_saude_satelite_na_comunidade_da_situacao..pdf" TargetMode="External"/><Relationship Id="rId574" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/2037/indicacao_no_sentido_que_seja_feito_um_quebra-molas_passarela_em_frente_a_igreja_assembleia_de_deus_em_pao_de_acucar_localizada_na_rua_balbino_pereira_em_atendimento.pdf" TargetMode="External"/><Relationship Id="rId575" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/2038/indicacao_no_sentido_que_seja_feita_a_manutencao_e_limpeza_do_canal_que_atravessa_o_distrito_de_pao_de_acucar_visando_a_melhoria_de_vida_da_populacao_local.pdf" TargetMode="External"/><Relationship Id="rId576" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/2039/indicacao_no_sentido_que_a_administracao_publica_em_conjunto_com_a_secretaria_de_agricultura_realize_a_limpeza_do_acude_publico_da_comunidade_da_situacao..pdf" TargetMode="External"/><Relationship Id="rId577" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/2042/indicacao_no_sentido_que_a_administracao_publica_em_conjunto_com_a_secretaria_de_agricultura_realiza_a_limpeza_do_acude_publico_da_comunidade_de_serra_dos_bois..pdf" TargetMode="External"/><Relationship Id="rId578" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/2045/indicacao_no_sentido_que_o_poder_executivo_veja_a_viabilidade_junto_as_esferas_estaduais_de_realizar_o_asfalto_estrada_que_liga_da_comunidade_do_algodao.pdf" TargetMode="External"/><Relationship Id="rId579" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/2046/indicacao_no_sentido_que_o_poder_executivo_veja_a_possibilidade_de_construir_um_poco_artesiano_na_comunidade_de_lagoa_dantas..pdf" TargetMode="External"/><Relationship Id="rId580" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/2047/indicacao_no_sentido_que_o_poder_executivo_veja_a_viabilidade_de_reforma_da_quadra_de_esporte_da_comunidade_do_algodao..pdf" TargetMode="External"/><Relationship Id="rId581" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/2049/indicacao_no_sentido_que_o_poder_executivo_veja_a_possibilidade_da_reforma_dos_banheiros_da_escola_gilzete_guerra..pdf" TargetMode="External"/><Relationship Id="rId582" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/2053/a_administracao_publica_realize_a_instalacao_dos_equipamentos_do_poco_artesiano_da_comunidade_do_minguaiu_no_local_adequado_pois_os_mesmos_se_encontram_instalados_dentro_da_igreja.pdf" TargetMode="External"/><Relationship Id="rId583" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/2054/indicacao_no_sentido_que_seja_que_a_administracao_publica_possa_construir_uma_praca_publica_em_frente_a_igreja_da_comunidade_de_poco_da_pedra..pdf" TargetMode="External"/><Relationship Id="rId584" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/2055/indicacao_no_sentido_que_a_administracao_publica_possa_criar_um_programa_de_limpeza_de_barreiros_dos_pequenos_produtores_rurais_do_municipio..pdf" TargetMode="External"/><Relationship Id="rId585" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/2056/construir_duas_280229_lombadas_na_rua_10_de_maio2c_bairro_capibaribe2c_centro_do_nosso_municipio._assinado.pdf" TargetMode="External"/><Relationship Id="rId586" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/2057/construir_uma_280129_lombada_na_pe_-1302c_em_frente_ao_alto_da_cocada._assinado.pdf" TargetMode="External"/><Relationship Id="rId587" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/2058/indicacao_no_sentido_que_seja_feito_calcamento_e_saneamento_da_rua_papagaio_no_loteamento_colorado..pdf" TargetMode="External"/><Relationship Id="rId588" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/2059/indicacao_no_sentido_que_seja_feita_a_manutencao_da_iluminacao_publica_do_loteamento_colorado..pdf" TargetMode="External"/><Relationship Id="rId589" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/2060/indicacao_no_sentido_que_seja_feito_calcamento_e_saneamento_da_rua_beija-flor_no_loteamento_colorado..pdf" TargetMode="External"/><Relationship Id="rId590" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/2061/indicacao-reativacao_da_brigada_municipal_de_prevencao.pdf" TargetMode="External"/><Relationship Id="rId591" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/2062/indicacao-promover_a_contratacao_e_formacao_de_novos_guardas_mun.pdf" TargetMode="External"/><Relationship Id="rId592" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/2063/indicacao-cadastro_de_habitacao_de_interesse_social_voltado_par.pdf" TargetMode="External"/><Relationship Id="rId593" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/2066/ind._iluminacao_do_trevo_a_br_104.pdf" TargetMode="External"/><Relationship Id="rId594" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/2067/indicacao_no_sentido_que_seja_realizada_a_recuperacao_da_estrada_do_sitio_pe_de_serra_da_comunidade_do_jerimum..pdf" TargetMode="External"/><Relationship Id="rId595" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/2068/indicacao_no_sentido_que_seja_realizado_a_conclusao_do_saneamento_da_avenida_santa_cruz_na_comunidade_do_algodao..pdf" TargetMode="External"/><Relationship Id="rId596" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/2069/indicacao_no_sentido_que_seja_realizada_a_manutencao_da_estrada_do_assentamento_manoel_santos..pdf" TargetMode="External"/><Relationship Id="rId597" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/2070/indicacao_no_sentido_que_o_poder_executivo_veja_a_possibilidade_de_implantar_atendimento_medico_24hrs_na_ubs_em_pao_de_acucar..pdf" TargetMode="External"/><Relationship Id="rId598" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/2071/indicacao_no_sentido_que_o_poder_executivo_veja_a_possibilidade_de_viabilizar_uma_nova_unidade_escolar_no_distrito_de_pao_de_acucar..pdf" TargetMode="External"/><Relationship Id="rId599" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/2072/indicacao_no_sentido_que_o_poder_executivo_veja_a_possibilidade_de_adquirir_uma_uti_movel_para_o_hospital_severino_pereira_da_silva..pdf" TargetMode="External"/><Relationship Id="rId600" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/2073/indicacao_no_sentido_de_que_administracao_publica_possa_requalificar_a_iluminacao_da_travessa_sorocaba_centro_rua_por_tras_do_gordo_da_casa_de_peca..pdf" TargetMode="External"/><Relationship Id="rId601" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/2074/digitalizacao_26-11-2025_1222.pdf" TargetMode="External"/><Relationship Id="rId602" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/2075/digitalizacao_26-11-2025_1221.pdf" TargetMode="External"/><Relationship Id="rId603" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/2076/digitalizacao_26-11-2025_1220.pdf" TargetMode="External"/><Relationship Id="rId604" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1310/mocao_de_aplauso_grupo_de_escoteiros_chefe_leandro.pdf" TargetMode="External"/><Relationship Id="rId605" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1673/mocao_de_aplauso_deputado_federal_eduardo_henrique_da_fonte.pdf" TargetMode="External"/><Relationship Id="rId606" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1882/mocao_de_aplauso_carlinhos_santos_lucas_ferraz_e_aos_organizadores_da_festa_de_vaquejada_do_parque_araguaia.pdf" TargetMode="External"/><Relationship Id="rId607" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1229/requerimento_nego.pdf" TargetMode="External"/><Relationship Id="rId608" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1240/requerimento-_retirada_de_proposicao_.pdf" TargetMode="External"/><Relationship Id="rId609" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1241/requerimento-_retirada_de_proposicao_.pdf" TargetMode="External"/><Relationship Id="rId610" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1253/requerimento-retirada_de_proposicao.pdf" TargetMode="External"/><Relationship Id="rId611" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1274/requerimento-abono_de_falta_helio.pdf" TargetMode="External"/><Relationship Id="rId612" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1286/adobe_scan_03_de_fev._de_2025_1.pdf" TargetMode="External"/><Relationship Id="rId613" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1307/requerimento-voto_de_pesar-severino_minerva_ferreira_conhecido_por_mino.pdf" TargetMode="External"/><Relationship Id="rId614" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1308/requerimento-voto_de_pesar-maria_vitoria_silva.pdf" TargetMode="External"/><Relationship Id="rId615" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1354/requerimento_de_abono_de_falta_-_amilton_cicero.pdf" TargetMode="External"/><Relationship Id="rId616" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1371/requerimento_-_pedido_de_informacoes_ao_prefeito_-_vereador_eduardo_jose_da_silva.pdf" TargetMode="External"/><Relationship Id="rId617" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1391/requerimento-pedido_de_informacoes-baiano.pdf" TargetMode="External"/><Relationship Id="rId618" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1402/demir-_abono_de_falta.pdf" TargetMode="External"/><Relationship Id="rId619" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1428/requerimento_pedido_de_informacao.pdf" TargetMode="External"/><Relationship Id="rId620" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1431/requerimento_-_pedido_de_informacoes_ao_prefeito_-_vereador_eduardo_jose_da_silva_-_baiano.pdf" TargetMode="External"/><Relationship Id="rId621" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1448/requerimento_de_abono_de_falta_-_helio_assinado.pdf" TargetMode="External"/><Relationship Id="rId622" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1473/requerimento_-_pedido_de_informacoes_ao_prefeito_-_eduardo_jose.pdf" TargetMode="External"/><Relationship Id="rId623" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1476/requerimento__voto_de_pesar_pelo_falecimento_de_jose_severino_bezerra.pdf" TargetMode="External"/><Relationship Id="rId624" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1477/requerimento_abono_de_falta.pdf" TargetMode="External"/><Relationship Id="rId625" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1481/requerimento_de_abono_de_falta_-_18.03.2025_-_joao_eugenio.pdf" TargetMode="External"/><Relationship Id="rId626" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1482/requerimento_-_voto_de_pesar_pelo_falecimento_de_augusto_cesar_da_cunha_castro.pdf" TargetMode="External"/><Relationship Id="rId627" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1483/requerimento_de_abono_de_falta_-_27.02.2025_-_joao_eugenio.pdf" TargetMode="External"/><Relationship Id="rId628" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1527/requerimento-abono_de_falta_helio_24.04.25.pdf" TargetMode="External"/><Relationship Id="rId629" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1541/copia_de_requerimento_-_retirada_de_proposicao_sem_parecer_2025_assinado.pdf" TargetMode="External"/><Relationship Id="rId630" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1542/requerimento_-_abono_de_falta_demir.pdf" TargetMode="External"/><Relationship Id="rId631" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1575/oficio_segab_n.229.2025.pdf" TargetMode="External"/><Relationship Id="rId632" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1596/requerimento_-_pedido_de_informacoes_14-05-2025_assinado.pdf" TargetMode="External"/><Relationship Id="rId633" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1602/requerimento_de_abono_de_falta_13.05_-_demir.pdf" TargetMode="External"/><Relationship Id="rId634" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1609/requerimento_voto_de_pesar_-_jose_bezerra_filho_cazuza.pdf" TargetMode="External"/><Relationship Id="rId635" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1638/requerimento_-_pedido_de_informacoes_26-05-2025_-_boqueirao_de_amarela_assinado.pdf" TargetMode="External"/><Relationship Id="rId636" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1639/requerimento_-_pedido_de_informacoes_26-05-2025_-_recursos_assinado.pdf" TargetMode="External"/><Relationship Id="rId637" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1640/requerimento_-_pedido_de_informacoes_26-05-2025_-_vila_do_socorro_assinado.pdf" TargetMode="External"/><Relationship Id="rId638" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1644/requerimento_de_falta_15.05.25_-_helio.pdf" TargetMode="External"/><Relationship Id="rId639" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1667/estou_compartilhando_o_arquivo_requerinento_de_falta_29.05.2025_-_amilton_com_voce.pdf" TargetMode="External"/><Relationship Id="rId640" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1698/requerimento_-_pedido_de_informacoes_10-06-2025_assinado.pdf" TargetMode="External"/><Relationship Id="rId641" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1727/abono_de_falta.pdf" TargetMode="External"/><Relationship Id="rId642" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1756/requerimento-abono_de_falta_baiano-_24.07.25.pdf" TargetMode="External"/><Relationship Id="rId643" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1759/requerimento_abono_de_falta_-_helio_-_30.07.25.pdf" TargetMode="External"/><Relationship Id="rId644" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1794/requerimento-pedido_de_informacoes-baiano-04.08.25.pdf" TargetMode="External"/><Relationship Id="rId645" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1796/requerimento-abono_de_falta_demir-_24.07.25.pdf" TargetMode="External"/><Relationship Id="rId646" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1799/requerimento-abono_de_falta-milton.pdf" TargetMode="External"/><Relationship Id="rId647" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1810/requerimento-pedido_de_informacoes-baiano-13.08.25.pdf" TargetMode="External"/><Relationship Id="rId648" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1812/req._pedido_de_informacao.pdf" TargetMode="External"/><Relationship Id="rId649" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1816/oficio_gp_n.543.2025_-_camara_municipal_-_retirada_ploe_20-2025.pdf" TargetMode="External"/><Relationship Id="rId650" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1817/requerimento_de_retirada_-_14.08.25.pdf" TargetMode="External"/><Relationship Id="rId651" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1841/requerimento_-_pedido_de_informacoes_prestacao_de_servico_de_transporte_escolar_21-08-2025_assinado.pdf" TargetMode="External"/><Relationship Id="rId652" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1851/falta-_baiano_assinado.pdf" TargetMode="External"/><Relationship Id="rId653" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1863/justif._dia_21.pdf" TargetMode="External"/><Relationship Id="rId654" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1864/justif_dia_14.pdf" TargetMode="External"/><Relationship Id="rId655" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1871/requerimento-abono_de_falta_geovane-21.08.25.pdf" TargetMode="External"/><Relationship Id="rId656" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1917/falta-_baiano-1_assinado.pdf" TargetMode="External"/><Relationship Id="rId657" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1918/requerimento_-_pedido_de_informacoes_16-09-2025_assinado.pdf" TargetMode="External"/><Relationship Id="rId658" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1919/requerimento_-_informacoes_a_mesa-camara_assinado.pdf" TargetMode="External"/><Relationship Id="rId659" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1920/requerimento_-_abono_de_falta_-_11.09.25_-_helio.pdf" TargetMode="External"/><Relationship Id="rId660" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1948/requerimento_-_pedido_de_informacoes_02-10-2025_assinado.pdf" TargetMode="External"/><Relationship Id="rId661" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1964/requerimento_pedido_de_informacoes_-_baiano.pdf" TargetMode="External"/><Relationship Id="rId662" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1969/requerimnto_de_falta_-_11.09_-_geovane_1.pdf" TargetMode="External"/><Relationship Id="rId663" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1976/requerimento_-_abono_de_falta_de_joao_eugenio.pdf" TargetMode="External"/><Relationship Id="rId664" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1978/requerimento_de_falta_-_23.09.25_-_helio.pdf" TargetMode="External"/><Relationship Id="rId665" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1984/requerimento_-_abono_de_falta_-_21.10.25_-_jamilly.pdf" TargetMode="External"/><Relationship Id="rId666" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1989/requerimento-voto_de_pesar_pelo_falecimento_de_francisco_jackson_alves.pdf" TargetMode="External"/><Relationship Id="rId667" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1990/requerimento-voto_de_pesar_pelo_falecimento_de_joselia_maria_de_assuncao..pdf" TargetMode="External"/><Relationship Id="rId668" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/2011/requerimento_abono_de_falta_-_amilton_16.10.2025.pdf" TargetMode="External"/><Relationship Id="rId669" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/2019/requerimento_-_abono_de_falta_eduardo_0001.pdf" TargetMode="External"/><Relationship Id="rId670" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/2024/requerimento_-__abono_de_falta_de_helio_referente_ao_dia_23-10-2025.pdf" TargetMode="External"/><Relationship Id="rId671" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/2028/requerimento_-_abono_de_falta_-_amilton_-_30.10.25.pdf" TargetMode="External"/><Relationship Id="rId672" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/2032/requerimento_de_abono_de_falta_-_21.10.25_-_joao_eugenio.pdf" TargetMode="External"/><Relationship Id="rId673" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/2036/requerimento_-_pedido_de_informacoes_-_baiano.pdf" TargetMode="External"/><Relationship Id="rId674" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/2040/requerimento_-_abono_de_falta_-_helio_-_07.11.25.pdf" TargetMode="External"/><Relationship Id="rId675" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/2041/requerimento_abono_de_falta_-_eduardo_jose_-_11.11.25.pdf" TargetMode="External"/><Relationship Id="rId676" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/2043/requerimento_-_voto_de_pesar_pelo_falecimento_de_jose_gilson_pereira.pdf" TargetMode="External"/><Relationship Id="rId677" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/2044/requerimento_-_voto_de_pesar_pelo_falecimento_de_armindo_helio_oliveira_silva.pdf" TargetMode="External"/><Relationship Id="rId678" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/2064/abono_demir_16-09-25.pdf" TargetMode="External"/><Relationship Id="rId679" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/2065/abono_demir_13-11-25.pdf" TargetMode="External"/><Relationship Id="rId680" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1301/projeto_de_resolucao_dispoe_sobre_as_contas_da_prefeitura_municipal_de_taquaritinga_do_norte-pe_relativas_ao_exercicio_de_2017_ordenador_de_despesas_ivanildo_mestre_bezerra.pdf" TargetMode="External"/><Relationship Id="rId681" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1350/projeto_de_resolucao_altera_o_art._127-a_do_regimento_interno.pdf" TargetMode="External"/><Relationship Id="rId682" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1656/projeto_de_resolucao_dispoe_sobre_o_regimento_interno_da_camara_municipal_de_taquaritinga_do_norte_estado_de_pernambuco..pdf" TargetMode="External"/><Relationship Id="rId683" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1968/projeto_de_resolucao_no_02-2025..pdf" TargetMode="External"/><Relationship Id="rId684" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1977/projeto_de_resolucao_-_helio.pdf" TargetMode="External"/><Relationship Id="rId685" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1258/parecer_ploe_n1_cfo.pdf" TargetMode="External"/><Relationship Id="rId686" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1259/parecer_ploe_n2_cfo.pdf" TargetMode="External"/><Relationship Id="rId687" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1260/parecer_ploe_n3_cfo.pdf" TargetMode="External"/><Relationship Id="rId688" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1261/parecer_cjle_ploe_no_01.pdf" TargetMode="External"/><Relationship Id="rId689" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1262/parecer_cjle_ploe_no_02.pdf" TargetMode="External"/><Relationship Id="rId690" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1263/parecer_cjle_ploe_n_03-2025.pdf" TargetMode="External"/><Relationship Id="rId691" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1293/parecer_plol_n2_cfo.pdf" TargetMode="External"/><Relationship Id="rId692" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1294/parecer_plol_n2_cjle.pdf" TargetMode="External"/><Relationship Id="rId693" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1295/parecer_pdl_n1_cjle_2025.pdf" TargetMode="External"/><Relationship Id="rId694" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1296/indicacao_plol_n1_cjle_2025.pdf" TargetMode="External"/><Relationship Id="rId695" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1382/parecer_cfo_ploe_n5-2025.pdf" TargetMode="External"/><Relationship Id="rId696" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1383/parecer_cticsp_ploe_n4-2025.pdf" TargetMode="External"/><Relationship Id="rId697" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1384/parecer_pdl_n02_2025_cjle.pdf" TargetMode="External"/><Relationship Id="rId698" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1385/parecer_pres_n2-2025_cjle.pdf" TargetMode="External"/><Relationship Id="rId699" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1386/parecer_plol__no03-2025_cjle_.pdf" TargetMode="External"/><Relationship Id="rId700" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1387/parecer_ploe_no4-2025_cjle.pdf" TargetMode="External"/><Relationship Id="rId701" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1388/parecer_ploe_no5-2025_cjle_.pdf" TargetMode="External"/><Relationship Id="rId702" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1437/parecer_ploe__06-25_cecesadc.pdf" TargetMode="External"/><Relationship Id="rId703" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1438/parecer_plol_n4_2025_cfo.pdf" TargetMode="External"/><Relationship Id="rId704" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1439/parecer_plol_n4-2025_cjle.pdf" TargetMode="External"/><Relationship Id="rId705" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1440/parecer_ploe_06-2025_cjle.pdf" TargetMode="External"/><Relationship Id="rId706" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1487/parecer_cjle_ploe_no_07.25.pdf" TargetMode="External"/><Relationship Id="rId707" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1516/parecer_pres_01_2025_comissaomista.pdf" TargetMode="External"/><Relationship Id="rId708" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1517/parecer_ploe_09_cfo.pdf" TargetMode="External"/><Relationship Id="rId709" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1518/parecer_ploe_09_cecesasdc.pdf" TargetMode="External"/><Relationship Id="rId710" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1519/pdl_03.pdf" TargetMode="External"/><Relationship Id="rId711" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1520/parecer_plol_07_cecesasdc.pdf" TargetMode="External"/><Relationship Id="rId712" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1521/parecer_ploe_13_cfo.pdf" TargetMode="External"/><Relationship Id="rId713" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1522/parecer_plol_06_cjle.pdf" TargetMode="External"/><Relationship Id="rId714" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1523/parecer_plol_07_cjle.pdf" TargetMode="External"/><Relationship Id="rId715" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1524/parecer_ploe_08_cjle.pdf" TargetMode="External"/><Relationship Id="rId716" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1525/parecer_ploe_9_cjle.pdf" TargetMode="External"/><Relationship Id="rId717" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1526/parecer_ploe_13_cjle.pdf" TargetMode="External"/><Relationship Id="rId718" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1616/parecer_couspama_plol_09-2025.pdf" TargetMode="External"/><Relationship Id="rId719" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1617/parecer_couspama_plc_1-2025.pdf" TargetMode="External"/><Relationship Id="rId720" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1618/parecer_cfo_ploe_14-2025.pdf" TargetMode="External"/><Relationship Id="rId721" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1619/parecer_cecesasdc_ploe_14-2025.pdf" TargetMode="External"/><Relationship Id="rId722" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1620/parecer_cfo_ploe_15-2025.pdf" TargetMode="External"/><Relationship Id="rId723" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1621/parecer_cfo_plol_09-2025.pdf" TargetMode="External"/><Relationship Id="rId724" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1622/parecer_cjle_ploe_15-2025.pdf" TargetMode="External"/><Relationship Id="rId725" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1623/parecer_cjle_pdl_04-2025.pdf" TargetMode="External"/><Relationship Id="rId726" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1624/parecer_cjle_ploe_14-2025.pdf" TargetMode="External"/><Relationship Id="rId727" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1625/parecer_cjle_plol_10-2025.pdf" TargetMode="External"/><Relationship Id="rId728" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1626/parecer_cjle_pdl_06-2025.pdf" TargetMode="External"/><Relationship Id="rId729" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1627/parecer_cjle_pdl_05-2025.pdf" TargetMode="External"/><Relationship Id="rId730" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1628/parecer_cjle_plol_08-2025.pdf" TargetMode="External"/><Relationship Id="rId731" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1629/parecer_cjle_plol_09-2025.pdf" TargetMode="External"/><Relationship Id="rId732" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1630/parecer_cjle_plc_1-2025.pdf" TargetMode="External"/><Relationship Id="rId733" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1651/parecer_ploe_16_cecesasdc.pdf" TargetMode="External"/><Relationship Id="rId734" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1652/parecer_ploe_16_cfo.pdf" TargetMode="External"/><Relationship Id="rId735" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1653/parecer_ploe_16_cjle.pdf" TargetMode="External"/><Relationship Id="rId736" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1654/parecer_pdl_7_2025_cjle.pdf" TargetMode="External"/><Relationship Id="rId737" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1675/parecer_cecesasdc_ploe_11-2025.pdf" TargetMode="External"/><Relationship Id="rId738" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1676/parecer_cecesasdc_ploe_12-2025.pdf" TargetMode="External"/><Relationship Id="rId739" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1677/parecer_cfo_ploe_12-2025.pdf" TargetMode="External"/><Relationship Id="rId740" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1678/parecer_cfo_ploe_11-2025.pdf" TargetMode="External"/><Relationship Id="rId741" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1680/parecer_cjle_ploe_n_11-2025.pdf" TargetMode="External"/><Relationship Id="rId742" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1681/parecer_cjle__-_pres_03-2025.pdf" TargetMode="External"/><Relationship Id="rId743" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1682/parecer_cjle_-_plol_11-2025.pdf" TargetMode="External"/><Relationship Id="rId744" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1683/parecer_cjle_-_pelo_01-2025.pdf" TargetMode="External"/><Relationship Id="rId745" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1679/parecer_cjle_-_ploe_12-2025.pdf" TargetMode="External"/><Relationship Id="rId746" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1734/parecer_plol_12_comissao_educacao.pdf" TargetMode="External"/><Relationship Id="rId747" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1775/comissao_financas.pdf" TargetMode="External"/><Relationship Id="rId748" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1776/parecer_ploe_17-2025_cfo.pdf" TargetMode="External"/><Relationship Id="rId749" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1777/parecer_pdl_12-2025_cjle.pdf" TargetMode="External"/><Relationship Id="rId750" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1778/parecer_ploe_17-2025_cjle.pdf" TargetMode="External"/><Relationship Id="rId751" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1779/parecer_plol_15-2025_cjle.pdf" TargetMode="External"/><Relationship Id="rId752" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1786/parecer_pdl_8-2025_cjle.pdf" TargetMode="External"/><Relationship Id="rId753" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1787/parecer_pdl_11-2025_cjle.pdf" TargetMode="External"/><Relationship Id="rId754" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1788/parecer_plol_12-25_cjle.pdf" TargetMode="External"/><Relationship Id="rId755" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1789/parecer_pdl_9-2025_cjle.pdf" TargetMode="External"/><Relationship Id="rId756" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1790/parecer_plol_13-2025_cjle.pdf" TargetMode="External"/><Relationship Id="rId757" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1791/parecer_pdl_10-2025_cjle.pdf" TargetMode="External"/><Relationship Id="rId758" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1792/parecer_plol_14-2025_cjle.pdf" TargetMode="External"/><Relationship Id="rId759" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1903/parecer_plol_18_0001.pdf" TargetMode="External"/><Relationship Id="rId760" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1904/parecer_pdl_15_0001.pdf" TargetMode="External"/><Relationship Id="rId761" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1905/parecer_plol_16_0001.pdf" TargetMode="External"/><Relationship Id="rId762" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1906/parecer_pdl_13_0001.pdf" TargetMode="External"/><Relationship Id="rId763" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1907/parecer_pdl_14_0001.pdf" TargetMode="External"/><Relationship Id="rId764" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1908/parecer_pdl_17_0001.pdf" TargetMode="External"/><Relationship Id="rId765" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1909/parecer_plol_16_0001.pdf" TargetMode="External"/><Relationship Id="rId766" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1910/parecer_plol_19_2025.pdf" TargetMode="External"/><Relationship Id="rId767" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1933/parecer_emenda_modificativa_n_2-2025.pdf" TargetMode="External"/><Relationship Id="rId768" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1934/parecer__ploe_no_19-2025.pdf" TargetMode="External"/><Relationship Id="rId769" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1936/parecer_emenda_aditiva_no_1-2025.pdf" TargetMode="External"/><Relationship Id="rId770" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1937/parecer_emenda_aditiva_no_2-2025.pdf" TargetMode="External"/><Relationship Id="rId771" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1940/parecer_emenda_modificativa_no_1-2025.pdf" TargetMode="External"/><Relationship Id="rId772" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1942/parecer_emenda_modificativa_n_3-2025.pdf" TargetMode="External"/><Relationship Id="rId773" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1994/parecer_ploe_27-2025_cjle.pdf" TargetMode="External"/><Relationship Id="rId774" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1995/parecer_ploe_30-2025__cjle.pdf" TargetMode="External"/><Relationship Id="rId775" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1996/parecer_ploe_23-2025_cjle.pdf" TargetMode="External"/><Relationship Id="rId776" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1997/parecer__pres_4-2025_cjle.pdf" TargetMode="External"/><Relationship Id="rId777" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1998/parecer_pdl_18_2025_cjle.pdf" TargetMode="External"/><Relationship Id="rId778" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1999/parecer_ploe_27_2025_comissao_de_obras.pdf" TargetMode="External"/><Relationship Id="rId779" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/2000/parecer_ploe_30_2025_cfo.pdf" TargetMode="External"/><Relationship Id="rId780" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/2077/parecer_cmjlefo_-_ploe_29-2025.pdf" TargetMode="External"/><Relationship Id="rId781" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/2078/parecer_cmjlefo_-_ploe_28-2025.pdf" TargetMode="External"/><Relationship Id="rId782" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1658/oficio_gp_n.375.2025.pdf" TargetMode="External"/><Relationship Id="rId783" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1659/oficio_gp_n.377.2025_.pdf" TargetMode="External"/><Relationship Id="rId784" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1842/oficio_gp_no_566.2025_-_encaminha_mensagem_de_veto_parcial_ao_projeto_de_lei_ordinaria_do_executivo._1.pdf" TargetMode="External"/><Relationship Id="rId785" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1935/emenda_modificativa_no_3.pdf" TargetMode="External"/><Relationship Id="rId786" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1938/emenda_modificativa_no_1.pdf" TargetMode="External"/><Relationship Id="rId787" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1939/emenda_aditiva_no_1.pdf" TargetMode="External"/><Relationship Id="rId788" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1941/emenda_modificativa_no_2.pdf" TargetMode="External"/><Relationship Id="rId789" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1943/emenda_aditiva_no_2.pdf" TargetMode="External"/><Relationship Id="rId790" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1243/projeto_de_decreto_legislativo-titulo_de_cidadania_junior_bernardino_de_albuquerque.pdf" TargetMode="External"/><Relationship Id="rId791" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1332/projeto_de_decreto_do_legislativo-concede_titulo_de_cidadao_de_taquaritinga_do_norte-pe_ao_ilustrissimo_senhor_jose_gilson_pereira..pdf" TargetMode="External"/><Relationship Id="rId792" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1489/pdl_-_titulo_de_cidadao_giovanni_tavares_de_sousa..pdf" TargetMode="External"/><Relationship Id="rId793" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1533/diogo_marans.pdf" TargetMode="External"/><Relationship Id="rId794" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1534/paulo_cesar_dias.pdf" TargetMode="External"/><Relationship Id="rId795" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1555/pdl-concede_titulo_de_cidadao_de_taquaritinga_do_norte_-_pe_ao_ilustrissimo_senhor_rivaldo_queiroz_dantas..pdf" TargetMode="External"/><Relationship Id="rId796" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1631/pdl_-_concede_titulo_de_cidadao_ao_casal_fernando_e_werlania.pdf" TargetMode="External"/><Relationship Id="rId797" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1663/projeto_de_dl_-_titulo_de_cidadao_assinado_assinado.pdf" TargetMode="External"/><Relationship Id="rId798" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1686/projeto_de_dl_-_titulo_de_cidada_28129_assinado_assinado.pdf" TargetMode="External"/><Relationship Id="rId799" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1699/papel_timbrado_2025_assinado_assinado.pdf" TargetMode="External"/><Relationship Id="rId800" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1709/projeto_de_decreto.pdf" TargetMode="External"/><Relationship Id="rId801" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1715/projeto_de_decreto_legislativo_-_titulo_de_cidadao_edson_pessoa_da_silva.pdf" TargetMode="External"/><Relationship Id="rId802" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1833/pdl-concede_titulo_de_cidadao_de_taquaritinga_do_norte__pe_ao_ilustrissimo_senhor_hamilton_figueira_de_arruda..pdf" TargetMode="External"/><Relationship Id="rId803" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1847/titulo_cicero_de_vasconcelos.pdf" TargetMode="External"/><Relationship Id="rId804" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1854/concede_titulo_de_cidadao_de_taquaritinga_do_norte__pe_ao_ilustrissimo_senhor_edson_ferreira.pdf" TargetMode="External"/><Relationship Id="rId805" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1855/projeto_de_decreto_jocielma.pdf" TargetMode="External"/><Relationship Id="rId806" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1867/projeto_de_dl_-_titulo_de_cidadao_richardson_da_silva_alencar_28129_assinado_assinado.pdf" TargetMode="External"/><Relationship Id="rId807" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1951/projeto_de_dl_-_titulo_de_cidada_raquel_teixeira_lyra_lucena_assinado_1.pdf" TargetMode="External"/><Relationship Id="rId808" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1251/projeto_de_lei_-_guilherme_henrique-ass.pdf" TargetMode="External"/><Relationship Id="rId809" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1252/plol_-_altera_a_lei_municipal_no_2.163-2024_de_02_de_janeiro_de_2024_e_da_outras_providencias..pdf" TargetMode="External"/><Relationship Id="rId810" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1362/projeto_dia_da_matematica.pdf" TargetMode="External"/><Relationship Id="rId811" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1412/plol_-_altera_a_lei_municipal_no_2.158-2023_e_cria_cargo_em_comissao_de_assessor_parlamentar_de_plenario_no_ambito_da_camara_municipal_de_taquaritinga_do_norte_e_da_outras_providencias.pdf" TargetMode="External"/><Relationship Id="rId812" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1488/plol_-_dispoe_e_autoriza_o_poder_executivo_a_fazer_concessao_de_internet_gratuita_na_feira_livre_da_sede_do_municipio....pdf" TargetMode="External"/><Relationship Id="rId813" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1495/semana_da_educacao_fisica.pdf" TargetMode="External"/><Relationship Id="rId814" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1513/plol_-_dispoe_sobre_a_reserva_de_vagas_de_emprego_para_mulheres_em_situacao_de_violencia_domestica.pdf" TargetMode="External"/><Relationship Id="rId815" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1514/pl_-_sala_de_raio-x.pdf" TargetMode="External"/><Relationship Id="rId816" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1549/plol_-_dispoe_sobre_estabelecer_diretrizes_para_o_incentivo_e_desenvolvimento_da_apicultura.pdf" TargetMode="External"/><Relationship Id="rId817" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1556/plol_2025_amauri_-_dispoe_sobre_a_liberacao_de_espacos_publicos_para_realizacao_de_eventos_com_som_automotivo_regulamentando_suas_atividades.pdf" TargetMode="External"/><Relationship Id="rId818" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1657/plol_-_cria_a_implementacao_dos_18_ods_objetivos_de_desenvolvimento_sustentavel.pdf" TargetMode="External"/><Relationship Id="rId819" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1685/plol_no_11_-_institui_o_programa_municipal_de_formacao_e_capacitacao_profissional_-_capacitaq_no_ambito_do_municipio_de_taquaritinga_do_norte_e_da_outras_providencias.pdf" TargetMode="External"/><Relationship Id="rId820" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1708/projeto_de_lei_-_obrigatoriedade_do_uso_de_focinheira.pdf" TargetMode="External"/><Relationship Id="rId821" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1718/pl_-_creche_palloma_cezar.pdf" TargetMode="External"/><Relationship Id="rId822" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1773/projeto_de_lei_-_altera_a_lei_2158-2023-1.pdf" TargetMode="External"/><Relationship Id="rId823" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1805/marconi_de_moura_rodrigues.pdf" TargetMode="External"/><Relationship Id="rId824" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1806/grupo_de_escoteiros.pdf" TargetMode="External"/><Relationship Id="rId825" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1808/rua_marcos_aurelio_de_lima_oliveira.pdf" TargetMode="External"/><Relationship Id="rId826" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1830/plol-denomina-se_de_rua_alfredo_eloi_de_arruda_a_rua_projetada_10.pdf" TargetMode="External"/><Relationship Id="rId827" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1834/plol-dispoe_sobre_denominacao_da_creche_municipal_localizada_em_pao_de_acucar_de_creche_josefa_figueira_de_arruda.pdf" TargetMode="External"/><Relationship Id="rId828" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1859/plol-ubs_maria_do_socorro_bezerra_de_lima.pdf" TargetMode="External"/><Relationship Id="rId829" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1885/ploe_2025_dispoe_sobre_das_bandeiras_oficiais_dos_distritos_de_gravata_do_ibiapina_e_de_pao_de_acucar_no_municipio_de_taquaritinga_do_norte_e_da_outras_providencias.pdf" TargetMode="External"/><Relationship Id="rId830" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1929/plol_-_institui_o_programa_municipal_de_inclusao_digital_para_idosos.pdf" TargetMode="External"/><Relationship Id="rId831" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1966/projetfica_denominado_o_trecho_que_liga_a_comunidade_do_algodao_ate_a_cidade_de_santa_cruz_do_capibaribe_-_pe_de_braz_ferreira_de_araujo.pdf" TargetMode="External"/><Relationship Id="rId832" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1987/plol_-_jamilly_21.10.pdf" TargetMode="External"/><Relationship Id="rId833" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1988/pl.pdf" TargetMode="External"/><Relationship Id="rId834" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/2015/plol_-_dispoe_sobre_a_implementacao_do_dia_de_corpus_christi_como_feriado_municipal_a_ser_acrescido_no_calendario_de_feriados_religiosos_ja_consolidados_no_municipio_de_taquaritinga_do_norte..pdf" TargetMode="External"/><Relationship Id="rId835" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1235/altera_as_leis_municipais_no_1.6032009_e_1.8632017_fixa_o_vencimento_de_cargos_em_comissao_e_da_outras_providencias..pdf" TargetMode="External"/><Relationship Id="rId836" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1236/cria_as_funcoes_gratificadas_de_agente_de_contratacao_e_agente_de_comissao_de_contratacao_e_equipe_de_apoio_no_ambito_da_administracao_publica_municipal_direta_e_fundacional.pdf" TargetMode="External"/><Relationship Id="rId837" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1237/fixa_o_valor_do_salario_minimo_dos_servidores_municipais_e_da_outras_providencias..pdf" TargetMode="External"/><Relationship Id="rId838" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1358/projeto_de_lei_-_altera_lei_1698-2011_-_sim_-_14-02-2025.pdf" TargetMode="External"/><Relationship Id="rId839" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1365/autorizacao_para_abertura_de_credito_adicional_especial_para_execucao_de_transferencia_da_uniao_pela_politica_nacional_aldir_blanc_de_fomento_a_cultura_no_municipio_de_taquaritinga_do_norte.pdf" TargetMode="External"/><Relationship Id="rId840" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1398/projeto_de_lei_-_alteracao_comsea.pdf" TargetMode="External"/><Relationship Id="rId841" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1466/projeto_de_lei_-_dispoe_sobre_a_instituicao_do_programa_de_regularizacao_fiscal_2025_refis_2025.pdf" TargetMode="External"/><Relationship Id="rId842" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1484/projeto_de_lei_-_autoriza_cessao_de_uso.pdf" TargetMode="External"/><Relationship Id="rId843" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1485/projeto_de_lei_-_cria_premiacao_e_apoio_financeiro_a_eventos_publicos_e_privados.pdf" TargetMode="External"/><Relationship Id="rId844" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1486/projeito_-__lei_remuneracao_da_fundata_2025.pdf" TargetMode="External"/><Relationship Id="rId845" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1492/projeto_de_lei_-_gratificacao_direcao_de_ensino.pdf" TargetMode="External"/><Relationship Id="rId846" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1493/projeto_de_lei_-_cria_cargo_coordenador_geral_de_ensino.pdf" TargetMode="External"/><Relationship Id="rId847" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1494/projeto_de_lei_-_monumento_religioso_padre_ibiapina.pdf" TargetMode="External"/><Relationship Id="rId848" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1574/projeto_de_lei_-_dispoe_sobre_a_reforma_administrativa_altera_os_vencimentos_dos_cargos.pdf" TargetMode="External"/><Relationship Id="rId849" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1587/projeto_de_lei_-_credito_especial_taquaritinga_aqusicao_de_terreno.pdf" TargetMode="External"/><Relationship Id="rId850" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1632/projeto_de_lei_-_piso_do_magisterio_2025_-_aumento_de_627.pdf" TargetMode="External"/><Relationship Id="rId851" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1700/projeto_de_lei_-_autoriza_o_poder_executivo_a_contratar_operacao_de_credito_com_a_caixa_economica_federal_com_ou_sem_garantia_da_uniao_e_da_outras_providencias._1.pdf" TargetMode="External"/><Relationship Id="rId852" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1747/projeto_de_lei_no____dispoe_sobre_a_limpeza_nos_imoveis_habitados_ou_nao_bem_como_nos_terrenos_baldios..pdf" TargetMode="External"/><Relationship Id="rId853" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1774/projeto_de_lei__-_ldo_2026.pdf" TargetMode="External"/><Relationship Id="rId854" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1803/projeto_de_lei_no__de_13_de_agosto_de_2025_-_prorrogacao_da_vigencia_do_plano_municipal_de_educacao.pdf" TargetMode="External"/><Relationship Id="rId855" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1818/oficio_gp_n.544.2025_-_projeto_de_lei_-_prorrogacao_pme.pdf" TargetMode="External"/><Relationship Id="rId856" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1829/projeto_de_lei_-_suas_.pdf" TargetMode="External"/><Relationship Id="rId857" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1878/projeto_de_lei_no_-_altera_a_lei_municipal_no_1.555_-_2008.pdf" TargetMode="External"/><Relationship Id="rId858" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1886/projeto_de_lei_-_alteracao_nomenclatura_secretaria_de_assistencia_social.pdf" TargetMode="External"/><Relationship Id="rId859" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1944/projeto_de_lei_no______que_institui_feriado_municipal_no_dia_20_de_agosto._.pdf" TargetMode="External"/><Relationship Id="rId860" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1945/projeto_de_lei_no_____que_institui_feriado_municipal_no_dia_26_de_agosto..pdf" TargetMode="External"/><Relationship Id="rId861" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1946/projeto_de_lei_-_25_de_setembro_de_2025.pdf" TargetMode="External"/><Relationship Id="rId862" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1949/projeto_loa_2026.pdf" TargetMode="External"/><Relationship Id="rId863" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1950/projeto_ppa__2026_-_2029.pdf" TargetMode="External"/><Relationship Id="rId864" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1952/projeto_de_lei_credito_especial_-_saude_emendas.pdf" TargetMode="External"/><Relationship Id="rId865" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/2031/projeto_de_lei_em_regime_de_urgencia_urgentissima.pdf" TargetMode="External"/><Relationship Id="rId866" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/2048/projeto_de_lei__uso_indevido_de_bens_e_vias_publicas.pdf" TargetMode="External"/><Relationship Id="rId867" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/2050/projeto_de_lei_-_altera_lei_1.967-2019_-_cmsp_e__fmsp.pdf" TargetMode="External"/><Relationship Id="rId868" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/2051/projeto_de_lei_-_identidade_funcional.pdf" TargetMode="External"/><Relationship Id="rId869" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/2052/projeto_de_lei_-_brasao_gcm.pdf" TargetMode="External"/><Relationship Id="rId870" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/2079/projeto_de_lei_-_doacao_de_terreno_ao_estado_de_pernambuco.pdf" TargetMode="External"/><Relationship Id="rId871" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1550/plol-altera__a_lei_municipal_no_1.433-2022.pdf" TargetMode="External"/><Relationship Id="rId872" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.taquaritingadonorte.pe.leg.br/media/sapl/public/materialegislativa/2025/1655/proposta_de_emenda_a_lei_organica.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
-  <dimension ref="A1:H746"/>
+  <dimension ref="A1:H873"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="34.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="139.42578125" bestFit="1" customWidth="1"/>
     <col min="7" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
@@ -22427,5994 +23853,9296 @@
       </c>
       <c r="D517" t="s">
         <v>11</v>
       </c>
       <c r="E517" t="s">
         <v>12</v>
       </c>
       <c r="F517" t="s">
         <v>49</v>
       </c>
       <c r="G517" s="1" t="s">
         <v>2091</v>
       </c>
       <c r="H517" t="s">
         <v>2092</v>
       </c>
     </row>
     <row r="518" spans="1:8">
       <c r="A518" t="s">
         <v>2093</v>
       </c>
       <c r="B518" t="s">
         <v>9</v>
       </c>
       <c r="C518" t="s">
-        <v>10</v>
+        <v>2094</v>
       </c>
       <c r="D518" t="s">
-        <v>2094</v>
+        <v>11</v>
       </c>
       <c r="E518" t="s">
+        <v>12</v>
+      </c>
+      <c r="F518" t="s">
+        <v>13</v>
+      </c>
+      <c r="G518" s="1" t="s">
         <v>2095</v>
       </c>
-      <c r="F518" t="s">
+      <c r="H518" t="s">
         <v>2096</v>
-      </c>
-[...4 lines deleted...]
-        <v>2098</v>
       </c>
     </row>
     <row r="519" spans="1:8">
       <c r="A519" t="s">
+        <v>2097</v>
+      </c>
+      <c r="B519" t="s">
+        <v>9</v>
+      </c>
+      <c r="C519" t="s">
+        <v>2098</v>
+      </c>
+      <c r="D519" t="s">
+        <v>11</v>
+      </c>
+      <c r="E519" t="s">
+        <v>12</v>
+      </c>
+      <c r="F519" t="s">
+        <v>13</v>
+      </c>
+      <c r="G519" s="1" t="s">
         <v>2099</v>
       </c>
-      <c r="B519" t="s">
-[...11 lines deleted...]
-      <c r="F519" t="s">
+      <c r="H519" t="s">
         <v>2100</v>
-      </c>
-[...4 lines deleted...]
-        <v>2102</v>
       </c>
     </row>
     <row r="520" spans="1:8">
       <c r="A520" t="s">
+        <v>2101</v>
+      </c>
+      <c r="B520" t="s">
+        <v>9</v>
+      </c>
+      <c r="C520" t="s">
+        <v>2102</v>
+      </c>
+      <c r="D520" t="s">
+        <v>11</v>
+      </c>
+      <c r="E520" t="s">
+        <v>12</v>
+      </c>
+      <c r="F520" t="s">
+        <v>13</v>
+      </c>
+      <c r="G520" s="1" t="s">
         <v>2103</v>
       </c>
-      <c r="B520" t="s">
-[...11 lines deleted...]
-      <c r="F520" t="s">
+      <c r="H520" t="s">
         <v>2104</v>
-      </c>
-[...4 lines deleted...]
-        <v>2106</v>
       </c>
     </row>
     <row r="521" spans="1:8">
       <c r="A521" t="s">
-        <v>2107</v>
+        <v>2105</v>
       </c>
       <c r="B521" t="s">
         <v>9</v>
       </c>
       <c r="C521" t="s">
-        <v>10</v>
+        <v>2106</v>
       </c>
       <c r="D521" t="s">
-        <v>2108</v>
+        <v>11</v>
       </c>
       <c r="E521" t="s">
-        <v>2109</v>
+        <v>12</v>
       </c>
       <c r="F521" t="s">
         <v>44</v>
       </c>
       <c r="G521" s="1" t="s">
-        <v>2110</v>
+        <v>2107</v>
       </c>
       <c r="H521" t="s">
-        <v>2111</v>
+        <v>2108</v>
       </c>
     </row>
     <row r="522" spans="1:8">
       <c r="A522" t="s">
+        <v>2109</v>
+      </c>
+      <c r="B522" t="s">
+        <v>9</v>
+      </c>
+      <c r="C522" t="s">
+        <v>2110</v>
+      </c>
+      <c r="D522" t="s">
+        <v>11</v>
+      </c>
+      <c r="E522" t="s">
+        <v>12</v>
+      </c>
+      <c r="F522" t="s">
+        <v>44</v>
+      </c>
+      <c r="G522" s="1" t="s">
+        <v>2111</v>
+      </c>
+      <c r="H522" t="s">
         <v>2112</v>
-      </c>
-[...19 lines deleted...]
-        <v>2114</v>
       </c>
     </row>
     <row r="523" spans="1:8">
       <c r="A523" t="s">
+        <v>2113</v>
+      </c>
+      <c r="B523" t="s">
+        <v>9</v>
+      </c>
+      <c r="C523" t="s">
+        <v>2114</v>
+      </c>
+      <c r="D523" t="s">
+        <v>11</v>
+      </c>
+      <c r="E523" t="s">
+        <v>12</v>
+      </c>
+      <c r="F523" t="s">
+        <v>44</v>
+      </c>
+      <c r="G523" s="1" t="s">
         <v>2115</v>
       </c>
-      <c r="B523" t="s">
-[...14 lines deleted...]
-      <c r="G523" s="1" t="s">
+      <c r="H523" t="s">
         <v>2116</v>
-      </c>
-[...1 lines deleted...]
-        <v>2117</v>
       </c>
     </row>
     <row r="524" spans="1:8">
       <c r="A524" t="s">
+        <v>2117</v>
+      </c>
+      <c r="B524" t="s">
+        <v>9</v>
+      </c>
+      <c r="C524" t="s">
         <v>2118</v>
       </c>
-      <c r="B524" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D524" t="s">
-        <v>2108</v>
+        <v>11</v>
       </c>
       <c r="E524" t="s">
-        <v>2109</v>
+        <v>12</v>
       </c>
       <c r="F524" t="s">
-        <v>49</v>
+        <v>27</v>
       </c>
       <c r="G524" s="1" t="s">
         <v>2119</v>
       </c>
       <c r="H524" t="s">
         <v>2120</v>
       </c>
     </row>
     <row r="525" spans="1:8">
       <c r="A525" t="s">
         <v>2121</v>
       </c>
       <c r="B525" t="s">
         <v>9</v>
       </c>
       <c r="C525" t="s">
-        <v>31</v>
+        <v>2122</v>
       </c>
       <c r="D525" t="s">
-        <v>2108</v>
+        <v>11</v>
       </c>
       <c r="E525" t="s">
-        <v>2109</v>
+        <v>12</v>
       </c>
       <c r="F525" t="s">
         <v>27</v>
       </c>
       <c r="G525" s="1" t="s">
-        <v>2122</v>
+        <v>2123</v>
       </c>
       <c r="H525" t="s">
-        <v>2123</v>
+        <v>2124</v>
       </c>
     </row>
     <row r="526" spans="1:8">
       <c r="A526" t="s">
-        <v>2124</v>
+        <v>2125</v>
       </c>
       <c r="B526" t="s">
         <v>9</v>
       </c>
       <c r="C526" t="s">
-        <v>35</v>
+        <v>2126</v>
       </c>
       <c r="D526" t="s">
-        <v>2108</v>
+        <v>11</v>
       </c>
       <c r="E526" t="s">
-        <v>2109</v>
+        <v>12</v>
       </c>
       <c r="F526" t="s">
-        <v>84</v>
+        <v>27</v>
       </c>
       <c r="G526" s="1" t="s">
-        <v>2125</v>
+        <v>2127</v>
       </c>
       <c r="H526" t="s">
-        <v>2123</v>
+        <v>2128</v>
       </c>
     </row>
     <row r="527" spans="1:8">
       <c r="A527" t="s">
-        <v>2126</v>
+        <v>2129</v>
       </c>
       <c r="B527" t="s">
         <v>9</v>
       </c>
       <c r="C527" t="s">
-        <v>39</v>
+        <v>2130</v>
       </c>
       <c r="D527" t="s">
-        <v>2108</v>
+        <v>11</v>
       </c>
       <c r="E527" t="s">
-        <v>2109</v>
+        <v>12</v>
       </c>
       <c r="F527" t="s">
-        <v>2104</v>
+        <v>70</v>
       </c>
       <c r="G527" s="1" t="s">
-        <v>2127</v>
+        <v>2131</v>
       </c>
       <c r="H527" t="s">
-        <v>2128</v>
+        <v>2132</v>
       </c>
     </row>
     <row r="528" spans="1:8">
       <c r="A528" t="s">
-        <v>2129</v>
+        <v>2133</v>
       </c>
       <c r="B528" t="s">
         <v>9</v>
       </c>
       <c r="C528" t="s">
-        <v>43</v>
+        <v>2134</v>
       </c>
       <c r="D528" t="s">
-        <v>2108</v>
+        <v>11</v>
       </c>
       <c r="E528" t="s">
-        <v>2109</v>
+        <v>12</v>
       </c>
       <c r="F528" t="s">
-        <v>2104</v>
+        <v>70</v>
       </c>
       <c r="G528" s="1" t="s">
-        <v>2130</v>
+        <v>2135</v>
       </c>
       <c r="H528" t="s">
-        <v>2131</v>
+        <v>2136</v>
       </c>
     </row>
     <row r="529" spans="1:8">
       <c r="A529" t="s">
-        <v>2132</v>
+        <v>2137</v>
       </c>
       <c r="B529" t="s">
         <v>9</v>
       </c>
       <c r="C529" t="s">
-        <v>48</v>
+        <v>2138</v>
       </c>
       <c r="D529" t="s">
-        <v>2108</v>
+        <v>11</v>
       </c>
       <c r="E529" t="s">
-        <v>2109</v>
+        <v>12</v>
       </c>
       <c r="F529" t="s">
-        <v>114</v>
+        <v>161</v>
       </c>
       <c r="G529" s="1" t="s">
-        <v>2133</v>
+        <v>2139</v>
       </c>
       <c r="H529" t="s">
-        <v>2134</v>
+        <v>2140</v>
       </c>
     </row>
     <row r="530" spans="1:8">
       <c r="A530" t="s">
-        <v>2135</v>
+        <v>2141</v>
       </c>
       <c r="B530" t="s">
         <v>9</v>
       </c>
       <c r="C530" t="s">
-        <v>53</v>
+        <v>2142</v>
       </c>
       <c r="D530" t="s">
-        <v>2108</v>
+        <v>11</v>
       </c>
       <c r="E530" t="s">
-        <v>2109</v>
+        <v>12</v>
       </c>
       <c r="F530" t="s">
-        <v>49</v>
+        <v>161</v>
       </c>
       <c r="G530" s="1" t="s">
-        <v>2136</v>
+        <v>2143</v>
       </c>
       <c r="H530" t="s">
-        <v>2137</v>
+        <v>2144</v>
       </c>
     </row>
     <row r="531" spans="1:8">
       <c r="A531" t="s">
-        <v>2138</v>
+        <v>2145</v>
       </c>
       <c r="B531" t="s">
         <v>9</v>
       </c>
       <c r="C531" t="s">
-        <v>57</v>
+        <v>2146</v>
       </c>
       <c r="D531" t="s">
-        <v>2108</v>
+        <v>11</v>
       </c>
       <c r="E531" t="s">
-        <v>2109</v>
+        <v>12</v>
       </c>
       <c r="F531" t="s">
-        <v>49</v>
+        <v>13</v>
       </c>
       <c r="G531" s="1" t="s">
-        <v>2139</v>
+        <v>2147</v>
       </c>
       <c r="H531" t="s">
-        <v>2140</v>
+        <v>2148</v>
       </c>
     </row>
     <row r="532" spans="1:8">
       <c r="A532" t="s">
-        <v>2141</v>
+        <v>2149</v>
       </c>
       <c r="B532" t="s">
         <v>9</v>
       </c>
       <c r="C532" t="s">
-        <v>61</v>
+        <v>2150</v>
       </c>
       <c r="D532" t="s">
-        <v>2108</v>
+        <v>11</v>
       </c>
       <c r="E532" t="s">
-        <v>2109</v>
+        <v>12</v>
       </c>
       <c r="F532" t="s">
-        <v>22</v>
+        <v>27</v>
       </c>
       <c r="G532" s="1" t="s">
-        <v>2142</v>
+        <v>2151</v>
       </c>
       <c r="H532" t="s">
-        <v>2143</v>
+        <v>2152</v>
       </c>
     </row>
     <row r="533" spans="1:8">
       <c r="A533" t="s">
-        <v>2144</v>
+        <v>2153</v>
       </c>
       <c r="B533" t="s">
         <v>9</v>
       </c>
       <c r="C533" t="s">
-        <v>65</v>
+        <v>2154</v>
       </c>
       <c r="D533" t="s">
-        <v>2108</v>
+        <v>11</v>
       </c>
       <c r="E533" t="s">
-        <v>2109</v>
+        <v>12</v>
       </c>
       <c r="F533" t="s">
-        <v>114</v>
+        <v>13</v>
       </c>
       <c r="G533" s="1" t="s">
-        <v>2145</v>
+        <v>2155</v>
       </c>
       <c r="H533" t="s">
-        <v>2146</v>
+        <v>2156</v>
       </c>
     </row>
     <row r="534" spans="1:8">
       <c r="A534" t="s">
-        <v>2147</v>
+        <v>2157</v>
       </c>
       <c r="B534" t="s">
         <v>9</v>
       </c>
       <c r="C534" t="s">
-        <v>69</v>
+        <v>2158</v>
       </c>
       <c r="D534" t="s">
-        <v>2108</v>
+        <v>11</v>
       </c>
       <c r="E534" t="s">
-        <v>2109</v>
+        <v>12</v>
       </c>
       <c r="F534" t="s">
-        <v>49</v>
+        <v>13</v>
       </c>
       <c r="G534" s="1" t="s">
-        <v>2148</v>
+        <v>2159</v>
       </c>
       <c r="H534" t="s">
-        <v>2149</v>
+        <v>2160</v>
       </c>
     </row>
     <row r="535" spans="1:8">
       <c r="A535" t="s">
-        <v>2150</v>
+        <v>2161</v>
       </c>
       <c r="B535" t="s">
         <v>9</v>
       </c>
       <c r="C535" t="s">
-        <v>74</v>
+        <v>2162</v>
       </c>
       <c r="D535" t="s">
-        <v>2108</v>
+        <v>11</v>
       </c>
       <c r="E535" t="s">
-        <v>2109</v>
+        <v>12</v>
       </c>
       <c r="F535" t="s">
         <v>27</v>
       </c>
       <c r="G535" s="1" t="s">
-        <v>2151</v>
+        <v>2163</v>
       </c>
       <c r="H535" t="s">
-        <v>2152</v>
+        <v>2164</v>
       </c>
     </row>
     <row r="536" spans="1:8">
       <c r="A536" t="s">
-        <v>2153</v>
+        <v>2165</v>
       </c>
       <c r="B536" t="s">
         <v>9</v>
       </c>
       <c r="C536" t="s">
-        <v>78</v>
+        <v>2166</v>
       </c>
       <c r="D536" t="s">
-        <v>2108</v>
+        <v>11</v>
       </c>
       <c r="E536" t="s">
-        <v>2109</v>
+        <v>12</v>
       </c>
       <c r="F536" t="s">
         <v>49</v>
       </c>
       <c r="G536" s="1" t="s">
-        <v>2154</v>
+        <v>2167</v>
       </c>
       <c r="H536" t="s">
-        <v>2155</v>
+        <v>2168</v>
       </c>
     </row>
     <row r="537" spans="1:8">
       <c r="A537" t="s">
-        <v>2156</v>
+        <v>2169</v>
       </c>
       <c r="B537" t="s">
         <v>9</v>
       </c>
       <c r="C537" t="s">
-        <v>83</v>
+        <v>2170</v>
       </c>
       <c r="D537" t="s">
-        <v>2108</v>
+        <v>11</v>
       </c>
       <c r="E537" t="s">
-        <v>2109</v>
+        <v>12</v>
       </c>
       <c r="F537" t="s">
-        <v>2104</v>
+        <v>114</v>
       </c>
       <c r="G537" s="1" t="s">
-        <v>2157</v>
+        <v>2171</v>
       </c>
       <c r="H537" t="s">
-        <v>2158</v>
+        <v>2172</v>
       </c>
     </row>
     <row r="538" spans="1:8">
       <c r="A538" t="s">
-        <v>2159</v>
+        <v>2173</v>
       </c>
       <c r="B538" t="s">
         <v>9</v>
       </c>
       <c r="C538" t="s">
-        <v>88</v>
+        <v>2174</v>
       </c>
       <c r="D538" t="s">
-        <v>2108</v>
+        <v>11</v>
       </c>
       <c r="E538" t="s">
-        <v>2109</v>
+        <v>12</v>
       </c>
       <c r="F538" t="s">
         <v>114</v>
       </c>
       <c r="G538" s="1" t="s">
-        <v>2160</v>
+        <v>2175</v>
       </c>
       <c r="H538" t="s">
-        <v>2161</v>
+        <v>2176</v>
       </c>
     </row>
     <row r="539" spans="1:8">
       <c r="A539" t="s">
-        <v>2162</v>
+        <v>2177</v>
       </c>
       <c r="B539" t="s">
         <v>9</v>
       </c>
       <c r="C539" t="s">
-        <v>92</v>
+        <v>2178</v>
       </c>
       <c r="D539" t="s">
-        <v>2108</v>
+        <v>11</v>
       </c>
       <c r="E539" t="s">
-        <v>2109</v>
+        <v>12</v>
       </c>
       <c r="F539" t="s">
-        <v>156</v>
+        <v>13</v>
       </c>
       <c r="G539" s="1" t="s">
-        <v>2163</v>
+        <v>2179</v>
       </c>
       <c r="H539" t="s">
-        <v>2161</v>
+        <v>2180</v>
       </c>
     </row>
     <row r="540" spans="1:8">
       <c r="A540" t="s">
-        <v>2164</v>
+        <v>2181</v>
       </c>
       <c r="B540" t="s">
         <v>9</v>
       </c>
       <c r="C540" t="s">
-        <v>97</v>
+        <v>2182</v>
       </c>
       <c r="D540" t="s">
-        <v>2108</v>
+        <v>11</v>
       </c>
       <c r="E540" t="s">
-        <v>2109</v>
+        <v>12</v>
       </c>
       <c r="F540" t="s">
-        <v>44</v>
+        <v>13</v>
       </c>
       <c r="G540" s="1" t="s">
-        <v>2165</v>
+        <v>2183</v>
       </c>
       <c r="H540" t="s">
-        <v>2166</v>
+        <v>2184</v>
       </c>
     </row>
     <row r="541" spans="1:8">
       <c r="A541" t="s">
-        <v>2167</v>
+        <v>2185</v>
       </c>
       <c r="B541" t="s">
         <v>9</v>
       </c>
       <c r="C541" t="s">
-        <v>101</v>
+        <v>2186</v>
       </c>
       <c r="D541" t="s">
-        <v>2108</v>
+        <v>11</v>
       </c>
       <c r="E541" t="s">
-        <v>2109</v>
+        <v>12</v>
       </c>
       <c r="F541" t="s">
-        <v>156</v>
+        <v>13</v>
       </c>
       <c r="G541" s="1" t="s">
-        <v>2168</v>
+        <v>2187</v>
       </c>
       <c r="H541" t="s">
-        <v>2169</v>
+        <v>2188</v>
       </c>
     </row>
     <row r="542" spans="1:8">
       <c r="A542" t="s">
-        <v>2170</v>
+        <v>2189</v>
       </c>
       <c r="B542" t="s">
         <v>9</v>
       </c>
       <c r="C542" t="s">
-        <v>105</v>
+        <v>2190</v>
       </c>
       <c r="D542" t="s">
-        <v>2108</v>
+        <v>11</v>
       </c>
       <c r="E542" t="s">
-        <v>2109</v>
+        <v>12</v>
       </c>
       <c r="F542" t="s">
-        <v>27</v>
+        <v>70</v>
       </c>
       <c r="G542" s="1" t="s">
-        <v>2171</v>
+        <v>2191</v>
       </c>
       <c r="H542" t="s">
-        <v>2172</v>
+        <v>2192</v>
       </c>
     </row>
     <row r="543" spans="1:8">
       <c r="A543" t="s">
-        <v>2173</v>
+        <v>2193</v>
       </c>
       <c r="B543" t="s">
         <v>9</v>
       </c>
       <c r="C543" t="s">
-        <v>109</v>
+        <v>2194</v>
       </c>
       <c r="D543" t="s">
-        <v>2108</v>
+        <v>11</v>
       </c>
       <c r="E543" t="s">
-        <v>2109</v>
+        <v>12</v>
       </c>
       <c r="F543" t="s">
-        <v>49</v>
+        <v>70</v>
       </c>
       <c r="G543" s="1" t="s">
-        <v>2174</v>
+        <v>2195</v>
       </c>
       <c r="H543" t="s">
-        <v>2175</v>
+        <v>2196</v>
       </c>
     </row>
     <row r="544" spans="1:8">
       <c r="A544" t="s">
-        <v>2176</v>
+        <v>2197</v>
       </c>
       <c r="B544" t="s">
         <v>9</v>
       </c>
       <c r="C544" t="s">
-        <v>113</v>
+        <v>2198</v>
       </c>
       <c r="D544" t="s">
-        <v>2108</v>
+        <v>11</v>
       </c>
       <c r="E544" t="s">
-        <v>2109</v>
+        <v>12</v>
       </c>
       <c r="F544" t="s">
         <v>22</v>
       </c>
       <c r="G544" s="1" t="s">
-        <v>2177</v>
+        <v>2199</v>
       </c>
       <c r="H544" t="s">
-        <v>2178</v>
+        <v>2200</v>
       </c>
     </row>
     <row r="545" spans="1:8">
       <c r="A545" t="s">
-        <v>2179</v>
+        <v>2201</v>
       </c>
       <c r="B545" t="s">
         <v>9</v>
       </c>
       <c r="C545" t="s">
-        <v>118</v>
+        <v>2202</v>
       </c>
       <c r="D545" t="s">
-        <v>2108</v>
+        <v>11</v>
       </c>
       <c r="E545" t="s">
-        <v>2109</v>
+        <v>12</v>
       </c>
       <c r="F545" t="s">
-        <v>2180</v>
+        <v>22</v>
       </c>
       <c r="G545" s="1" t="s">
-        <v>2181</v>
+        <v>2203</v>
       </c>
       <c r="H545" t="s">
-        <v>2182</v>
+        <v>2204</v>
       </c>
     </row>
     <row r="546" spans="1:8">
       <c r="A546" t="s">
-        <v>2183</v>
+        <v>2205</v>
       </c>
       <c r="B546" t="s">
         <v>9</v>
       </c>
       <c r="C546" t="s">
-        <v>122</v>
+        <v>2206</v>
       </c>
       <c r="D546" t="s">
-        <v>2108</v>
+        <v>11</v>
       </c>
       <c r="E546" t="s">
-        <v>2109</v>
+        <v>12</v>
       </c>
       <c r="F546" t="s">
-        <v>49</v>
+        <v>22</v>
       </c>
       <c r="G546" s="1" t="s">
-        <v>2184</v>
+        <v>2207</v>
       </c>
       <c r="H546" t="s">
-        <v>2185</v>
+        <v>2208</v>
       </c>
     </row>
     <row r="547" spans="1:8">
       <c r="A547" t="s">
-        <v>2186</v>
+        <v>2209</v>
       </c>
       <c r="B547" t="s">
         <v>9</v>
       </c>
       <c r="C547" t="s">
-        <v>126</v>
+        <v>2210</v>
       </c>
       <c r="D547" t="s">
-        <v>2108</v>
+        <v>11</v>
       </c>
       <c r="E547" t="s">
-        <v>2109</v>
+        <v>12</v>
       </c>
       <c r="F547" t="s">
-        <v>22</v>
+        <v>79</v>
       </c>
       <c r="G547" s="1" t="s">
-        <v>2187</v>
+        <v>2211</v>
       </c>
       <c r="H547" t="s">
-        <v>2188</v>
+        <v>2212</v>
       </c>
     </row>
     <row r="548" spans="1:8">
       <c r="A548" t="s">
-        <v>2189</v>
+        <v>2213</v>
       </c>
       <c r="B548" t="s">
         <v>9</v>
       </c>
       <c r="C548" t="s">
-        <v>130</v>
+        <v>2214</v>
       </c>
       <c r="D548" t="s">
-        <v>2108</v>
+        <v>11</v>
       </c>
       <c r="E548" t="s">
-        <v>2109</v>
+        <v>12</v>
       </c>
       <c r="F548" t="s">
-        <v>2104</v>
+        <v>70</v>
       </c>
       <c r="G548" s="1" t="s">
-        <v>2190</v>
+        <v>2215</v>
       </c>
       <c r="H548" t="s">
-        <v>2191</v>
+        <v>2216</v>
       </c>
     </row>
     <row r="549" spans="1:8">
       <c r="A549" t="s">
-        <v>2192</v>
+        <v>2217</v>
       </c>
       <c r="B549" t="s">
         <v>9</v>
       </c>
       <c r="C549" t="s">
-        <v>134</v>
+        <v>2218</v>
       </c>
       <c r="D549" t="s">
-        <v>2108</v>
+        <v>11</v>
       </c>
       <c r="E549" t="s">
-        <v>2109</v>
+        <v>12</v>
       </c>
       <c r="F549" t="s">
-        <v>49</v>
+        <v>79</v>
       </c>
       <c r="G549" s="1" t="s">
-        <v>2193</v>
+        <v>2219</v>
       </c>
       <c r="H549" t="s">
-        <v>2194</v>
+        <v>2220</v>
       </c>
     </row>
     <row r="550" spans="1:8">
       <c r="A550" t="s">
-        <v>2195</v>
+        <v>2221</v>
       </c>
       <c r="B550" t="s">
         <v>9</v>
       </c>
       <c r="C550" t="s">
-        <v>138</v>
+        <v>2222</v>
       </c>
       <c r="D550" t="s">
-        <v>2108</v>
+        <v>11</v>
       </c>
       <c r="E550" t="s">
-        <v>2109</v>
+        <v>12</v>
       </c>
       <c r="F550" t="s">
-        <v>49</v>
+        <v>13</v>
       </c>
       <c r="G550" s="1" t="s">
-        <v>2196</v>
+        <v>2223</v>
       </c>
       <c r="H550" t="s">
-        <v>2197</v>
+        <v>2224</v>
       </c>
     </row>
     <row r="551" spans="1:8">
       <c r="A551" t="s">
-        <v>2198</v>
+        <v>2225</v>
       </c>
       <c r="B551" t="s">
         <v>9</v>
       </c>
       <c r="C551" t="s">
-        <v>143</v>
+        <v>2226</v>
       </c>
       <c r="D551" t="s">
-        <v>2108</v>
+        <v>11</v>
       </c>
       <c r="E551" t="s">
-        <v>2109</v>
+        <v>12</v>
       </c>
       <c r="F551" t="s">
-        <v>49</v>
+        <v>13</v>
       </c>
       <c r="G551" s="1" t="s">
-        <v>2199</v>
+        <v>2227</v>
       </c>
       <c r="H551" t="s">
-        <v>2200</v>
+        <v>2228</v>
       </c>
     </row>
     <row r="552" spans="1:8">
       <c r="A552" t="s">
-        <v>2201</v>
+        <v>2229</v>
       </c>
       <c r="B552" t="s">
         <v>9</v>
       </c>
       <c r="C552" t="s">
-        <v>147</v>
+        <v>2230</v>
       </c>
       <c r="D552" t="s">
-        <v>2108</v>
+        <v>11</v>
       </c>
       <c r="E552" t="s">
-        <v>2109</v>
+        <v>12</v>
       </c>
       <c r="F552" t="s">
-        <v>27</v>
+        <v>2231</v>
       </c>
       <c r="G552" s="1" t="s">
-        <v>2202</v>
+        <v>2232</v>
       </c>
       <c r="H552" t="s">
-        <v>2203</v>
+        <v>2233</v>
       </c>
     </row>
     <row r="553" spans="1:8">
       <c r="A553" t="s">
-        <v>2204</v>
+        <v>2234</v>
       </c>
       <c r="B553" t="s">
         <v>9</v>
       </c>
       <c r="C553" t="s">
-        <v>151</v>
+        <v>2235</v>
       </c>
       <c r="D553" t="s">
-        <v>2108</v>
+        <v>11</v>
       </c>
       <c r="E553" t="s">
-        <v>2109</v>
+        <v>12</v>
       </c>
       <c r="F553" t="s">
-        <v>114</v>
+        <v>70</v>
       </c>
       <c r="G553" s="1" t="s">
-        <v>2205</v>
+        <v>2236</v>
       </c>
       <c r="H553" t="s">
-        <v>2206</v>
+        <v>2237</v>
       </c>
     </row>
     <row r="554" spans="1:8">
       <c r="A554" t="s">
-        <v>2207</v>
+        <v>2238</v>
       </c>
       <c r="B554" t="s">
         <v>9</v>
       </c>
       <c r="C554" t="s">
-        <v>155</v>
+        <v>2239</v>
       </c>
       <c r="D554" t="s">
-        <v>2108</v>
+        <v>11</v>
       </c>
       <c r="E554" t="s">
-        <v>2109</v>
+        <v>12</v>
       </c>
       <c r="F554" t="s">
-        <v>49</v>
+        <v>70</v>
       </c>
       <c r="G554" s="1" t="s">
-        <v>2208</v>
+        <v>2240</v>
       </c>
       <c r="H554" t="s">
-        <v>2209</v>
+        <v>2241</v>
       </c>
     </row>
     <row r="555" spans="1:8">
       <c r="A555" t="s">
-        <v>2210</v>
+        <v>2242</v>
       </c>
       <c r="B555" t="s">
         <v>9</v>
       </c>
       <c r="C555" t="s">
-        <v>160</v>
+        <v>2243</v>
       </c>
       <c r="D555" t="s">
-        <v>2108</v>
+        <v>11</v>
       </c>
       <c r="E555" t="s">
-        <v>2109</v>
+        <v>12</v>
       </c>
       <c r="F555" t="s">
-        <v>79</v>
+        <v>44</v>
       </c>
       <c r="G555" s="1" t="s">
-        <v>2211</v>
+        <v>2244</v>
       </c>
       <c r="H555" t="s">
-        <v>2212</v>
+        <v>2245</v>
       </c>
     </row>
     <row r="556" spans="1:8">
       <c r="A556" t="s">
-        <v>2213</v>
+        <v>2246</v>
       </c>
       <c r="B556" t="s">
         <v>9</v>
       </c>
       <c r="C556" t="s">
-        <v>165</v>
+        <v>2247</v>
       </c>
       <c r="D556" t="s">
-        <v>2108</v>
+        <v>11</v>
       </c>
       <c r="E556" t="s">
-        <v>2109</v>
+        <v>12</v>
       </c>
       <c r="F556" t="s">
-        <v>49</v>
+        <v>44</v>
       </c>
       <c r="G556" s="1" t="s">
-        <v>2214</v>
+        <v>2248</v>
       </c>
       <c r="H556" t="s">
-        <v>2215</v>
+        <v>2249</v>
       </c>
     </row>
     <row r="557" spans="1:8">
       <c r="A557" t="s">
-        <v>2216</v>
+        <v>2250</v>
       </c>
       <c r="B557" t="s">
         <v>9</v>
       </c>
       <c r="C557" t="s">
-        <v>169</v>
+        <v>2251</v>
       </c>
       <c r="D557" t="s">
-        <v>2108</v>
+        <v>11</v>
       </c>
       <c r="E557" t="s">
-        <v>2109</v>
+        <v>12</v>
       </c>
       <c r="F557" t="s">
-        <v>27</v>
+        <v>161</v>
       </c>
       <c r="G557" s="1" t="s">
-        <v>2217</v>
+        <v>2252</v>
       </c>
       <c r="H557" t="s">
-        <v>2218</v>
+        <v>2253</v>
       </c>
     </row>
     <row r="558" spans="1:8">
       <c r="A558" t="s">
-        <v>2219</v>
+        <v>2254</v>
       </c>
       <c r="B558" t="s">
         <v>9</v>
       </c>
       <c r="C558" t="s">
-        <v>173</v>
+        <v>2255</v>
       </c>
       <c r="D558" t="s">
-        <v>2108</v>
+        <v>11</v>
       </c>
       <c r="E558" t="s">
-        <v>2109</v>
+        <v>12</v>
       </c>
       <c r="F558" t="s">
-        <v>49</v>
+        <v>161</v>
       </c>
       <c r="G558" s="1" t="s">
-        <v>2220</v>
+        <v>2256</v>
       </c>
       <c r="H558" t="s">
-        <v>2221</v>
+        <v>2257</v>
       </c>
     </row>
     <row r="559" spans="1:8">
       <c r="A559" t="s">
-        <v>2222</v>
+        <v>2258</v>
       </c>
       <c r="B559" t="s">
         <v>9</v>
       </c>
       <c r="C559" t="s">
-        <v>177</v>
+        <v>2259</v>
       </c>
       <c r="D559" t="s">
-        <v>2108</v>
+        <v>11</v>
       </c>
       <c r="E559" t="s">
-        <v>2109</v>
+        <v>12</v>
       </c>
       <c r="F559" t="s">
-        <v>22</v>
+        <v>161</v>
       </c>
       <c r="G559" s="1" t="s">
-        <v>2223</v>
+        <v>2260</v>
       </c>
       <c r="H559" t="s">
-        <v>2224</v>
+        <v>2261</v>
       </c>
     </row>
     <row r="560" spans="1:8">
       <c r="A560" t="s">
-        <v>2225</v>
+        <v>2262</v>
       </c>
       <c r="B560" t="s">
         <v>9</v>
       </c>
       <c r="C560" t="s">
-        <v>181</v>
+        <v>2263</v>
       </c>
       <c r="D560" t="s">
-        <v>2108</v>
+        <v>11</v>
       </c>
       <c r="E560" t="s">
-        <v>2109</v>
+        <v>12</v>
       </c>
       <c r="F560" t="s">
-        <v>114</v>
+        <v>13</v>
       </c>
       <c r="G560" s="1" t="s">
-        <v>2226</v>
+        <v>2264</v>
       </c>
       <c r="H560" t="s">
-        <v>2227</v>
+        <v>2265</v>
       </c>
     </row>
     <row r="561" spans="1:8">
       <c r="A561" t="s">
-        <v>2228</v>
+        <v>2266</v>
       </c>
       <c r="B561" t="s">
         <v>9</v>
       </c>
       <c r="C561" t="s">
-        <v>185</v>
+        <v>2267</v>
       </c>
       <c r="D561" t="s">
-        <v>2108</v>
+        <v>11</v>
       </c>
       <c r="E561" t="s">
-        <v>2109</v>
+        <v>12</v>
       </c>
       <c r="F561" t="s">
-        <v>49</v>
+        <v>13</v>
       </c>
       <c r="G561" s="1" t="s">
-        <v>2229</v>
+        <v>2268</v>
       </c>
       <c r="H561" t="s">
-        <v>2230</v>
+        <v>2269</v>
       </c>
     </row>
     <row r="562" spans="1:8">
       <c r="A562" t="s">
-        <v>2231</v>
+        <v>2270</v>
       </c>
       <c r="B562" t="s">
         <v>9</v>
       </c>
       <c r="C562" t="s">
-        <v>189</v>
+        <v>2271</v>
       </c>
       <c r="D562" t="s">
-        <v>2108</v>
+        <v>11</v>
       </c>
       <c r="E562" t="s">
-        <v>2109</v>
+        <v>12</v>
       </c>
       <c r="F562" t="s">
-        <v>156</v>
+        <v>13</v>
       </c>
       <c r="G562" s="1" t="s">
-        <v>2232</v>
+        <v>2272</v>
       </c>
       <c r="H562" t="s">
-        <v>2233</v>
+        <v>2273</v>
       </c>
     </row>
     <row r="563" spans="1:8">
       <c r="A563" t="s">
-        <v>2234</v>
+        <v>2274</v>
       </c>
       <c r="B563" t="s">
         <v>9</v>
       </c>
       <c r="C563" t="s">
-        <v>193</v>
+        <v>2275</v>
       </c>
       <c r="D563" t="s">
-        <v>2108</v>
+        <v>11</v>
       </c>
       <c r="E563" t="s">
-        <v>2109</v>
+        <v>12</v>
       </c>
       <c r="F563" t="s">
-        <v>2180</v>
+        <v>27</v>
       </c>
       <c r="G563" s="1" t="s">
-        <v>2235</v>
+        <v>2276</v>
       </c>
       <c r="H563" t="s">
-        <v>2236</v>
+        <v>2277</v>
       </c>
     </row>
     <row r="564" spans="1:8">
       <c r="A564" t="s">
-        <v>2237</v>
+        <v>2278</v>
       </c>
       <c r="B564" t="s">
         <v>9</v>
       </c>
       <c r="C564" t="s">
-        <v>197</v>
+        <v>2279</v>
       </c>
       <c r="D564" t="s">
-        <v>2108</v>
+        <v>11</v>
       </c>
       <c r="E564" t="s">
-        <v>2109</v>
+        <v>12</v>
       </c>
       <c r="F564" t="s">
-        <v>84</v>
+        <v>27</v>
       </c>
       <c r="G564" s="1" t="s">
-        <v>2238</v>
+        <v>2280</v>
       </c>
       <c r="H564" t="s">
-        <v>2239</v>
+        <v>2281</v>
       </c>
     </row>
     <row r="565" spans="1:8">
       <c r="A565" t="s">
-        <v>2240</v>
+        <v>2282</v>
       </c>
       <c r="B565" t="s">
         <v>9</v>
       </c>
       <c r="C565" t="s">
-        <v>201</v>
+        <v>2283</v>
       </c>
       <c r="D565" t="s">
-        <v>2108</v>
+        <v>11</v>
       </c>
       <c r="E565" t="s">
-        <v>2109</v>
+        <v>12</v>
       </c>
       <c r="F565" t="s">
-        <v>49</v>
+        <v>27</v>
       </c>
       <c r="G565" s="1" t="s">
-        <v>2241</v>
+        <v>2284</v>
       </c>
       <c r="H565" t="s">
-        <v>2242</v>
+        <v>2285</v>
       </c>
     </row>
     <row r="566" spans="1:8">
       <c r="A566" t="s">
-        <v>2243</v>
+        <v>2286</v>
       </c>
       <c r="B566" t="s">
         <v>9</v>
       </c>
       <c r="C566" t="s">
-        <v>205</v>
+        <v>2287</v>
       </c>
       <c r="D566" t="s">
-        <v>2108</v>
+        <v>11</v>
       </c>
       <c r="E566" t="s">
-        <v>2109</v>
+        <v>12</v>
       </c>
       <c r="F566" t="s">
-        <v>49</v>
+        <v>70</v>
       </c>
       <c r="G566" s="1" t="s">
-        <v>2244</v>
+        <v>2288</v>
       </c>
       <c r="H566" t="s">
-        <v>2245</v>
+        <v>2289</v>
       </c>
     </row>
     <row r="567" spans="1:8">
       <c r="A567" t="s">
-        <v>2246</v>
+        <v>9</v>
       </c>
       <c r="B567" t="s">
         <v>9</v>
       </c>
       <c r="C567" t="s">
-        <v>209</v>
+        <v>2290</v>
       </c>
       <c r="D567" t="s">
-        <v>2108</v>
+        <v>11</v>
       </c>
       <c r="E567" t="s">
-        <v>2109</v>
+        <v>12</v>
       </c>
       <c r="F567" t="s">
-        <v>114</v>
+        <v>70</v>
       </c>
       <c r="G567" s="1" t="s">
-        <v>2247</v>
+        <v>2291</v>
       </c>
       <c r="H567" t="s">
-        <v>2248</v>
+        <v>2292</v>
       </c>
     </row>
     <row r="568" spans="1:8">
       <c r="A568" t="s">
-        <v>2249</v>
+        <v>2293</v>
       </c>
       <c r="B568" t="s">
         <v>9</v>
       </c>
       <c r="C568" t="s">
-        <v>213</v>
+        <v>2294</v>
       </c>
       <c r="D568" t="s">
-        <v>2108</v>
+        <v>11</v>
       </c>
       <c r="E568" t="s">
-        <v>2109</v>
+        <v>12</v>
       </c>
       <c r="F568" t="s">
-        <v>114</v>
+        <v>70</v>
       </c>
       <c r="G568" s="1" t="s">
-        <v>2250</v>
+        <v>2295</v>
       </c>
       <c r="H568" t="s">
-        <v>2251</v>
+        <v>2296</v>
       </c>
     </row>
     <row r="569" spans="1:8">
       <c r="A569" t="s">
-        <v>2252</v>
+        <v>2297</v>
       </c>
       <c r="B569" t="s">
         <v>9</v>
       </c>
       <c r="C569" t="s">
-        <v>217</v>
+        <v>2298</v>
       </c>
       <c r="D569" t="s">
-        <v>2108</v>
+        <v>11</v>
       </c>
       <c r="E569" t="s">
-        <v>2109</v>
+        <v>12</v>
       </c>
       <c r="F569" t="s">
-        <v>84</v>
+        <v>114</v>
       </c>
       <c r="G569" s="1" t="s">
-        <v>2253</v>
+        <v>2299</v>
       </c>
       <c r="H569" t="s">
-        <v>2254</v>
+        <v>2300</v>
       </c>
     </row>
     <row r="570" spans="1:8">
       <c r="A570" t="s">
-        <v>2255</v>
+        <v>2301</v>
       </c>
       <c r="B570" t="s">
         <v>9</v>
       </c>
       <c r="C570" t="s">
-        <v>221</v>
+        <v>2302</v>
       </c>
       <c r="D570" t="s">
-        <v>2108</v>
+        <v>11</v>
       </c>
       <c r="E570" t="s">
-        <v>2109</v>
+        <v>12</v>
       </c>
       <c r="F570" t="s">
-        <v>49</v>
+        <v>114</v>
       </c>
       <c r="G570" s="1" t="s">
-        <v>2256</v>
+        <v>2303</v>
       </c>
       <c r="H570" t="s">
-        <v>2257</v>
+        <v>2304</v>
       </c>
     </row>
     <row r="571" spans="1:8">
       <c r="A571" t="s">
-        <v>2258</v>
+        <v>2305</v>
       </c>
       <c r="B571" t="s">
         <v>9</v>
       </c>
       <c r="C571" t="s">
-        <v>225</v>
+        <v>2306</v>
       </c>
       <c r="D571" t="s">
-        <v>2108</v>
+        <v>11</v>
       </c>
       <c r="E571" t="s">
-        <v>2109</v>
+        <v>12</v>
       </c>
       <c r="F571" t="s">
-        <v>49</v>
+        <v>44</v>
       </c>
       <c r="G571" s="1" t="s">
-        <v>2259</v>
+        <v>2307</v>
       </c>
       <c r="H571" t="s">
-        <v>2260</v>
+        <v>2308</v>
       </c>
     </row>
     <row r="572" spans="1:8">
       <c r="A572" t="s">
-        <v>2261</v>
+        <v>2309</v>
       </c>
       <c r="B572" t="s">
         <v>9</v>
       </c>
       <c r="C572" t="s">
-        <v>229</v>
+        <v>2310</v>
       </c>
       <c r="D572" t="s">
-        <v>2108</v>
+        <v>11</v>
       </c>
       <c r="E572" t="s">
-        <v>2109</v>
+        <v>12</v>
       </c>
       <c r="F572" t="s">
-        <v>49</v>
+        <v>13</v>
       </c>
       <c r="G572" s="1" t="s">
-        <v>2262</v>
+        <v>2311</v>
       </c>
       <c r="H572" t="s">
-        <v>2263</v>
+        <v>2312</v>
       </c>
     </row>
     <row r="573" spans="1:8">
       <c r="A573" t="s">
-        <v>2264</v>
+        <v>2313</v>
       </c>
       <c r="B573" t="s">
         <v>9</v>
       </c>
       <c r="C573" t="s">
-        <v>233</v>
+        <v>2314</v>
       </c>
       <c r="D573" t="s">
-        <v>2108</v>
+        <v>11</v>
       </c>
       <c r="E573" t="s">
-        <v>2109</v>
+        <v>12</v>
       </c>
       <c r="F573" t="s">
-        <v>27</v>
+        <v>13</v>
       </c>
       <c r="G573" s="1" t="s">
-        <v>2265</v>
+        <v>2315</v>
       </c>
       <c r="H573" t="s">
-        <v>2257</v>
+        <v>2316</v>
       </c>
     </row>
     <row r="574" spans="1:8">
       <c r="A574" t="s">
-        <v>2266</v>
+        <v>2317</v>
       </c>
       <c r="B574" t="s">
         <v>9</v>
       </c>
       <c r="C574" t="s">
-        <v>237</v>
+        <v>2318</v>
       </c>
       <c r="D574" t="s">
-        <v>2108</v>
+        <v>11</v>
       </c>
       <c r="E574" t="s">
-        <v>2109</v>
+        <v>12</v>
       </c>
       <c r="F574" t="s">
-        <v>49</v>
+        <v>13</v>
       </c>
       <c r="G574" s="1" t="s">
-        <v>2267</v>
+        <v>2319</v>
       </c>
       <c r="H574" t="s">
-        <v>2268</v>
+        <v>2320</v>
       </c>
     </row>
     <row r="575" spans="1:8">
       <c r="A575" t="s">
-        <v>2269</v>
+        <v>2321</v>
       </c>
       <c r="B575" t="s">
         <v>9</v>
       </c>
       <c r="C575" t="s">
-        <v>10</v>
+        <v>2322</v>
       </c>
       <c r="D575" t="s">
-        <v>2270</v>
+        <v>11</v>
       </c>
       <c r="E575" t="s">
-        <v>2271</v>
+        <v>12</v>
       </c>
       <c r="F575" t="s">
-        <v>2272</v>
+        <v>49</v>
       </c>
       <c r="G575" s="1" t="s">
-        <v>2273</v>
+        <v>2323</v>
       </c>
       <c r="H575" t="s">
-        <v>2274</v>
+        <v>2324</v>
       </c>
     </row>
     <row r="576" spans="1:8">
       <c r="A576" t="s">
-        <v>2275</v>
+        <v>2325</v>
       </c>
       <c r="B576" t="s">
         <v>9</v>
       </c>
       <c r="C576" t="s">
-        <v>17</v>
+        <v>2326</v>
       </c>
       <c r="D576" t="s">
-        <v>2270</v>
+        <v>11</v>
       </c>
       <c r="E576" t="s">
-        <v>2271</v>
+        <v>12</v>
       </c>
       <c r="F576" t="s">
-        <v>2272</v>
+        <v>49</v>
       </c>
       <c r="G576" s="1" t="s">
-        <v>2276</v>
+        <v>2327</v>
       </c>
       <c r="H576" t="s">
-        <v>2277</v>
+        <v>2328</v>
       </c>
     </row>
     <row r="577" spans="1:8">
       <c r="A577" t="s">
-        <v>2278</v>
+        <v>2329</v>
       </c>
       <c r="B577" t="s">
         <v>9</v>
       </c>
       <c r="C577" t="s">
-        <v>21</v>
+        <v>2330</v>
       </c>
       <c r="D577" t="s">
-        <v>2270</v>
+        <v>11</v>
       </c>
       <c r="E577" t="s">
-        <v>2271</v>
+        <v>12</v>
       </c>
       <c r="F577" t="s">
-        <v>2272</v>
+        <v>13</v>
       </c>
       <c r="G577" s="1" t="s">
-        <v>2279</v>
+        <v>2331</v>
       </c>
       <c r="H577" t="s">
-        <v>2280</v>
+        <v>2332</v>
       </c>
     </row>
     <row r="578" spans="1:8">
       <c r="A578" t="s">
-        <v>2281</v>
+        <v>2333</v>
       </c>
       <c r="B578" t="s">
         <v>9</v>
       </c>
       <c r="C578" t="s">
-        <v>10</v>
+        <v>2334</v>
       </c>
       <c r="D578" t="s">
-        <v>2282</v>
+        <v>11</v>
       </c>
       <c r="E578" t="s">
-        <v>2283</v>
+        <v>12</v>
       </c>
       <c r="F578" t="s">
-        <v>2284</v>
+        <v>13</v>
       </c>
       <c r="G578" s="1" t="s">
-        <v>2285</v>
+        <v>2335</v>
       </c>
       <c r="H578" t="s">
-        <v>2286</v>
+        <v>2336</v>
       </c>
     </row>
     <row r="579" spans="1:8">
       <c r="A579" t="s">
-        <v>2287</v>
+        <v>2337</v>
       </c>
       <c r="B579" t="s">
         <v>9</v>
       </c>
       <c r="C579" t="s">
-        <v>17</v>
+        <v>2338</v>
       </c>
       <c r="D579" t="s">
-        <v>2282</v>
+        <v>11</v>
       </c>
       <c r="E579" t="s">
-        <v>2283</v>
+        <v>12</v>
       </c>
       <c r="F579" t="s">
-        <v>2284</v>
+        <v>114</v>
       </c>
       <c r="G579" s="1" t="s">
-        <v>2288</v>
+        <v>2339</v>
       </c>
       <c r="H579" t="s">
-        <v>2289</v>
+        <v>2340</v>
       </c>
     </row>
     <row r="580" spans="1:8">
       <c r="A580" t="s">
-        <v>2290</v>
+        <v>2341</v>
       </c>
       <c r="B580" t="s">
         <v>9</v>
       </c>
       <c r="C580" t="s">
-        <v>21</v>
+        <v>2342</v>
       </c>
       <c r="D580" t="s">
-        <v>2282</v>
+        <v>11</v>
       </c>
       <c r="E580" t="s">
-        <v>2283</v>
+        <v>12</v>
       </c>
       <c r="F580" t="s">
-        <v>2284</v>
+        <v>114</v>
       </c>
       <c r="G580" s="1" t="s">
-        <v>2291</v>
+        <v>2343</v>
       </c>
       <c r="H580" t="s">
-        <v>2292</v>
+        <v>2344</v>
       </c>
     </row>
     <row r="581" spans="1:8">
       <c r="A581" t="s">
-        <v>2293</v>
+        <v>2345</v>
       </c>
       <c r="B581" t="s">
         <v>9</v>
       </c>
       <c r="C581" t="s">
-        <v>26</v>
+        <v>2346</v>
       </c>
       <c r="D581" t="s">
-        <v>2282</v>
+        <v>11</v>
       </c>
       <c r="E581" t="s">
-        <v>2283</v>
+        <v>12</v>
       </c>
       <c r="F581" t="s">
-        <v>2294</v>
+        <v>114</v>
       </c>
       <c r="G581" s="1" t="s">
-        <v>2295</v>
+        <v>2347</v>
       </c>
       <c r="H581" t="s">
-        <v>2296</v>
+        <v>2348</v>
       </c>
     </row>
     <row r="582" spans="1:8">
       <c r="A582" t="s">
-        <v>2297</v>
+        <v>2349</v>
       </c>
       <c r="B582" t="s">
         <v>9</v>
       </c>
       <c r="C582" t="s">
-        <v>31</v>
+        <v>2350</v>
       </c>
       <c r="D582" t="s">
-        <v>2282</v>
+        <v>11</v>
       </c>
       <c r="E582" t="s">
-        <v>2283</v>
+        <v>12</v>
       </c>
       <c r="F582" t="s">
-        <v>2294</v>
+        <v>27</v>
       </c>
       <c r="G582" s="1" t="s">
-        <v>2298</v>
+        <v>2351</v>
       </c>
       <c r="H582" t="s">
-        <v>2299</v>
+        <v>2352</v>
       </c>
     </row>
     <row r="583" spans="1:8">
       <c r="A583" t="s">
-        <v>2300</v>
+        <v>2353</v>
       </c>
       <c r="B583" t="s">
         <v>9</v>
       </c>
       <c r="C583" t="s">
-        <v>35</v>
+        <v>2354</v>
       </c>
       <c r="D583" t="s">
-        <v>2282</v>
+        <v>11</v>
       </c>
       <c r="E583" t="s">
-        <v>2283</v>
+        <v>12</v>
       </c>
       <c r="F583" t="s">
-        <v>2294</v>
+        <v>13</v>
       </c>
       <c r="G583" s="1" t="s">
-        <v>2301</v>
+        <v>2355</v>
       </c>
       <c r="H583" t="s">
-        <v>2302</v>
+        <v>2356</v>
       </c>
     </row>
     <row r="584" spans="1:8">
       <c r="A584" t="s">
-        <v>2303</v>
+        <v>2357</v>
       </c>
       <c r="B584" t="s">
         <v>9</v>
       </c>
       <c r="C584" t="s">
-        <v>39</v>
+        <v>2358</v>
       </c>
       <c r="D584" t="s">
-        <v>2282</v>
+        <v>11</v>
       </c>
       <c r="E584" t="s">
-        <v>2283</v>
+        <v>12</v>
       </c>
       <c r="F584" t="s">
-        <v>2284</v>
+        <v>13</v>
       </c>
       <c r="G584" s="1" t="s">
-        <v>2304</v>
+        <v>2359</v>
       </c>
       <c r="H584" t="s">
-        <v>2305</v>
+        <v>2360</v>
       </c>
     </row>
     <row r="585" spans="1:8">
       <c r="A585" t="s">
-        <v>2306</v>
+        <v>2361</v>
       </c>
       <c r="B585" t="s">
         <v>9</v>
       </c>
       <c r="C585" t="s">
-        <v>43</v>
+        <v>2362</v>
       </c>
       <c r="D585" t="s">
-        <v>2282</v>
+        <v>11</v>
       </c>
       <c r="E585" t="s">
-        <v>2283</v>
+        <v>12</v>
       </c>
       <c r="F585" t="s">
-        <v>2294</v>
+        <v>13</v>
       </c>
       <c r="G585" s="1" t="s">
-        <v>2307</v>
+        <v>2363</v>
       </c>
       <c r="H585" t="s">
-        <v>2308</v>
+        <v>2364</v>
       </c>
     </row>
     <row r="586" spans="1:8">
       <c r="A586" t="s">
-        <v>2309</v>
+        <v>2365</v>
       </c>
       <c r="B586" t="s">
         <v>9</v>
       </c>
       <c r="C586" t="s">
-        <v>48</v>
+        <v>2366</v>
       </c>
       <c r="D586" t="s">
-        <v>2282</v>
+        <v>11</v>
       </c>
       <c r="E586" t="s">
-        <v>2283</v>
+        <v>12</v>
       </c>
       <c r="F586" t="s">
-        <v>2294</v>
+        <v>44</v>
       </c>
       <c r="G586" s="1" t="s">
-        <v>2310</v>
+        <v>2367</v>
       </c>
       <c r="H586" t="s">
-        <v>2311</v>
+        <v>2368</v>
       </c>
     </row>
     <row r="587" spans="1:8">
       <c r="A587" t="s">
-        <v>2312</v>
+        <v>2369</v>
       </c>
       <c r="B587" t="s">
         <v>9</v>
       </c>
       <c r="C587" t="s">
-        <v>53</v>
+        <v>2370</v>
       </c>
       <c r="D587" t="s">
-        <v>2282</v>
+        <v>11</v>
       </c>
       <c r="E587" t="s">
-        <v>2283</v>
+        <v>12</v>
       </c>
       <c r="F587" t="s">
-        <v>2294</v>
+        <v>44</v>
       </c>
       <c r="G587" s="1" t="s">
-        <v>2313</v>
+        <v>2371</v>
       </c>
       <c r="H587" t="s">
-        <v>2314</v>
+        <v>2372</v>
       </c>
     </row>
     <row r="588" spans="1:8">
       <c r="A588" t="s">
-        <v>2315</v>
+        <v>2373</v>
       </c>
       <c r="B588" t="s">
         <v>9</v>
       </c>
       <c r="C588" t="s">
-        <v>57</v>
+        <v>2374</v>
       </c>
       <c r="D588" t="s">
-        <v>2282</v>
+        <v>11</v>
       </c>
       <c r="E588" t="s">
-        <v>2283</v>
+        <v>12</v>
       </c>
       <c r="F588" t="s">
-        <v>2284</v>
+        <v>49</v>
       </c>
       <c r="G588" s="1" t="s">
-        <v>2316</v>
+        <v>2375</v>
       </c>
       <c r="H588" t="s">
-        <v>2317</v>
+        <v>2376</v>
       </c>
     </row>
     <row r="589" spans="1:8">
       <c r="A589" t="s">
-        <v>2318</v>
+        <v>2377</v>
       </c>
       <c r="B589" t="s">
         <v>9</v>
       </c>
       <c r="C589" t="s">
-        <v>61</v>
+        <v>2378</v>
       </c>
       <c r="D589" t="s">
-        <v>2282</v>
+        <v>11</v>
       </c>
       <c r="E589" t="s">
-        <v>2283</v>
+        <v>12</v>
       </c>
       <c r="F589" t="s">
-        <v>2319</v>
+        <v>49</v>
       </c>
       <c r="G589" s="1" t="s">
-        <v>2320</v>
+        <v>2379</v>
       </c>
       <c r="H589" t="s">
-        <v>2321</v>
+        <v>2380</v>
       </c>
     </row>
     <row r="590" spans="1:8">
       <c r="A590" t="s">
-        <v>2322</v>
+        <v>2381</v>
       </c>
       <c r="B590" t="s">
         <v>9</v>
       </c>
       <c r="C590" t="s">
-        <v>65</v>
+        <v>2382</v>
       </c>
       <c r="D590" t="s">
-        <v>2282</v>
+        <v>11</v>
       </c>
       <c r="E590" t="s">
-        <v>2283</v>
+        <v>12</v>
       </c>
       <c r="F590" t="s">
-        <v>2294</v>
+        <v>49</v>
       </c>
       <c r="G590" s="1" t="s">
-        <v>2323</v>
+        <v>2383</v>
       </c>
       <c r="H590" t="s">
-        <v>2324</v>
+        <v>2384</v>
       </c>
     </row>
     <row r="591" spans="1:8">
       <c r="A591" t="s">
-        <v>2325</v>
+        <v>2385</v>
       </c>
       <c r="B591" t="s">
         <v>9</v>
       </c>
       <c r="C591" t="s">
-        <v>69</v>
+        <v>2386</v>
       </c>
       <c r="D591" t="s">
-        <v>2282</v>
+        <v>11</v>
       </c>
       <c r="E591" t="s">
-        <v>2283</v>
+        <v>12</v>
       </c>
       <c r="F591" t="s">
-        <v>2294</v>
+        <v>114</v>
       </c>
       <c r="G591" s="1" t="s">
-        <v>2326</v>
+        <v>2387</v>
       </c>
       <c r="H591" t="s">
-        <v>2327</v>
+        <v>2388</v>
       </c>
     </row>
     <row r="592" spans="1:8">
       <c r="A592" t="s">
-        <v>2328</v>
+        <v>2389</v>
       </c>
       <c r="B592" t="s">
         <v>9</v>
       </c>
       <c r="C592" t="s">
-        <v>74</v>
+        <v>2390</v>
       </c>
       <c r="D592" t="s">
-        <v>2282</v>
+        <v>11</v>
       </c>
       <c r="E592" t="s">
-        <v>2283</v>
+        <v>12</v>
       </c>
       <c r="F592" t="s">
-        <v>2294</v>
+        <v>114</v>
       </c>
       <c r="G592" s="1" t="s">
-        <v>2329</v>
+        <v>2391</v>
       </c>
       <c r="H592" t="s">
-        <v>2330</v>
+        <v>2392</v>
       </c>
     </row>
     <row r="593" spans="1:8">
       <c r="A593" t="s">
-        <v>2331</v>
+        <v>2393</v>
       </c>
       <c r="B593" t="s">
         <v>9</v>
       </c>
       <c r="C593" t="s">
-        <v>78</v>
+        <v>2394</v>
       </c>
       <c r="D593" t="s">
-        <v>2282</v>
+        <v>11</v>
       </c>
       <c r="E593" t="s">
-        <v>2283</v>
+        <v>12</v>
       </c>
       <c r="F593" t="s">
-        <v>2294</v>
+        <v>114</v>
       </c>
       <c r="G593" s="1" t="s">
-        <v>2332</v>
+        <v>2395</v>
       </c>
       <c r="H593" t="s">
-        <v>2333</v>
+        <v>2396</v>
       </c>
     </row>
     <row r="594" spans="1:8">
       <c r="A594" t="s">
-        <v>2334</v>
+        <v>2397</v>
       </c>
       <c r="B594" t="s">
         <v>9</v>
       </c>
       <c r="C594" t="s">
-        <v>83</v>
+        <v>2398</v>
       </c>
       <c r="D594" t="s">
-        <v>2282</v>
+        <v>11</v>
       </c>
       <c r="E594" t="s">
-        <v>2283</v>
+        <v>12</v>
       </c>
       <c r="F594" t="s">
-        <v>2294</v>
+        <v>22</v>
       </c>
       <c r="G594" s="1" t="s">
-        <v>2335</v>
+        <v>2399</v>
       </c>
       <c r="H594" t="s">
-        <v>2336</v>
+        <v>2400</v>
       </c>
     </row>
     <row r="595" spans="1:8">
       <c r="A595" t="s">
-        <v>2337</v>
+        <v>2401</v>
       </c>
       <c r="B595" t="s">
         <v>9</v>
       </c>
       <c r="C595" t="s">
-        <v>88</v>
+        <v>2402</v>
       </c>
       <c r="D595" t="s">
-        <v>2282</v>
+        <v>11</v>
       </c>
       <c r="E595" t="s">
-        <v>2283</v>
+        <v>12</v>
       </c>
       <c r="F595" t="s">
-        <v>2338</v>
+        <v>13</v>
       </c>
       <c r="G595" s="1" t="s">
-        <v>2339</v>
+        <v>2403</v>
       </c>
       <c r="H595" t="s">
-        <v>2340</v>
+        <v>2404</v>
       </c>
     </row>
     <row r="596" spans="1:8">
       <c r="A596" t="s">
-        <v>2341</v>
+        <v>2405</v>
       </c>
       <c r="B596" t="s">
         <v>9</v>
       </c>
       <c r="C596" t="s">
-        <v>92</v>
+        <v>2406</v>
       </c>
       <c r="D596" t="s">
-        <v>2282</v>
+        <v>11</v>
       </c>
       <c r="E596" t="s">
-        <v>2283</v>
+        <v>12</v>
       </c>
       <c r="F596" t="s">
-        <v>2284</v>
+        <v>13</v>
       </c>
       <c r="G596" s="1" t="s">
-        <v>2342</v>
+        <v>2407</v>
       </c>
       <c r="H596" t="s">
-        <v>2343</v>
+        <v>2408</v>
       </c>
     </row>
     <row r="597" spans="1:8">
       <c r="A597" t="s">
-        <v>2344</v>
+        <v>2409</v>
       </c>
       <c r="B597" t="s">
         <v>9</v>
       </c>
       <c r="C597" t="s">
-        <v>97</v>
+        <v>2410</v>
       </c>
       <c r="D597" t="s">
-        <v>2282</v>
+        <v>11</v>
       </c>
       <c r="E597" t="s">
-        <v>2283</v>
+        <v>12</v>
       </c>
       <c r="F597" t="s">
-        <v>2294</v>
+        <v>13</v>
       </c>
       <c r="G597" s="1" t="s">
-        <v>2345</v>
+        <v>2411</v>
       </c>
       <c r="H597" t="s">
-        <v>2346</v>
+        <v>2412</v>
       </c>
     </row>
     <row r="598" spans="1:8">
       <c r="A598" t="s">
-        <v>2347</v>
+        <v>2413</v>
       </c>
       <c r="B598" t="s">
         <v>9</v>
       </c>
       <c r="C598" t="s">
-        <v>101</v>
+        <v>2414</v>
       </c>
       <c r="D598" t="s">
-        <v>2282</v>
+        <v>11</v>
       </c>
       <c r="E598" t="s">
-        <v>2283</v>
+        <v>12</v>
       </c>
       <c r="F598" t="s">
-        <v>2294</v>
+        <v>114</v>
       </c>
       <c r="G598" s="1" t="s">
-        <v>2348</v>
+        <v>2415</v>
       </c>
       <c r="H598" t="s">
-        <v>2349</v>
+        <v>2416</v>
       </c>
     </row>
     <row r="599" spans="1:8">
       <c r="A599" t="s">
-        <v>2350</v>
+        <v>2417</v>
       </c>
       <c r="B599" t="s">
         <v>9</v>
       </c>
       <c r="C599" t="s">
-        <v>105</v>
+        <v>2418</v>
       </c>
       <c r="D599" t="s">
-        <v>2282</v>
+        <v>11</v>
       </c>
       <c r="E599" t="s">
-        <v>2283</v>
+        <v>12</v>
       </c>
       <c r="F599" t="s">
-        <v>2294</v>
+        <v>114</v>
       </c>
       <c r="G599" s="1" t="s">
-        <v>2351</v>
+        <v>2419</v>
       </c>
       <c r="H599" t="s">
-        <v>2352</v>
+        <v>2420</v>
       </c>
     </row>
     <row r="600" spans="1:8">
       <c r="A600" t="s">
-        <v>2353</v>
+        <v>2421</v>
       </c>
       <c r="B600" t="s">
         <v>9</v>
       </c>
       <c r="C600" t="s">
-        <v>109</v>
+        <v>2422</v>
       </c>
       <c r="D600" t="s">
-        <v>2282</v>
+        <v>11</v>
       </c>
       <c r="E600" t="s">
-        <v>2283</v>
+        <v>12</v>
       </c>
       <c r="F600" t="s">
-        <v>2354</v>
+        <v>114</v>
       </c>
       <c r="G600" s="1" t="s">
-        <v>2355</v>
+        <v>2423</v>
       </c>
       <c r="H600" t="s">
-        <v>2356</v>
+        <v>2424</v>
       </c>
     </row>
     <row r="601" spans="1:8">
       <c r="A601" t="s">
-        <v>2357</v>
+        <v>2425</v>
       </c>
       <c r="B601" t="s">
         <v>9</v>
       </c>
       <c r="C601" t="s">
-        <v>113</v>
+        <v>2426</v>
       </c>
       <c r="D601" t="s">
-        <v>2282</v>
+        <v>11</v>
       </c>
       <c r="E601" t="s">
-        <v>2283</v>
+        <v>12</v>
       </c>
       <c r="F601" t="s">
-        <v>2284</v>
+        <v>44</v>
       </c>
       <c r="G601" s="1" t="s">
-        <v>2358</v>
+        <v>2427</v>
       </c>
       <c r="H601" t="s">
-        <v>2359</v>
+        <v>2428</v>
       </c>
     </row>
     <row r="602" spans="1:8">
       <c r="A602" t="s">
-        <v>2360</v>
+        <v>2429</v>
       </c>
       <c r="B602" t="s">
         <v>9</v>
       </c>
       <c r="C602" t="s">
-        <v>118</v>
+        <v>2430</v>
       </c>
       <c r="D602" t="s">
-        <v>2282</v>
+        <v>11</v>
       </c>
       <c r="E602" t="s">
-        <v>2283</v>
+        <v>12</v>
       </c>
       <c r="F602" t="s">
-        <v>2338</v>
+        <v>49</v>
       </c>
       <c r="G602" s="1" t="s">
-        <v>2361</v>
+        <v>2431</v>
       </c>
       <c r="H602" t="s">
-        <v>2362</v>
+        <v>2432</v>
       </c>
     </row>
     <row r="603" spans="1:8">
       <c r="A603" t="s">
-        <v>2363</v>
+        <v>2433</v>
       </c>
       <c r="B603" t="s">
         <v>9</v>
       </c>
       <c r="C603" t="s">
-        <v>122</v>
+        <v>2434</v>
       </c>
       <c r="D603" t="s">
-        <v>2282</v>
+        <v>11</v>
       </c>
       <c r="E603" t="s">
-        <v>2283</v>
+        <v>12</v>
       </c>
       <c r="F603" t="s">
-        <v>2294</v>
+        <v>49</v>
       </c>
       <c r="G603" s="1" t="s">
-        <v>2364</v>
+        <v>2435</v>
       </c>
       <c r="H603" t="s">
-        <v>2365</v>
+        <v>2436</v>
       </c>
     </row>
     <row r="604" spans="1:8">
       <c r="A604" t="s">
-        <v>2366</v>
+        <v>2437</v>
       </c>
       <c r="B604" t="s">
         <v>9</v>
       </c>
       <c r="C604" t="s">
-        <v>126</v>
+        <v>2438</v>
       </c>
       <c r="D604" t="s">
-        <v>2282</v>
+        <v>11</v>
       </c>
       <c r="E604" t="s">
-        <v>2283</v>
+        <v>12</v>
       </c>
       <c r="F604" t="s">
-        <v>2338</v>
+        <v>49</v>
       </c>
       <c r="G604" s="1" t="s">
-        <v>2367</v>
+        <v>2439</v>
       </c>
       <c r="H604" t="s">
-        <v>2368</v>
+        <v>2440</v>
       </c>
     </row>
     <row r="605" spans="1:8">
       <c r="A605" t="s">
-        <v>2369</v>
+        <v>2441</v>
       </c>
       <c r="B605" t="s">
         <v>9</v>
       </c>
       <c r="C605" t="s">
-        <v>130</v>
+        <v>10</v>
       </c>
       <c r="D605" t="s">
-        <v>2282</v>
+        <v>2442</v>
       </c>
       <c r="E605" t="s">
-        <v>2283</v>
+        <v>2443</v>
       </c>
       <c r="F605" t="s">
-        <v>2284</v>
+        <v>2444</v>
       </c>
       <c r="G605" s="1" t="s">
-        <v>2370</v>
+        <v>2445</v>
       </c>
       <c r="H605" t="s">
-        <v>2371</v>
+        <v>2446</v>
       </c>
     </row>
     <row r="606" spans="1:8">
       <c r="A606" t="s">
-        <v>2372</v>
+        <v>2447</v>
       </c>
       <c r="B606" t="s">
         <v>9</v>
       </c>
       <c r="C606" t="s">
-        <v>134</v>
+        <v>17</v>
       </c>
       <c r="D606" t="s">
-        <v>2282</v>
+        <v>2442</v>
       </c>
       <c r="E606" t="s">
-        <v>2283</v>
+        <v>2443</v>
       </c>
       <c r="F606" t="s">
-        <v>2294</v>
+        <v>2448</v>
       </c>
       <c r="G606" s="1" t="s">
-        <v>2373</v>
+        <v>2449</v>
       </c>
       <c r="H606" t="s">
-        <v>2374</v>
+        <v>2450</v>
       </c>
     </row>
     <row r="607" spans="1:8">
       <c r="A607" t="s">
-        <v>2375</v>
+        <v>2451</v>
       </c>
       <c r="B607" t="s">
         <v>9</v>
       </c>
       <c r="C607" t="s">
-        <v>138</v>
+        <v>21</v>
       </c>
       <c r="D607" t="s">
-        <v>2282</v>
+        <v>2442</v>
       </c>
       <c r="E607" t="s">
-        <v>2283</v>
+        <v>2443</v>
       </c>
       <c r="F607" t="s">
-        <v>2294</v>
+        <v>2452</v>
       </c>
       <c r="G607" s="1" t="s">
-        <v>2376</v>
+        <v>2453</v>
       </c>
       <c r="H607" t="s">
-        <v>2368</v>
+        <v>2454</v>
       </c>
     </row>
     <row r="608" spans="1:8">
       <c r="A608" t="s">
-        <v>2377</v>
+        <v>2455</v>
       </c>
       <c r="B608" t="s">
         <v>9</v>
       </c>
       <c r="C608" t="s">
-        <v>143</v>
+        <v>10</v>
       </c>
       <c r="D608" t="s">
-        <v>2282</v>
+        <v>2456</v>
       </c>
       <c r="E608" t="s">
-        <v>2283</v>
+        <v>2457</v>
       </c>
       <c r="F608" t="s">
-        <v>2294</v>
+        <v>44</v>
       </c>
       <c r="G608" s="1" t="s">
-        <v>2378</v>
+        <v>2458</v>
       </c>
       <c r="H608" t="s">
-        <v>2379</v>
+        <v>2459</v>
       </c>
     </row>
     <row r="609" spans="1:8">
       <c r="A609" t="s">
-        <v>2380</v>
+        <v>2460</v>
       </c>
       <c r="B609" t="s">
         <v>9</v>
       </c>
       <c r="C609" t="s">
-        <v>147</v>
+        <v>17</v>
       </c>
       <c r="D609" t="s">
-        <v>2282</v>
+        <v>2456</v>
       </c>
       <c r="E609" t="s">
-        <v>2283</v>
+        <v>2457</v>
       </c>
       <c r="F609" t="s">
-        <v>2294</v>
+        <v>70</v>
       </c>
       <c r="G609" s="1" t="s">
-        <v>2381</v>
+        <v>2461</v>
       </c>
       <c r="H609" t="s">
-        <v>2382</v>
+        <v>2462</v>
       </c>
     </row>
     <row r="610" spans="1:8">
       <c r="A610" t="s">
-        <v>2383</v>
+        <v>2463</v>
       </c>
       <c r="B610" t="s">
         <v>9</v>
       </c>
       <c r="C610" t="s">
-        <v>151</v>
+        <v>21</v>
       </c>
       <c r="D610" t="s">
-        <v>2282</v>
+        <v>2456</v>
       </c>
       <c r="E610" t="s">
-        <v>2283</v>
+        <v>2457</v>
       </c>
       <c r="F610" t="s">
-        <v>2294</v>
+        <v>79</v>
       </c>
       <c r="G610" s="1" t="s">
-        <v>2384</v>
+        <v>2464</v>
       </c>
       <c r="H610" t="s">
-        <v>2371</v>
+        <v>2465</v>
       </c>
     </row>
     <row r="611" spans="1:8">
       <c r="A611" t="s">
-        <v>2385</v>
+        <v>2466</v>
       </c>
       <c r="B611" t="s">
         <v>9</v>
       </c>
       <c r="C611" t="s">
-        <v>155</v>
+        <v>26</v>
       </c>
       <c r="D611" t="s">
-        <v>2282</v>
+        <v>2456</v>
       </c>
       <c r="E611" t="s">
-        <v>2283</v>
+        <v>2457</v>
       </c>
       <c r="F611" t="s">
-        <v>2386</v>
+        <v>49</v>
       </c>
       <c r="G611" s="1" t="s">
-        <v>2387</v>
+        <v>2467</v>
       </c>
       <c r="H611" t="s">
-        <v>2388</v>
+        <v>2468</v>
       </c>
     </row>
     <row r="612" spans="1:8">
       <c r="A612" t="s">
-        <v>2389</v>
+        <v>2469</v>
       </c>
       <c r="B612" t="s">
         <v>9</v>
       </c>
       <c r="C612" t="s">
-        <v>160</v>
+        <v>31</v>
       </c>
       <c r="D612" t="s">
-        <v>2282</v>
+        <v>2456</v>
       </c>
       <c r="E612" t="s">
-        <v>2283</v>
+        <v>2457</v>
       </c>
       <c r="F612" t="s">
-        <v>2386</v>
+        <v>27</v>
       </c>
       <c r="G612" s="1" t="s">
-        <v>2390</v>
+        <v>2470</v>
       </c>
       <c r="H612" t="s">
-        <v>2391</v>
+        <v>2471</v>
       </c>
     </row>
     <row r="613" spans="1:8">
       <c r="A613" t="s">
-        <v>2392</v>
+        <v>2472</v>
       </c>
       <c r="B613" t="s">
         <v>9</v>
       </c>
       <c r="C613" t="s">
-        <v>165</v>
+        <v>35</v>
       </c>
       <c r="D613" t="s">
-        <v>2282</v>
+        <v>2456</v>
       </c>
       <c r="E613" t="s">
-        <v>2283</v>
+        <v>2457</v>
       </c>
       <c r="F613" t="s">
-        <v>2284</v>
+        <v>84</v>
       </c>
       <c r="G613" s="1" t="s">
-        <v>2393</v>
+        <v>2473</v>
       </c>
       <c r="H613" t="s">
-        <v>2394</v>
+        <v>2471</v>
       </c>
     </row>
     <row r="614" spans="1:8">
       <c r="A614" t="s">
-        <v>2395</v>
+        <v>2474</v>
       </c>
       <c r="B614" t="s">
         <v>9</v>
       </c>
       <c r="C614" t="s">
-        <v>169</v>
+        <v>39</v>
       </c>
       <c r="D614" t="s">
-        <v>2282</v>
+        <v>2456</v>
       </c>
       <c r="E614" t="s">
-        <v>2283</v>
+        <v>2457</v>
       </c>
       <c r="F614" t="s">
-        <v>2338</v>
+        <v>2452</v>
       </c>
       <c r="G614" s="1" t="s">
-        <v>2396</v>
+        <v>2475</v>
       </c>
       <c r="H614" t="s">
-        <v>2397</v>
+        <v>2476</v>
       </c>
     </row>
     <row r="615" spans="1:8">
       <c r="A615" t="s">
-        <v>2398</v>
+        <v>2477</v>
       </c>
       <c r="B615" t="s">
         <v>9</v>
       </c>
       <c r="C615" t="s">
-        <v>173</v>
+        <v>43</v>
       </c>
       <c r="D615" t="s">
-        <v>2282</v>
+        <v>2456</v>
       </c>
       <c r="E615" t="s">
-        <v>2283</v>
+        <v>2457</v>
       </c>
       <c r="F615" t="s">
-        <v>2284</v>
+        <v>2452</v>
       </c>
       <c r="G615" s="1" t="s">
-        <v>2399</v>
+        <v>2478</v>
       </c>
       <c r="H615" t="s">
-        <v>2400</v>
+        <v>2479</v>
       </c>
     </row>
     <row r="616" spans="1:8">
       <c r="A616" t="s">
-        <v>2401</v>
+        <v>2480</v>
       </c>
       <c r="B616" t="s">
         <v>9</v>
       </c>
       <c r="C616" t="s">
-        <v>177</v>
+        <v>48</v>
       </c>
       <c r="D616" t="s">
-        <v>2282</v>
+        <v>2456</v>
       </c>
       <c r="E616" t="s">
-        <v>2283</v>
+        <v>2457</v>
       </c>
       <c r="F616" t="s">
-        <v>2284</v>
+        <v>114</v>
       </c>
       <c r="G616" s="1" t="s">
-        <v>2402</v>
+        <v>2481</v>
       </c>
       <c r="H616" t="s">
-        <v>2388</v>
+        <v>2482</v>
       </c>
     </row>
     <row r="617" spans="1:8">
       <c r="A617" t="s">
-        <v>2403</v>
+        <v>2483</v>
       </c>
       <c r="B617" t="s">
         <v>9</v>
       </c>
       <c r="C617" t="s">
-        <v>181</v>
+        <v>53</v>
       </c>
       <c r="D617" t="s">
-        <v>2282</v>
+        <v>2456</v>
       </c>
       <c r="E617" t="s">
-        <v>2283</v>
+        <v>2457</v>
       </c>
       <c r="F617" t="s">
-        <v>2294</v>
+        <v>49</v>
       </c>
       <c r="G617" s="1" t="s">
-        <v>2404</v>
+        <v>2484</v>
       </c>
       <c r="H617" t="s">
-        <v>2405</v>
+        <v>2485</v>
       </c>
     </row>
     <row r="618" spans="1:8">
       <c r="A618" t="s">
-        <v>2406</v>
+        <v>2486</v>
       </c>
       <c r="B618" t="s">
         <v>9</v>
       </c>
       <c r="C618" t="s">
-        <v>185</v>
+        <v>57</v>
       </c>
       <c r="D618" t="s">
-        <v>2282</v>
+        <v>2456</v>
       </c>
       <c r="E618" t="s">
-        <v>2283</v>
+        <v>2457</v>
       </c>
       <c r="F618" t="s">
-        <v>2294</v>
+        <v>49</v>
       </c>
       <c r="G618" s="1" t="s">
-        <v>2407</v>
+        <v>2487</v>
       </c>
       <c r="H618" t="s">
-        <v>2408</v>
+        <v>2488</v>
       </c>
     </row>
     <row r="619" spans="1:8">
       <c r="A619" t="s">
-        <v>2409</v>
+        <v>2489</v>
       </c>
       <c r="B619" t="s">
         <v>9</v>
       </c>
       <c r="C619" t="s">
-        <v>189</v>
+        <v>61</v>
       </c>
       <c r="D619" t="s">
-        <v>2282</v>
+        <v>2456</v>
       </c>
       <c r="E619" t="s">
-        <v>2283</v>
+        <v>2457</v>
       </c>
       <c r="F619" t="s">
-        <v>2294</v>
+        <v>22</v>
       </c>
       <c r="G619" s="1" t="s">
-        <v>2410</v>
+        <v>2490</v>
       </c>
       <c r="H619" t="s">
-        <v>2411</v>
+        <v>2491</v>
       </c>
     </row>
     <row r="620" spans="1:8">
       <c r="A620" t="s">
-        <v>2412</v>
+        <v>2492</v>
       </c>
       <c r="B620" t="s">
         <v>9</v>
       </c>
       <c r="C620" t="s">
-        <v>193</v>
+        <v>65</v>
       </c>
       <c r="D620" t="s">
-        <v>2282</v>
+        <v>2456</v>
       </c>
       <c r="E620" t="s">
-        <v>2283</v>
+        <v>2457</v>
       </c>
       <c r="F620" t="s">
-        <v>2294</v>
+        <v>114</v>
       </c>
       <c r="G620" s="1" t="s">
-        <v>2413</v>
+        <v>2493</v>
       </c>
       <c r="H620" t="s">
-        <v>2414</v>
+        <v>2494</v>
       </c>
     </row>
     <row r="621" spans="1:8">
       <c r="A621" t="s">
-        <v>2415</v>
+        <v>2495</v>
       </c>
       <c r="B621" t="s">
         <v>9</v>
       </c>
       <c r="C621" t="s">
-        <v>197</v>
+        <v>69</v>
       </c>
       <c r="D621" t="s">
-        <v>2282</v>
+        <v>2456</v>
       </c>
       <c r="E621" t="s">
-        <v>2283</v>
+        <v>2457</v>
       </c>
       <c r="F621" t="s">
-        <v>2294</v>
+        <v>49</v>
       </c>
       <c r="G621" s="1" t="s">
-        <v>2416</v>
+        <v>2496</v>
       </c>
       <c r="H621" t="s">
-        <v>2417</v>
+        <v>2497</v>
       </c>
     </row>
     <row r="622" spans="1:8">
       <c r="A622" t="s">
-        <v>2418</v>
+        <v>2498</v>
       </c>
       <c r="B622" t="s">
         <v>9</v>
       </c>
       <c r="C622" t="s">
-        <v>201</v>
+        <v>74</v>
       </c>
       <c r="D622" t="s">
-        <v>2282</v>
+        <v>2456</v>
       </c>
       <c r="E622" t="s">
-        <v>2283</v>
+        <v>2457</v>
       </c>
       <c r="F622" t="s">
-        <v>2294</v>
+        <v>27</v>
       </c>
       <c r="G622" s="1" t="s">
-        <v>2419</v>
+        <v>2499</v>
       </c>
       <c r="H622" t="s">
-        <v>2420</v>
+        <v>2500</v>
       </c>
     </row>
     <row r="623" spans="1:8">
       <c r="A623" t="s">
-        <v>2421</v>
+        <v>2501</v>
       </c>
       <c r="B623" t="s">
         <v>9</v>
       </c>
       <c r="C623" t="s">
-        <v>205</v>
+        <v>78</v>
       </c>
       <c r="D623" t="s">
-        <v>2282</v>
+        <v>2456</v>
       </c>
       <c r="E623" t="s">
-        <v>2283</v>
+        <v>2457</v>
       </c>
       <c r="F623" t="s">
-        <v>2294</v>
+        <v>49</v>
       </c>
       <c r="G623" s="1" t="s">
-        <v>2422</v>
+        <v>2502</v>
       </c>
       <c r="H623" t="s">
-        <v>2423</v>
+        <v>2503</v>
       </c>
     </row>
     <row r="624" spans="1:8">
       <c r="A624" t="s">
-        <v>2424</v>
+        <v>2504</v>
       </c>
       <c r="B624" t="s">
         <v>9</v>
       </c>
       <c r="C624" t="s">
-        <v>209</v>
+        <v>83</v>
       </c>
       <c r="D624" t="s">
-        <v>2282</v>
+        <v>2456</v>
       </c>
       <c r="E624" t="s">
-        <v>2283</v>
+        <v>2457</v>
       </c>
       <c r="F624" t="s">
-        <v>2294</v>
+        <v>2452</v>
       </c>
       <c r="G624" s="1" t="s">
-        <v>2425</v>
+        <v>2505</v>
       </c>
       <c r="H624" t="s">
-        <v>2426</v>
+        <v>2506</v>
       </c>
     </row>
     <row r="625" spans="1:8">
       <c r="A625" t="s">
-        <v>2427</v>
+        <v>2507</v>
       </c>
       <c r="B625" t="s">
         <v>9</v>
       </c>
       <c r="C625" t="s">
-        <v>213</v>
+        <v>88</v>
       </c>
       <c r="D625" t="s">
-        <v>2282</v>
+        <v>2456</v>
       </c>
       <c r="E625" t="s">
-        <v>2283</v>
+        <v>2457</v>
       </c>
       <c r="F625" t="s">
-        <v>2294</v>
+        <v>114</v>
       </c>
       <c r="G625" s="1" t="s">
-        <v>2428</v>
+        <v>2508</v>
       </c>
       <c r="H625" t="s">
-        <v>2429</v>
+        <v>2509</v>
       </c>
     </row>
     <row r="626" spans="1:8">
       <c r="A626" t="s">
-        <v>2430</v>
+        <v>2510</v>
       </c>
       <c r="B626" t="s">
         <v>9</v>
       </c>
       <c r="C626" t="s">
-        <v>217</v>
+        <v>92</v>
       </c>
       <c r="D626" t="s">
-        <v>2282</v>
+        <v>2456</v>
       </c>
       <c r="E626" t="s">
-        <v>2283</v>
+        <v>2457</v>
       </c>
       <c r="F626" t="s">
-        <v>2338</v>
+        <v>156</v>
       </c>
       <c r="G626" s="1" t="s">
-        <v>2431</v>
+        <v>2511</v>
       </c>
       <c r="H626" t="s">
-        <v>2432</v>
+        <v>2509</v>
       </c>
     </row>
     <row r="627" spans="1:8">
       <c r="A627" t="s">
-        <v>2433</v>
+        <v>2512</v>
       </c>
       <c r="B627" t="s">
         <v>9</v>
       </c>
       <c r="C627" t="s">
-        <v>221</v>
+        <v>97</v>
       </c>
       <c r="D627" t="s">
-        <v>2282</v>
+        <v>2456</v>
       </c>
       <c r="E627" t="s">
-        <v>2283</v>
+        <v>2457</v>
       </c>
       <c r="F627" t="s">
-        <v>2284</v>
+        <v>44</v>
       </c>
       <c r="G627" s="1" t="s">
-        <v>2434</v>
+        <v>2513</v>
       </c>
       <c r="H627" t="s">
-        <v>2432</v>
+        <v>2514</v>
       </c>
     </row>
     <row r="628" spans="1:8">
       <c r="A628" t="s">
-        <v>2435</v>
+        <v>2515</v>
       </c>
       <c r="B628" t="s">
         <v>9</v>
       </c>
       <c r="C628" t="s">
-        <v>225</v>
+        <v>101</v>
       </c>
       <c r="D628" t="s">
-        <v>2282</v>
+        <v>2456</v>
       </c>
       <c r="E628" t="s">
-        <v>2283</v>
+        <v>2457</v>
       </c>
       <c r="F628" t="s">
-        <v>2294</v>
+        <v>156</v>
       </c>
       <c r="G628" s="1" t="s">
-        <v>2436</v>
+        <v>2516</v>
       </c>
       <c r="H628" t="s">
-        <v>2437</v>
+        <v>2517</v>
       </c>
     </row>
     <row r="629" spans="1:8">
       <c r="A629" t="s">
-        <v>2438</v>
+        <v>2518</v>
       </c>
       <c r="B629" t="s">
         <v>9</v>
       </c>
       <c r="C629" t="s">
-        <v>229</v>
+        <v>105</v>
       </c>
       <c r="D629" t="s">
-        <v>2282</v>
+        <v>2456</v>
       </c>
       <c r="E629" t="s">
-        <v>2283</v>
+        <v>2457</v>
       </c>
       <c r="F629" t="s">
-        <v>2294</v>
+        <v>27</v>
       </c>
       <c r="G629" s="1" t="s">
-        <v>2439</v>
+        <v>2519</v>
       </c>
       <c r="H629" t="s">
-        <v>2440</v>
+        <v>2520</v>
       </c>
     </row>
     <row r="630" spans="1:8">
       <c r="A630" t="s">
-        <v>2441</v>
+        <v>2521</v>
       </c>
       <c r="B630" t="s">
         <v>9</v>
       </c>
       <c r="C630" t="s">
-        <v>233</v>
+        <v>109</v>
       </c>
       <c r="D630" t="s">
-        <v>2282</v>
+        <v>2456</v>
       </c>
       <c r="E630" t="s">
-        <v>2283</v>
+        <v>2457</v>
       </c>
       <c r="F630" t="s">
-        <v>2338</v>
+        <v>49</v>
       </c>
       <c r="G630" s="1" t="s">
-        <v>2442</v>
+        <v>2522</v>
       </c>
       <c r="H630" t="s">
-        <v>2443</v>
+        <v>2523</v>
       </c>
     </row>
     <row r="631" spans="1:8">
       <c r="A631" t="s">
-        <v>2444</v>
+        <v>2524</v>
       </c>
       <c r="B631" t="s">
         <v>9</v>
       </c>
       <c r="C631" t="s">
-        <v>237</v>
+        <v>113</v>
       </c>
       <c r="D631" t="s">
-        <v>2282</v>
+        <v>2456</v>
       </c>
       <c r="E631" t="s">
-        <v>2283</v>
+        <v>2457</v>
       </c>
       <c r="F631" t="s">
-        <v>2338</v>
+        <v>22</v>
       </c>
       <c r="G631" s="1" t="s">
-        <v>2445</v>
+        <v>2525</v>
       </c>
       <c r="H631" t="s">
-        <v>2446</v>
+        <v>2526</v>
       </c>
     </row>
     <row r="632" spans="1:8">
       <c r="A632" t="s">
-        <v>2447</v>
+        <v>2527</v>
       </c>
       <c r="B632" t="s">
         <v>9</v>
       </c>
       <c r="C632" t="s">
-        <v>241</v>
+        <v>118</v>
       </c>
       <c r="D632" t="s">
-        <v>2282</v>
+        <v>2456</v>
       </c>
       <c r="E632" t="s">
-        <v>2283</v>
+        <v>2457</v>
       </c>
       <c r="F632" t="s">
-        <v>2284</v>
+        <v>2528</v>
       </c>
       <c r="G632" s="1" t="s">
-        <v>2448</v>
+        <v>2529</v>
       </c>
       <c r="H632" t="s">
-        <v>2449</v>
+        <v>2530</v>
       </c>
     </row>
     <row r="633" spans="1:8">
       <c r="A633" t="s">
-        <v>2450</v>
+        <v>2531</v>
       </c>
       <c r="B633" t="s">
         <v>9</v>
       </c>
       <c r="C633" t="s">
-        <v>245</v>
+        <v>122</v>
       </c>
       <c r="D633" t="s">
-        <v>2282</v>
+        <v>2456</v>
       </c>
       <c r="E633" t="s">
-        <v>2283</v>
+        <v>2457</v>
       </c>
       <c r="F633" t="s">
-        <v>2284</v>
+        <v>49</v>
       </c>
       <c r="G633" s="1" t="s">
-        <v>2451</v>
+        <v>2532</v>
       </c>
       <c r="H633" t="s">
-        <v>2452</v>
+        <v>2533</v>
       </c>
     </row>
     <row r="634" spans="1:8">
       <c r="A634" t="s">
-        <v>2453</v>
+        <v>2534</v>
       </c>
       <c r="B634" t="s">
         <v>9</v>
       </c>
       <c r="C634" t="s">
-        <v>249</v>
+        <v>126</v>
       </c>
       <c r="D634" t="s">
-        <v>2282</v>
+        <v>2456</v>
       </c>
       <c r="E634" t="s">
-        <v>2283</v>
+        <v>2457</v>
       </c>
       <c r="F634" t="s">
-        <v>2294</v>
+        <v>22</v>
       </c>
       <c r="G634" s="1" t="s">
-        <v>2454</v>
+        <v>2535</v>
       </c>
       <c r="H634" t="s">
-        <v>2455</v>
+        <v>2536</v>
       </c>
     </row>
     <row r="635" spans="1:8">
       <c r="A635" t="s">
+        <v>2537</v>
+      </c>
+      <c r="B635" t="s">
+        <v>9</v>
+      </c>
+      <c r="C635" t="s">
+        <v>130</v>
+      </c>
+      <c r="D635" t="s">
         <v>2456</v>
       </c>
-      <c r="B635" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="E635" t="s">
-        <v>2283</v>
+        <v>2457</v>
       </c>
       <c r="F635" t="s">
-        <v>2294</v>
+        <v>2452</v>
       </c>
       <c r="G635" s="1" t="s">
-        <v>2457</v>
+        <v>2538</v>
       </c>
       <c r="H635" t="s">
-        <v>2458</v>
+        <v>2539</v>
       </c>
     </row>
     <row r="636" spans="1:8">
       <c r="A636" t="s">
-        <v>2459</v>
+        <v>2540</v>
       </c>
       <c r="B636" t="s">
         <v>9</v>
       </c>
       <c r="C636" t="s">
-        <v>257</v>
+        <v>134</v>
       </c>
       <c r="D636" t="s">
-        <v>2282</v>
+        <v>2456</v>
       </c>
       <c r="E636" t="s">
-        <v>2283</v>
+        <v>2457</v>
       </c>
       <c r="F636" t="s">
-        <v>2294</v>
+        <v>49</v>
       </c>
       <c r="G636" s="1" t="s">
-        <v>2460</v>
+        <v>2541</v>
       </c>
       <c r="H636" t="s">
-        <v>2461</v>
+        <v>2542</v>
       </c>
     </row>
     <row r="637" spans="1:8">
       <c r="A637" t="s">
-        <v>2462</v>
+        <v>2543</v>
       </c>
       <c r="B637" t="s">
         <v>9</v>
       </c>
       <c r="C637" t="s">
-        <v>261</v>
+        <v>138</v>
       </c>
       <c r="D637" t="s">
-        <v>2282</v>
+        <v>2456</v>
       </c>
       <c r="E637" t="s">
-        <v>2283</v>
+        <v>2457</v>
       </c>
       <c r="F637" t="s">
-        <v>2294</v>
+        <v>49</v>
       </c>
       <c r="G637" s="1" t="s">
-        <v>2463</v>
+        <v>2544</v>
       </c>
       <c r="H637" t="s">
-        <v>2464</v>
+        <v>2545</v>
       </c>
     </row>
     <row r="638" spans="1:8">
       <c r="A638" t="s">
-        <v>2465</v>
+        <v>2546</v>
       </c>
       <c r="B638" t="s">
         <v>9</v>
       </c>
       <c r="C638" t="s">
-        <v>265</v>
+        <v>143</v>
       </c>
       <c r="D638" t="s">
-        <v>2282</v>
+        <v>2456</v>
       </c>
       <c r="E638" t="s">
-        <v>2283</v>
+        <v>2457</v>
       </c>
       <c r="F638" t="s">
-        <v>2294</v>
+        <v>49</v>
       </c>
       <c r="G638" s="1" t="s">
-        <v>2466</v>
+        <v>2547</v>
       </c>
       <c r="H638" t="s">
-        <v>2467</v>
+        <v>2548</v>
       </c>
     </row>
     <row r="639" spans="1:8">
       <c r="A639" t="s">
-        <v>2468</v>
+        <v>2549</v>
       </c>
       <c r="B639" t="s">
         <v>9</v>
       </c>
       <c r="C639" t="s">
-        <v>269</v>
+        <v>147</v>
       </c>
       <c r="D639" t="s">
-        <v>2282</v>
+        <v>2456</v>
       </c>
       <c r="E639" t="s">
-        <v>2283</v>
+        <v>2457</v>
       </c>
       <c r="F639" t="s">
-        <v>2338</v>
+        <v>27</v>
       </c>
       <c r="G639" s="1" t="s">
-        <v>2469</v>
+        <v>2550</v>
       </c>
       <c r="H639" t="s">
-        <v>2470</v>
+        <v>2551</v>
       </c>
     </row>
     <row r="640" spans="1:8">
       <c r="A640" t="s">
-        <v>2471</v>
+        <v>2552</v>
       </c>
       <c r="B640" t="s">
         <v>9</v>
       </c>
       <c r="C640" t="s">
-        <v>273</v>
+        <v>151</v>
       </c>
       <c r="D640" t="s">
-        <v>2282</v>
+        <v>2456</v>
       </c>
       <c r="E640" t="s">
-        <v>2283</v>
+        <v>2457</v>
       </c>
       <c r="F640" t="s">
-        <v>2284</v>
+        <v>114</v>
       </c>
       <c r="G640" s="1" t="s">
-        <v>2472</v>
+        <v>2553</v>
       </c>
       <c r="H640" t="s">
-        <v>2473</v>
+        <v>2554</v>
       </c>
     </row>
     <row r="641" spans="1:8">
       <c r="A641" t="s">
-        <v>2474</v>
+        <v>2555</v>
       </c>
       <c r="B641" t="s">
         <v>9</v>
       </c>
       <c r="C641" t="s">
-        <v>277</v>
+        <v>155</v>
       </c>
       <c r="D641" t="s">
-        <v>2282</v>
+        <v>2456</v>
       </c>
       <c r="E641" t="s">
-        <v>2283</v>
+        <v>2457</v>
       </c>
       <c r="F641" t="s">
-        <v>2284</v>
+        <v>49</v>
       </c>
       <c r="G641" s="1" t="s">
-        <v>2475</v>
+        <v>2556</v>
       </c>
       <c r="H641" t="s">
-        <v>2476</v>
+        <v>2557</v>
       </c>
     </row>
     <row r="642" spans="1:8">
       <c r="A642" t="s">
-        <v>2477</v>
+        <v>2558</v>
       </c>
       <c r="B642" t="s">
         <v>9</v>
       </c>
       <c r="C642" t="s">
-        <v>281</v>
+        <v>160</v>
       </c>
       <c r="D642" t="s">
-        <v>2282</v>
+        <v>2456</v>
       </c>
       <c r="E642" t="s">
-        <v>2283</v>
+        <v>2457</v>
       </c>
       <c r="F642" t="s">
-        <v>2294</v>
+        <v>79</v>
       </c>
       <c r="G642" s="1" t="s">
-        <v>2478</v>
+        <v>2559</v>
       </c>
       <c r="H642" t="s">
-        <v>2479</v>
+        <v>2560</v>
       </c>
     </row>
     <row r="643" spans="1:8">
       <c r="A643" t="s">
-        <v>2480</v>
+        <v>2561</v>
       </c>
       <c r="B643" t="s">
         <v>9</v>
       </c>
       <c r="C643" t="s">
-        <v>285</v>
+        <v>165</v>
       </c>
       <c r="D643" t="s">
-        <v>2282</v>
+        <v>2456</v>
       </c>
       <c r="E643" t="s">
-        <v>2283</v>
+        <v>2457</v>
       </c>
       <c r="F643" t="s">
-        <v>2294</v>
+        <v>49</v>
       </c>
       <c r="G643" s="1" t="s">
-        <v>2481</v>
+        <v>2562</v>
       </c>
       <c r="H643" t="s">
-        <v>2482</v>
+        <v>2563</v>
       </c>
     </row>
     <row r="644" spans="1:8">
       <c r="A644" t="s">
-        <v>2483</v>
+        <v>2564</v>
       </c>
       <c r="B644" t="s">
         <v>9</v>
       </c>
       <c r="C644" t="s">
-        <v>289</v>
+        <v>169</v>
       </c>
       <c r="D644" t="s">
-        <v>2282</v>
+        <v>2456</v>
       </c>
       <c r="E644" t="s">
-        <v>2283</v>
+        <v>2457</v>
       </c>
       <c r="F644" t="s">
-        <v>2294</v>
+        <v>27</v>
       </c>
       <c r="G644" s="1" t="s">
-        <v>2484</v>
+        <v>2565</v>
       </c>
       <c r="H644" t="s">
-        <v>2485</v>
+        <v>2566</v>
       </c>
     </row>
     <row r="645" spans="1:8">
       <c r="A645" t="s">
-        <v>2486</v>
+        <v>2567</v>
       </c>
       <c r="B645" t="s">
         <v>9</v>
       </c>
       <c r="C645" t="s">
-        <v>293</v>
+        <v>173</v>
       </c>
       <c r="D645" t="s">
-        <v>2282</v>
+        <v>2456</v>
       </c>
       <c r="E645" t="s">
-        <v>2283</v>
+        <v>2457</v>
       </c>
       <c r="F645" t="s">
-        <v>2294</v>
+        <v>49</v>
       </c>
       <c r="G645" s="1" t="s">
-        <v>2487</v>
+        <v>2568</v>
       </c>
       <c r="H645" t="s">
-        <v>2488</v>
+        <v>2569</v>
       </c>
     </row>
     <row r="646" spans="1:8">
       <c r="A646" t="s">
-        <v>2489</v>
+        <v>2570</v>
       </c>
       <c r="B646" t="s">
         <v>9</v>
       </c>
       <c r="C646" t="s">
-        <v>297</v>
+        <v>177</v>
       </c>
       <c r="D646" t="s">
-        <v>2282</v>
+        <v>2456</v>
       </c>
       <c r="E646" t="s">
-        <v>2283</v>
+        <v>2457</v>
       </c>
       <c r="F646" t="s">
-        <v>2294</v>
+        <v>22</v>
       </c>
       <c r="G646" s="1" t="s">
-        <v>2490</v>
+        <v>2571</v>
       </c>
       <c r="H646" t="s">
-        <v>2491</v>
+        <v>2572</v>
       </c>
     </row>
     <row r="647" spans="1:8">
       <c r="A647" t="s">
-        <v>2492</v>
+        <v>2573</v>
       </c>
       <c r="B647" t="s">
         <v>9</v>
       </c>
       <c r="C647" t="s">
-        <v>301</v>
+        <v>181</v>
       </c>
       <c r="D647" t="s">
-        <v>2282</v>
+        <v>2456</v>
       </c>
       <c r="E647" t="s">
-        <v>2283</v>
+        <v>2457</v>
       </c>
       <c r="F647" t="s">
-        <v>2294</v>
+        <v>114</v>
       </c>
       <c r="G647" s="1" t="s">
-        <v>2493</v>
+        <v>2574</v>
       </c>
       <c r="H647" t="s">
-        <v>2494</v>
+        <v>2575</v>
       </c>
     </row>
     <row r="648" spans="1:8">
       <c r="A648" t="s">
-        <v>2495</v>
+        <v>2576</v>
       </c>
       <c r="B648" t="s">
         <v>9</v>
       </c>
       <c r="C648" t="s">
-        <v>305</v>
+        <v>185</v>
       </c>
       <c r="D648" t="s">
-        <v>2282</v>
+        <v>2456</v>
       </c>
       <c r="E648" t="s">
-        <v>2283</v>
+        <v>2457</v>
       </c>
       <c r="F648" t="s">
-        <v>2294</v>
+        <v>49</v>
       </c>
       <c r="G648" s="1" t="s">
-        <v>2496</v>
+        <v>2577</v>
       </c>
       <c r="H648" t="s">
-        <v>2497</v>
+        <v>2578</v>
       </c>
     </row>
     <row r="649" spans="1:8">
       <c r="A649" t="s">
-        <v>2498</v>
+        <v>2579</v>
       </c>
       <c r="B649" t="s">
         <v>9</v>
       </c>
       <c r="C649" t="s">
-        <v>309</v>
+        <v>189</v>
       </c>
       <c r="D649" t="s">
-        <v>2282</v>
+        <v>2456</v>
       </c>
       <c r="E649" t="s">
-        <v>2283</v>
+        <v>2457</v>
       </c>
       <c r="F649" t="s">
-        <v>2294</v>
+        <v>156</v>
       </c>
       <c r="G649" s="1" t="s">
-        <v>2499</v>
+        <v>2580</v>
       </c>
       <c r="H649" t="s">
-        <v>2500</v>
+        <v>2581</v>
       </c>
     </row>
     <row r="650" spans="1:8">
       <c r="A650" t="s">
-        <v>2501</v>
+        <v>2582</v>
       </c>
       <c r="B650" t="s">
         <v>9</v>
       </c>
       <c r="C650" t="s">
-        <v>313</v>
+        <v>193</v>
       </c>
       <c r="D650" t="s">
-        <v>2282</v>
+        <v>2456</v>
       </c>
       <c r="E650" t="s">
-        <v>2283</v>
+        <v>2457</v>
       </c>
       <c r="F650" t="s">
-        <v>2294</v>
+        <v>2528</v>
       </c>
       <c r="G650" s="1" t="s">
-        <v>2502</v>
+        <v>2583</v>
       </c>
       <c r="H650" t="s">
-        <v>2503</v>
+        <v>2584</v>
       </c>
     </row>
     <row r="651" spans="1:8">
       <c r="A651" t="s">
-        <v>2504</v>
+        <v>2585</v>
       </c>
       <c r="B651" t="s">
         <v>9</v>
       </c>
       <c r="C651" t="s">
-        <v>317</v>
+        <v>197</v>
       </c>
       <c r="D651" t="s">
-        <v>2282</v>
+        <v>2456</v>
       </c>
       <c r="E651" t="s">
-        <v>2283</v>
+        <v>2457</v>
       </c>
       <c r="F651" t="s">
-        <v>2294</v>
+        <v>84</v>
       </c>
       <c r="G651" s="1" t="s">
-        <v>2505</v>
+        <v>2586</v>
       </c>
       <c r="H651" t="s">
-        <v>2506</v>
+        <v>2587</v>
       </c>
     </row>
     <row r="652" spans="1:8">
       <c r="A652" t="s">
-        <v>2507</v>
+        <v>2588</v>
       </c>
       <c r="B652" t="s">
         <v>9</v>
       </c>
       <c r="C652" t="s">
-        <v>321</v>
+        <v>201</v>
       </c>
       <c r="D652" t="s">
-        <v>2282</v>
+        <v>2456</v>
       </c>
       <c r="E652" t="s">
-        <v>2283</v>
+        <v>2457</v>
       </c>
       <c r="F652" t="s">
-        <v>2294</v>
+        <v>49</v>
       </c>
       <c r="G652" s="1" t="s">
-        <v>2508</v>
+        <v>2589</v>
       </c>
       <c r="H652" t="s">
-        <v>2509</v>
+        <v>2590</v>
       </c>
     </row>
     <row r="653" spans="1:8">
       <c r="A653" t="s">
-        <v>2510</v>
+        <v>2591</v>
       </c>
       <c r="B653" t="s">
         <v>9</v>
       </c>
       <c r="C653" t="s">
-        <v>325</v>
+        <v>205</v>
       </c>
       <c r="D653" t="s">
-        <v>2282</v>
+        <v>2456</v>
       </c>
       <c r="E653" t="s">
-        <v>2283</v>
+        <v>2457</v>
       </c>
       <c r="F653" t="s">
-        <v>2294</v>
+        <v>49</v>
       </c>
       <c r="G653" s="1" t="s">
-        <v>2511</v>
+        <v>2592</v>
       </c>
       <c r="H653" t="s">
-        <v>2512</v>
+        <v>2593</v>
       </c>
     </row>
     <row r="654" spans="1:8">
       <c r="A654" t="s">
-        <v>2513</v>
+        <v>2594</v>
       </c>
       <c r="B654" t="s">
         <v>9</v>
       </c>
       <c r="C654" t="s">
-        <v>329</v>
+        <v>209</v>
       </c>
       <c r="D654" t="s">
-        <v>2282</v>
+        <v>2456</v>
       </c>
       <c r="E654" t="s">
-        <v>2283</v>
+        <v>2457</v>
       </c>
       <c r="F654" t="s">
-        <v>2294</v>
+        <v>114</v>
       </c>
       <c r="G654" s="1" t="s">
-        <v>2514</v>
+        <v>2595</v>
       </c>
       <c r="H654" t="s">
-        <v>2515</v>
+        <v>2596</v>
       </c>
     </row>
     <row r="655" spans="1:8">
       <c r="A655" t="s">
-        <v>2516</v>
+        <v>2597</v>
       </c>
       <c r="B655" t="s">
         <v>9</v>
       </c>
       <c r="C655" t="s">
-        <v>333</v>
+        <v>213</v>
       </c>
       <c r="D655" t="s">
-        <v>2282</v>
+        <v>2456</v>
       </c>
       <c r="E655" t="s">
-        <v>2283</v>
+        <v>2457</v>
       </c>
       <c r="F655" t="s">
-        <v>2517</v>
+        <v>114</v>
       </c>
       <c r="G655" s="1" t="s">
-        <v>2518</v>
+        <v>2598</v>
       </c>
       <c r="H655" t="s">
-        <v>2519</v>
+        <v>2599</v>
       </c>
     </row>
     <row r="656" spans="1:8">
       <c r="A656" t="s">
-        <v>2520</v>
+        <v>2600</v>
       </c>
       <c r="B656" t="s">
         <v>9</v>
       </c>
       <c r="C656" t="s">
-        <v>337</v>
+        <v>217</v>
       </c>
       <c r="D656" t="s">
-        <v>2282</v>
+        <v>2456</v>
       </c>
       <c r="E656" t="s">
-        <v>2283</v>
+        <v>2457</v>
       </c>
       <c r="F656" t="s">
-        <v>2294</v>
+        <v>84</v>
       </c>
       <c r="G656" s="1" t="s">
-        <v>2521</v>
+        <v>2601</v>
       </c>
       <c r="H656" t="s">
-        <v>2522</v>
+        <v>2602</v>
       </c>
     </row>
     <row r="657" spans="1:8">
       <c r="A657" t="s">
-        <v>2523</v>
+        <v>2603</v>
       </c>
       <c r="B657" t="s">
         <v>9</v>
       </c>
       <c r="C657" t="s">
-        <v>341</v>
+        <v>221</v>
       </c>
       <c r="D657" t="s">
-        <v>2282</v>
+        <v>2456</v>
       </c>
       <c r="E657" t="s">
-        <v>2283</v>
+        <v>2457</v>
       </c>
       <c r="F657" t="s">
-        <v>2294</v>
+        <v>49</v>
       </c>
       <c r="G657" s="1" t="s">
-        <v>2524</v>
+        <v>2604</v>
       </c>
       <c r="H657" t="s">
-        <v>2525</v>
+        <v>2605</v>
       </c>
     </row>
     <row r="658" spans="1:8">
       <c r="A658" t="s">
-        <v>2526</v>
+        <v>2606</v>
       </c>
       <c r="B658" t="s">
         <v>9</v>
       </c>
       <c r="C658" t="s">
-        <v>345</v>
+        <v>225</v>
       </c>
       <c r="D658" t="s">
-        <v>2282</v>
+        <v>2456</v>
       </c>
       <c r="E658" t="s">
-        <v>2283</v>
+        <v>2457</v>
       </c>
       <c r="F658" t="s">
-        <v>2294</v>
+        <v>49</v>
       </c>
       <c r="G658" s="1" t="s">
-        <v>2527</v>
+        <v>2607</v>
       </c>
       <c r="H658" t="s">
-        <v>2528</v>
+        <v>2608</v>
       </c>
     </row>
     <row r="659" spans="1:8">
       <c r="A659" t="s">
-        <v>2529</v>
+        <v>2609</v>
       </c>
       <c r="B659" t="s">
         <v>9</v>
       </c>
       <c r="C659" t="s">
-        <v>349</v>
+        <v>229</v>
       </c>
       <c r="D659" t="s">
-        <v>2282</v>
+        <v>2456</v>
       </c>
       <c r="E659" t="s">
-        <v>2283</v>
+        <v>2457</v>
       </c>
       <c r="F659" t="s">
-        <v>2294</v>
+        <v>49</v>
       </c>
       <c r="G659" s="1" t="s">
-        <v>2530</v>
+        <v>2610</v>
       </c>
       <c r="H659" t="s">
-        <v>2531</v>
+        <v>2611</v>
       </c>
     </row>
     <row r="660" spans="1:8">
       <c r="A660" t="s">
-        <v>2532</v>
+        <v>2612</v>
       </c>
       <c r="B660" t="s">
         <v>9</v>
       </c>
       <c r="C660" t="s">
-        <v>353</v>
+        <v>233</v>
       </c>
       <c r="D660" t="s">
-        <v>2282</v>
+        <v>2456</v>
       </c>
       <c r="E660" t="s">
-        <v>2283</v>
+        <v>2457</v>
       </c>
       <c r="F660" t="s">
-        <v>2354</v>
+        <v>27</v>
       </c>
       <c r="G660" s="1" t="s">
-        <v>2533</v>
+        <v>2613</v>
       </c>
       <c r="H660" t="s">
-        <v>2534</v>
+        <v>2605</v>
       </c>
     </row>
     <row r="661" spans="1:8">
       <c r="A661" t="s">
-        <v>2535</v>
+        <v>2614</v>
       </c>
       <c r="B661" t="s">
         <v>9</v>
       </c>
       <c r="C661" t="s">
-        <v>357</v>
+        <v>237</v>
       </c>
       <c r="D661" t="s">
-        <v>2282</v>
+        <v>2456</v>
       </c>
       <c r="E661" t="s">
-        <v>2283</v>
+        <v>2457</v>
       </c>
       <c r="F661" t="s">
-        <v>2354</v>
+        <v>49</v>
       </c>
       <c r="G661" s="1" t="s">
-        <v>2536</v>
+        <v>2615</v>
       </c>
       <c r="H661" t="s">
-        <v>2537</v>
+        <v>2616</v>
       </c>
     </row>
     <row r="662" spans="1:8">
       <c r="A662" t="s">
-        <v>2538</v>
+        <v>2617</v>
       </c>
       <c r="B662" t="s">
         <v>9</v>
       </c>
       <c r="C662" t="s">
-        <v>361</v>
+        <v>241</v>
       </c>
       <c r="D662" t="s">
-        <v>2282</v>
+        <v>2456</v>
       </c>
       <c r="E662" t="s">
-        <v>2283</v>
+        <v>2457</v>
       </c>
       <c r="F662" t="s">
-        <v>2354</v>
+        <v>49</v>
       </c>
       <c r="G662" s="1" t="s">
-        <v>2539</v>
+        <v>2618</v>
       </c>
       <c r="H662" t="s">
-        <v>2540</v>
+        <v>2619</v>
       </c>
     </row>
     <row r="663" spans="1:8">
       <c r="A663" t="s">
-        <v>2541</v>
+        <v>2620</v>
       </c>
       <c r="B663" t="s">
         <v>9</v>
       </c>
       <c r="C663" t="s">
-        <v>365</v>
+        <v>245</v>
       </c>
       <c r="D663" t="s">
-        <v>2282</v>
+        <v>2456</v>
       </c>
       <c r="E663" t="s">
-        <v>2283</v>
+        <v>2457</v>
       </c>
       <c r="F663" t="s">
-        <v>2354</v>
+        <v>84</v>
       </c>
       <c r="G663" s="1" t="s">
-        <v>2542</v>
+        <v>2621</v>
       </c>
       <c r="H663" t="s">
-        <v>2543</v>
+        <v>2622</v>
       </c>
     </row>
     <row r="664" spans="1:8">
       <c r="A664" t="s">
-        <v>2544</v>
+        <v>2623</v>
       </c>
       <c r="B664" t="s">
         <v>9</v>
       </c>
       <c r="C664" t="s">
-        <v>369</v>
+        <v>249</v>
       </c>
       <c r="D664" t="s">
-        <v>2282</v>
+        <v>2456</v>
       </c>
       <c r="E664" t="s">
-        <v>2283</v>
+        <v>2457</v>
       </c>
       <c r="F664" t="s">
-        <v>2354</v>
+        <v>156</v>
       </c>
       <c r="G664" s="1" t="s">
-        <v>2545</v>
+        <v>2624</v>
       </c>
       <c r="H664" t="s">
-        <v>2546</v>
+        <v>2625</v>
       </c>
     </row>
     <row r="665" spans="1:8">
       <c r="A665" t="s">
-        <v>2547</v>
+        <v>2626</v>
       </c>
       <c r="B665" t="s">
         <v>9</v>
       </c>
       <c r="C665" t="s">
-        <v>373</v>
+        <v>253</v>
       </c>
       <c r="D665" t="s">
-        <v>2282</v>
+        <v>2456</v>
       </c>
       <c r="E665" t="s">
-        <v>2283</v>
+        <v>2457</v>
       </c>
       <c r="F665" t="s">
-        <v>2354</v>
+        <v>27</v>
       </c>
       <c r="G665" s="1" t="s">
-        <v>2548</v>
+        <v>2627</v>
       </c>
       <c r="H665" t="s">
-        <v>2549</v>
+        <v>2628</v>
       </c>
     </row>
     <row r="666" spans="1:8">
       <c r="A666" t="s">
-        <v>2550</v>
+        <v>2629</v>
       </c>
       <c r="B666" t="s">
         <v>9</v>
       </c>
       <c r="C666" t="s">
-        <v>10</v>
+        <v>257</v>
       </c>
       <c r="D666" t="s">
-        <v>2551</v>
+        <v>2456</v>
       </c>
       <c r="E666" t="s">
-        <v>2552</v>
+        <v>2457</v>
       </c>
       <c r="F666" t="s">
-        <v>2180</v>
+        <v>70</v>
       </c>
       <c r="G666" s="1" t="s">
-        <v>2553</v>
+        <v>2630</v>
       </c>
       <c r="H666" t="s">
-        <v>2554</v>
+        <v>2631</v>
       </c>
     </row>
     <row r="667" spans="1:8">
       <c r="A667" t="s">
-        <v>2555</v>
+        <v>2632</v>
       </c>
       <c r="B667" t="s">
         <v>9</v>
       </c>
       <c r="C667" t="s">
-        <v>17</v>
+        <v>261</v>
       </c>
       <c r="D667" t="s">
-        <v>2551</v>
+        <v>2456</v>
       </c>
       <c r="E667" t="s">
-        <v>2552</v>
+        <v>2457</v>
       </c>
       <c r="F667" t="s">
-        <v>2180</v>
+        <v>2452</v>
       </c>
       <c r="G667" s="1" t="s">
-        <v>2556</v>
+        <v>2633</v>
       </c>
       <c r="H667" t="s">
-        <v>2557</v>
+        <v>2634</v>
       </c>
     </row>
     <row r="668" spans="1:8">
       <c r="A668" t="s">
-        <v>2558</v>
+        <v>2635</v>
       </c>
       <c r="B668" t="s">
         <v>9</v>
       </c>
       <c r="C668" t="s">
-        <v>21</v>
+        <v>265</v>
       </c>
       <c r="D668" t="s">
-        <v>2551</v>
+        <v>2456</v>
       </c>
       <c r="E668" t="s">
-        <v>2552</v>
+        <v>2457</v>
       </c>
       <c r="F668" t="s">
-        <v>2180</v>
+        <v>2452</v>
       </c>
       <c r="G668" s="1" t="s">
-        <v>2559</v>
+        <v>2636</v>
       </c>
       <c r="H668" t="s">
-        <v>2560</v>
+        <v>2637</v>
       </c>
     </row>
     <row r="669" spans="1:8">
       <c r="A669" t="s">
-        <v>2561</v>
+        <v>2638</v>
       </c>
       <c r="B669" t="s">
         <v>9</v>
       </c>
       <c r="C669" t="s">
-        <v>10</v>
+        <v>269</v>
       </c>
       <c r="D669" t="s">
-        <v>2562</v>
+        <v>2456</v>
       </c>
       <c r="E669" t="s">
-        <v>2563</v>
+        <v>2457</v>
       </c>
       <c r="F669" t="s">
-        <v>2564</v>
+        <v>114</v>
       </c>
       <c r="G669" s="1" t="s">
-        <v>2565</v>
+        <v>2639</v>
       </c>
       <c r="H669" t="s">
-        <v>2566</v>
+        <v>2640</v>
       </c>
     </row>
     <row r="670" spans="1:8">
       <c r="A670" t="s">
-        <v>2567</v>
+        <v>2641</v>
       </c>
       <c r="B670" t="s">
         <v>9</v>
       </c>
       <c r="C670" t="s">
-        <v>17</v>
+        <v>273</v>
       </c>
       <c r="D670" t="s">
-        <v>2562</v>
+        <v>2456</v>
       </c>
       <c r="E670" t="s">
-        <v>2563</v>
+        <v>2457</v>
       </c>
       <c r="F670" t="s">
-        <v>2354</v>
+        <v>49</v>
       </c>
       <c r="G670" s="1" t="s">
-        <v>2568</v>
+        <v>2642</v>
       </c>
       <c r="H670" t="s">
-        <v>2569</v>
+        <v>2643</v>
       </c>
     </row>
     <row r="671" spans="1:8">
       <c r="A671" t="s">
-        <v>2570</v>
+        <v>2644</v>
       </c>
       <c r="B671" t="s">
         <v>9</v>
       </c>
       <c r="C671" t="s">
-        <v>21</v>
+        <v>277</v>
       </c>
       <c r="D671" t="s">
-        <v>2562</v>
+        <v>2456</v>
       </c>
       <c r="E671" t="s">
-        <v>2563</v>
+        <v>2457</v>
       </c>
       <c r="F671" t="s">
-        <v>2354</v>
+        <v>27</v>
       </c>
       <c r="G671" s="1" t="s">
-        <v>2571</v>
+        <v>2645</v>
       </c>
       <c r="H671" t="s">
-        <v>2572</v>
+        <v>2646</v>
       </c>
     </row>
     <row r="672" spans="1:8">
       <c r="A672" t="s">
-        <v>2573</v>
+        <v>2647</v>
       </c>
       <c r="B672" t="s">
         <v>9</v>
       </c>
       <c r="C672" t="s">
-        <v>26</v>
+        <v>281</v>
       </c>
       <c r="D672" t="s">
-        <v>2562</v>
+        <v>2456</v>
       </c>
       <c r="E672" t="s">
-        <v>2563</v>
+        <v>2457</v>
       </c>
       <c r="F672" t="s">
-        <v>2354</v>
+        <v>114</v>
       </c>
       <c r="G672" s="1" t="s">
-        <v>2574</v>
+        <v>2648</v>
       </c>
       <c r="H672" t="s">
-        <v>2575</v>
+        <v>2649</v>
       </c>
     </row>
     <row r="673" spans="1:8">
       <c r="A673" t="s">
-        <v>2576</v>
+        <v>2650</v>
       </c>
       <c r="B673" t="s">
         <v>9</v>
       </c>
       <c r="C673" t="s">
-        <v>31</v>
+        <v>285</v>
       </c>
       <c r="D673" t="s">
-        <v>2562</v>
+        <v>2456</v>
       </c>
       <c r="E673" t="s">
-        <v>2563</v>
+        <v>2457</v>
       </c>
       <c r="F673" t="s">
-        <v>2354</v>
+        <v>156</v>
       </c>
       <c r="G673" s="1" t="s">
-        <v>2577</v>
+        <v>2651</v>
       </c>
       <c r="H673" t="s">
-        <v>2578</v>
+        <v>2554</v>
       </c>
     </row>
     <row r="674" spans="1:8">
       <c r="A674" t="s">
-        <v>2579</v>
+        <v>2652</v>
       </c>
       <c r="B674" t="s">
         <v>9</v>
       </c>
       <c r="C674" t="s">
-        <v>10</v>
+        <v>289</v>
       </c>
       <c r="D674" t="s">
-        <v>2580</v>
+        <v>2456</v>
       </c>
       <c r="E674" t="s">
-        <v>2581</v>
+        <v>2457</v>
       </c>
       <c r="F674" t="s">
         <v>49</v>
       </c>
       <c r="G674" s="1" t="s">
-        <v>2582</v>
+        <v>2653</v>
       </c>
       <c r="H674" t="s">
-        <v>2583</v>
+        <v>2654</v>
       </c>
     </row>
     <row r="675" spans="1:8">
       <c r="A675" t="s">
-        <v>2584</v>
+        <v>2655</v>
       </c>
       <c r="B675" t="s">
         <v>9</v>
       </c>
       <c r="C675" t="s">
-        <v>17</v>
+        <v>293</v>
       </c>
       <c r="D675" t="s">
-        <v>2580</v>
+        <v>2456</v>
       </c>
       <c r="E675" t="s">
-        <v>2581</v>
+        <v>2457</v>
       </c>
       <c r="F675" t="s">
-        <v>13</v>
+        <v>27</v>
       </c>
       <c r="G675" s="1" t="s">
-        <v>2585</v>
+        <v>2656</v>
       </c>
       <c r="H675" t="s">
-        <v>2586</v>
+        <v>2657</v>
       </c>
     </row>
     <row r="676" spans="1:8">
       <c r="A676" t="s">
-        <v>2587</v>
+        <v>2658</v>
       </c>
       <c r="B676" t="s">
         <v>9</v>
       </c>
       <c r="C676" t="s">
-        <v>21</v>
+        <v>297</v>
       </c>
       <c r="D676" t="s">
-        <v>2580</v>
+        <v>2456</v>
       </c>
       <c r="E676" t="s">
-        <v>2581</v>
+        <v>2457</v>
       </c>
       <c r="F676" t="s">
         <v>49</v>
       </c>
       <c r="G676" s="1" t="s">
-        <v>2588</v>
+        <v>2659</v>
       </c>
       <c r="H676" t="s">
-        <v>2589</v>
+        <v>2660</v>
       </c>
     </row>
     <row r="677" spans="1:8">
       <c r="A677" t="s">
-        <v>2590</v>
+        <v>2661</v>
       </c>
       <c r="B677" t="s">
         <v>9</v>
       </c>
       <c r="C677" t="s">
-        <v>26</v>
+        <v>301</v>
       </c>
       <c r="D677" t="s">
-        <v>2580</v>
+        <v>2456</v>
       </c>
       <c r="E677" t="s">
-        <v>2581</v>
+        <v>2457</v>
       </c>
       <c r="F677" t="s">
-        <v>79</v>
+        <v>2452</v>
       </c>
       <c r="G677" s="1" t="s">
-        <v>2591</v>
+        <v>2662</v>
       </c>
       <c r="H677" t="s">
-        <v>2592</v>
+        <v>2663</v>
       </c>
     </row>
     <row r="678" spans="1:8">
       <c r="A678" t="s">
-        <v>2593</v>
+        <v>2664</v>
       </c>
       <c r="B678" t="s">
         <v>9</v>
       </c>
       <c r="C678" t="s">
-        <v>31</v>
+        <v>305</v>
       </c>
       <c r="D678" t="s">
-        <v>2580</v>
+        <v>2456</v>
       </c>
       <c r="E678" t="s">
-        <v>2581</v>
+        <v>2457</v>
       </c>
       <c r="F678" t="s">
-        <v>79</v>
+        <v>2452</v>
       </c>
       <c r="G678" s="1" t="s">
-        <v>2594</v>
+        <v>2665</v>
       </c>
       <c r="H678" t="s">
-        <v>2595</v>
+        <v>2666</v>
       </c>
     </row>
     <row r="679" spans="1:8">
       <c r="A679" t="s">
-        <v>2596</v>
+        <v>2667</v>
       </c>
       <c r="B679" t="s">
         <v>9</v>
       </c>
       <c r="C679" t="s">
-        <v>35</v>
+        <v>309</v>
       </c>
       <c r="D679" t="s">
-        <v>2580</v>
+        <v>2456</v>
       </c>
       <c r="E679" t="s">
-        <v>2581</v>
+        <v>2457</v>
       </c>
       <c r="F679" t="s">
         <v>22</v>
       </c>
       <c r="G679" s="1" t="s">
-        <v>2597</v>
+        <v>2668</v>
       </c>
       <c r="H679" t="s">
-        <v>2598</v>
+        <v>2669</v>
       </c>
     </row>
     <row r="680" spans="1:8">
       <c r="A680" t="s">
-        <v>2599</v>
+        <v>2670</v>
       </c>
       <c r="B680" t="s">
         <v>9</v>
       </c>
       <c r="C680" t="s">
-        <v>39</v>
+        <v>313</v>
       </c>
       <c r="D680" t="s">
-        <v>2580</v>
+        <v>2456</v>
       </c>
       <c r="E680" t="s">
-        <v>2581</v>
+        <v>2457</v>
       </c>
       <c r="F680" t="s">
-        <v>161</v>
+        <v>22</v>
       </c>
       <c r="G680" s="1" t="s">
-        <v>2600</v>
+        <v>2671</v>
       </c>
       <c r="H680" t="s">
-        <v>2601</v>
+        <v>2672</v>
       </c>
     </row>
     <row r="681" spans="1:8">
       <c r="A681" t="s">
-        <v>2602</v>
+        <v>2673</v>
       </c>
       <c r="B681" t="s">
         <v>9</v>
       </c>
       <c r="C681" t="s">
-        <v>43</v>
+        <v>10</v>
       </c>
       <c r="D681" t="s">
-        <v>2580</v>
+        <v>2674</v>
       </c>
       <c r="E681" t="s">
-        <v>2581</v>
+        <v>2675</v>
       </c>
       <c r="F681" t="s">
-        <v>49</v>
+        <v>2676</v>
       </c>
       <c r="G681" s="1" t="s">
-        <v>2603</v>
+        <v>2677</v>
       </c>
       <c r="H681" t="s">
-        <v>2604</v>
+        <v>2678</v>
       </c>
     </row>
     <row r="682" spans="1:8">
       <c r="A682" t="s">
-        <v>2605</v>
+        <v>2679</v>
       </c>
       <c r="B682" t="s">
         <v>9</v>
       </c>
       <c r="C682" t="s">
-        <v>48</v>
+        <v>17</v>
       </c>
       <c r="D682" t="s">
-        <v>2580</v>
+        <v>2674</v>
       </c>
       <c r="E682" t="s">
-        <v>2581</v>
+        <v>2675</v>
       </c>
       <c r="F682" t="s">
-        <v>49</v>
+        <v>2676</v>
       </c>
       <c r="G682" s="1" t="s">
-        <v>2606</v>
+        <v>2680</v>
       </c>
       <c r="H682" t="s">
-        <v>2607</v>
+        <v>2681</v>
       </c>
     </row>
     <row r="683" spans="1:8">
       <c r="A683" t="s">
-        <v>2608</v>
+        <v>2682</v>
       </c>
       <c r="B683" t="s">
         <v>9</v>
       </c>
       <c r="C683" t="s">
-        <v>53</v>
+        <v>21</v>
       </c>
       <c r="D683" t="s">
-        <v>2580</v>
+        <v>2674</v>
       </c>
       <c r="E683" t="s">
-        <v>2581</v>
+        <v>2675</v>
       </c>
       <c r="F683" t="s">
-        <v>49</v>
+        <v>2676</v>
       </c>
       <c r="G683" s="1" t="s">
-        <v>2609</v>
+        <v>2683</v>
       </c>
       <c r="H683" t="s">
-        <v>2610</v>
+        <v>2684</v>
       </c>
     </row>
     <row r="684" spans="1:8">
       <c r="A684" t="s">
-        <v>2611</v>
+        <v>2685</v>
       </c>
       <c r="B684" t="s">
         <v>9</v>
       </c>
       <c r="C684" t="s">
-        <v>57</v>
+        <v>26</v>
       </c>
       <c r="D684" t="s">
-        <v>2580</v>
+        <v>2674</v>
       </c>
       <c r="E684" t="s">
-        <v>2581</v>
+        <v>2675</v>
       </c>
       <c r="F684" t="s">
-        <v>79</v>
+        <v>2676</v>
       </c>
       <c r="G684" s="1" t="s">
-        <v>2612</v>
+        <v>2686</v>
       </c>
       <c r="H684" t="s">
-        <v>2613</v>
+        <v>2687</v>
       </c>
     </row>
     <row r="685" spans="1:8">
       <c r="A685" t="s">
-        <v>2614</v>
+        <v>2688</v>
       </c>
       <c r="B685" t="s">
         <v>9</v>
       </c>
       <c r="C685" t="s">
-        <v>61</v>
+        <v>31</v>
       </c>
       <c r="D685" t="s">
-        <v>2580</v>
+        <v>2674</v>
       </c>
       <c r="E685" t="s">
-        <v>2581</v>
+        <v>2675</v>
       </c>
       <c r="F685" t="s">
-        <v>13</v>
+        <v>27</v>
       </c>
       <c r="G685" s="1" t="s">
-        <v>2615</v>
+        <v>2689</v>
       </c>
       <c r="H685" t="s">
-        <v>2616</v>
+        <v>2690</v>
       </c>
     </row>
     <row r="686" spans="1:8">
       <c r="A686" t="s">
-        <v>2617</v>
+        <v>2691</v>
       </c>
       <c r="B686" t="s">
         <v>9</v>
       </c>
       <c r="C686" t="s">
-        <v>65</v>
+        <v>10</v>
       </c>
       <c r="D686" t="s">
-        <v>2580</v>
+        <v>2692</v>
       </c>
       <c r="E686" t="s">
-        <v>2581</v>
+        <v>2693</v>
       </c>
       <c r="F686" t="s">
-        <v>27</v>
+        <v>2694</v>
       </c>
       <c r="G686" s="1" t="s">
-        <v>2618</v>
+        <v>2695</v>
       </c>
       <c r="H686" t="s">
-        <v>2619</v>
+        <v>2696</v>
       </c>
     </row>
     <row r="687" spans="1:8">
       <c r="A687" t="s">
-        <v>2620</v>
+        <v>2697</v>
       </c>
       <c r="B687" t="s">
         <v>9</v>
       </c>
       <c r="C687" t="s">
-        <v>69</v>
+        <v>17</v>
       </c>
       <c r="D687" t="s">
-        <v>2580</v>
+        <v>2692</v>
       </c>
       <c r="E687" t="s">
-        <v>2581</v>
+        <v>2693</v>
       </c>
       <c r="F687" t="s">
-        <v>156</v>
+        <v>2694</v>
       </c>
       <c r="G687" s="1" t="s">
-        <v>2621</v>
+        <v>2698</v>
       </c>
       <c r="H687" t="s">
-        <v>2622</v>
+        <v>2699</v>
       </c>
     </row>
     <row r="688" spans="1:8">
       <c r="A688" t="s">
-        <v>2623</v>
+        <v>2700</v>
       </c>
       <c r="B688" t="s">
         <v>9</v>
       </c>
       <c r="C688" t="s">
-        <v>74</v>
+        <v>21</v>
       </c>
       <c r="D688" t="s">
-        <v>2580</v>
+        <v>2692</v>
       </c>
       <c r="E688" t="s">
-        <v>2581</v>
+        <v>2693</v>
       </c>
       <c r="F688" t="s">
-        <v>27</v>
+        <v>2694</v>
       </c>
       <c r="G688" s="1" t="s">
-        <v>2624</v>
+        <v>2701</v>
       </c>
       <c r="H688" t="s">
-        <v>2625</v>
+        <v>2702</v>
       </c>
     </row>
     <row r="689" spans="1:8">
       <c r="A689" t="s">
-        <v>2626</v>
+        <v>2703</v>
       </c>
       <c r="B689" t="s">
         <v>9</v>
       </c>
       <c r="C689" t="s">
-        <v>78</v>
+        <v>26</v>
       </c>
       <c r="D689" t="s">
-        <v>2580</v>
+        <v>2692</v>
       </c>
       <c r="E689" t="s">
-        <v>2581</v>
+        <v>2693</v>
       </c>
       <c r="F689" t="s">
-        <v>22</v>
+        <v>2704</v>
       </c>
       <c r="G689" s="1" t="s">
-        <v>2627</v>
+        <v>2705</v>
       </c>
       <c r="H689" t="s">
-        <v>2628</v>
+        <v>2706</v>
       </c>
     </row>
     <row r="690" spans="1:8">
       <c r="A690" t="s">
-        <v>2629</v>
+        <v>2707</v>
       </c>
       <c r="B690" t="s">
         <v>9</v>
       </c>
       <c r="C690" t="s">
-        <v>83</v>
+        <v>31</v>
       </c>
       <c r="D690" t="s">
-        <v>2580</v>
+        <v>2692</v>
       </c>
       <c r="E690" t="s">
-        <v>2581</v>
+        <v>2693</v>
       </c>
       <c r="F690" t="s">
-        <v>49</v>
+        <v>2704</v>
       </c>
       <c r="G690" s="1" t="s">
-        <v>2630</v>
+        <v>2708</v>
       </c>
       <c r="H690" t="s">
-        <v>2631</v>
+        <v>2709</v>
       </c>
     </row>
     <row r="691" spans="1:8">
       <c r="A691" t="s">
-        <v>2632</v>
+        <v>2710</v>
       </c>
       <c r="B691" t="s">
         <v>9</v>
       </c>
       <c r="C691" t="s">
-        <v>88</v>
+        <v>35</v>
       </c>
       <c r="D691" t="s">
-        <v>2580</v>
+        <v>2692</v>
       </c>
       <c r="E691" t="s">
-        <v>2581</v>
+        <v>2693</v>
       </c>
       <c r="F691" t="s">
-        <v>49</v>
+        <v>2704</v>
       </c>
       <c r="G691" s="1" t="s">
-        <v>2633</v>
+        <v>2711</v>
       </c>
       <c r="H691" t="s">
-        <v>2634</v>
+        <v>2712</v>
       </c>
     </row>
     <row r="692" spans="1:8">
       <c r="A692" t="s">
-        <v>2635</v>
+        <v>2713</v>
       </c>
       <c r="B692" t="s">
         <v>9</v>
       </c>
       <c r="C692" t="s">
-        <v>10</v>
+        <v>39</v>
       </c>
       <c r="D692" t="s">
-        <v>2636</v>
+        <v>2692</v>
       </c>
       <c r="E692" t="s">
-        <v>2637</v>
+        <v>2693</v>
       </c>
       <c r="F692" t="s">
-        <v>161</v>
+        <v>2694</v>
       </c>
       <c r="G692" s="1" t="s">
-        <v>2638</v>
+        <v>2714</v>
       </c>
       <c r="H692" t="s">
-        <v>2639</v>
+        <v>2715</v>
       </c>
     </row>
     <row r="693" spans="1:8">
       <c r="A693" t="s">
-        <v>2640</v>
+        <v>2716</v>
       </c>
       <c r="B693" t="s">
         <v>9</v>
       </c>
       <c r="C693" t="s">
-        <v>17</v>
+        <v>43</v>
       </c>
       <c r="D693" t="s">
-        <v>2636</v>
+        <v>2692</v>
       </c>
       <c r="E693" t="s">
-        <v>2637</v>
+        <v>2693</v>
       </c>
       <c r="F693" t="s">
-        <v>2272</v>
+        <v>2704</v>
       </c>
       <c r="G693" s="1" t="s">
-        <v>2641</v>
+        <v>2717</v>
       </c>
       <c r="H693" t="s">
-        <v>2642</v>
+        <v>2718</v>
       </c>
     </row>
     <row r="694" spans="1:8">
       <c r="A694" t="s">
-        <v>2643</v>
+        <v>2719</v>
       </c>
       <c r="B694" t="s">
         <v>9</v>
       </c>
       <c r="C694" t="s">
-        <v>21</v>
+        <v>48</v>
       </c>
       <c r="D694" t="s">
-        <v>2636</v>
+        <v>2692</v>
       </c>
       <c r="E694" t="s">
-        <v>2637</v>
+        <v>2693</v>
       </c>
       <c r="F694" t="s">
-        <v>161</v>
+        <v>2704</v>
       </c>
       <c r="G694" s="1" t="s">
-        <v>2644</v>
+        <v>2720</v>
       </c>
       <c r="H694" t="s">
-        <v>2645</v>
+        <v>2721</v>
       </c>
     </row>
     <row r="695" spans="1:8">
       <c r="A695" t="s">
-        <v>2646</v>
+        <v>2722</v>
       </c>
       <c r="B695" t="s">
         <v>9</v>
       </c>
       <c r="C695" t="s">
-        <v>26</v>
+        <v>53</v>
       </c>
       <c r="D695" t="s">
-        <v>2636</v>
+        <v>2692</v>
       </c>
       <c r="E695" t="s">
-        <v>2637</v>
+        <v>2693</v>
       </c>
       <c r="F695" t="s">
-        <v>2272</v>
+        <v>2704</v>
       </c>
       <c r="G695" s="1" t="s">
-        <v>2647</v>
+        <v>2723</v>
       </c>
       <c r="H695" t="s">
-        <v>2648</v>
+        <v>2724</v>
       </c>
     </row>
     <row r="696" spans="1:8">
       <c r="A696" t="s">
-        <v>2649</v>
+        <v>2725</v>
       </c>
       <c r="B696" t="s">
         <v>9</v>
       </c>
       <c r="C696" t="s">
-        <v>31</v>
+        <v>57</v>
       </c>
       <c r="D696" t="s">
-        <v>2636</v>
+        <v>2692</v>
       </c>
       <c r="E696" t="s">
-        <v>2637</v>
+        <v>2693</v>
       </c>
       <c r="F696" t="s">
-        <v>49</v>
+        <v>2694</v>
       </c>
       <c r="G696" s="1" t="s">
-        <v>2650</v>
+        <v>2726</v>
       </c>
       <c r="H696" t="s">
-        <v>2651</v>
+        <v>2727</v>
       </c>
     </row>
     <row r="697" spans="1:8">
       <c r="A697" t="s">
-        <v>2652</v>
+        <v>2728</v>
       </c>
       <c r="B697" t="s">
         <v>9</v>
       </c>
       <c r="C697" t="s">
-        <v>35</v>
+        <v>61</v>
       </c>
       <c r="D697" t="s">
-        <v>2636</v>
+        <v>2692</v>
       </c>
       <c r="E697" t="s">
-        <v>2637</v>
+        <v>2693</v>
       </c>
       <c r="F697" t="s">
-        <v>79</v>
+        <v>2729</v>
       </c>
       <c r="G697" s="1" t="s">
-        <v>2653</v>
+        <v>2730</v>
       </c>
       <c r="H697" t="s">
-        <v>2654</v>
+        <v>2731</v>
       </c>
     </row>
     <row r="698" spans="1:8">
       <c r="A698" t="s">
-        <v>2655</v>
+        <v>2732</v>
       </c>
       <c r="B698" t="s">
         <v>9</v>
       </c>
       <c r="C698" t="s">
-        <v>39</v>
+        <v>65</v>
       </c>
       <c r="D698" t="s">
-        <v>2636</v>
+        <v>2692</v>
       </c>
       <c r="E698" t="s">
-        <v>2637</v>
+        <v>2693</v>
       </c>
       <c r="F698" t="s">
-        <v>161</v>
+        <v>2704</v>
       </c>
       <c r="G698" s="1" t="s">
-        <v>2656</v>
+        <v>2733</v>
       </c>
       <c r="H698" t="s">
-        <v>2657</v>
+        <v>2734</v>
       </c>
     </row>
     <row r="699" spans="1:8">
       <c r="A699" t="s">
-        <v>2658</v>
+        <v>2735</v>
       </c>
       <c r="B699" t="s">
         <v>9</v>
       </c>
       <c r="C699" t="s">
-        <v>43</v>
+        <v>69</v>
       </c>
       <c r="D699" t="s">
-        <v>2636</v>
+        <v>2692</v>
       </c>
       <c r="E699" t="s">
-        <v>2637</v>
+        <v>2693</v>
       </c>
       <c r="F699" t="s">
-        <v>79</v>
+        <v>2704</v>
       </c>
       <c r="G699" s="1" t="s">
-        <v>2659</v>
+        <v>2736</v>
       </c>
       <c r="H699" t="s">
-        <v>2660</v>
+        <v>2737</v>
       </c>
     </row>
     <row r="700" spans="1:8">
       <c r="A700" t="s">
-        <v>2661</v>
+        <v>2738</v>
       </c>
       <c r="B700" t="s">
         <v>9</v>
       </c>
       <c r="C700" t="s">
-        <v>48</v>
+        <v>74</v>
       </c>
       <c r="D700" t="s">
-        <v>2636</v>
+        <v>2692</v>
       </c>
       <c r="E700" t="s">
-        <v>2637</v>
+        <v>2693</v>
       </c>
       <c r="F700" t="s">
-        <v>161</v>
+        <v>2704</v>
       </c>
       <c r="G700" s="1" t="s">
-        <v>2662</v>
+        <v>2739</v>
       </c>
       <c r="H700" t="s">
-        <v>2663</v>
+        <v>2740</v>
       </c>
     </row>
     <row r="701" spans="1:8">
       <c r="A701" t="s">
-        <v>2664</v>
+        <v>2741</v>
       </c>
       <c r="B701" t="s">
         <v>9</v>
       </c>
       <c r="C701" t="s">
-        <v>53</v>
+        <v>78</v>
       </c>
       <c r="D701" t="s">
-        <v>2636</v>
+        <v>2692</v>
       </c>
       <c r="E701" t="s">
-        <v>2637</v>
+        <v>2693</v>
       </c>
       <c r="F701" t="s">
-        <v>13</v>
+        <v>2704</v>
       </c>
       <c r="G701" s="1" t="s">
-        <v>2665</v>
+        <v>2742</v>
       </c>
       <c r="H701" t="s">
-        <v>2666</v>
+        <v>2743</v>
       </c>
     </row>
     <row r="702" spans="1:8">
       <c r="A702" t="s">
-        <v>2667</v>
+        <v>2744</v>
       </c>
       <c r="B702" t="s">
         <v>9</v>
       </c>
       <c r="C702" t="s">
-        <v>57</v>
+        <v>83</v>
       </c>
       <c r="D702" t="s">
-        <v>2636</v>
+        <v>2692</v>
       </c>
       <c r="E702" t="s">
-        <v>2637</v>
+        <v>2693</v>
       </c>
       <c r="F702" t="s">
-        <v>2272</v>
+        <v>2704</v>
       </c>
       <c r="G702" s="1" t="s">
-        <v>2668</v>
+        <v>2745</v>
       </c>
       <c r="H702" t="s">
-        <v>2669</v>
+        <v>2746</v>
       </c>
     </row>
     <row r="703" spans="1:8">
       <c r="A703" t="s">
-        <v>2670</v>
+        <v>2747</v>
       </c>
       <c r="B703" t="s">
         <v>9</v>
       </c>
       <c r="C703" t="s">
-        <v>61</v>
+        <v>88</v>
       </c>
       <c r="D703" t="s">
-        <v>2636</v>
+        <v>2692</v>
       </c>
       <c r="E703" t="s">
-        <v>2637</v>
+        <v>2693</v>
       </c>
       <c r="F703" t="s">
-        <v>2272</v>
+        <v>2748</v>
       </c>
       <c r="G703" s="1" t="s">
-        <v>2671</v>
+        <v>2749</v>
       </c>
       <c r="H703" t="s">
-        <v>2672</v>
+        <v>2750</v>
       </c>
     </row>
     <row r="704" spans="1:8">
       <c r="A704" t="s">
-        <v>2673</v>
+        <v>2751</v>
       </c>
       <c r="B704" t="s">
         <v>9</v>
       </c>
       <c r="C704" t="s">
-        <v>65</v>
+        <v>92</v>
       </c>
       <c r="D704" t="s">
-        <v>2636</v>
+        <v>2692</v>
       </c>
       <c r="E704" t="s">
-        <v>2637</v>
+        <v>2693</v>
       </c>
       <c r="F704" t="s">
-        <v>27</v>
+        <v>2694</v>
       </c>
       <c r="G704" s="1" t="s">
-        <v>2674</v>
+        <v>2752</v>
       </c>
       <c r="H704" t="s">
-        <v>2675</v>
+        <v>2753</v>
       </c>
     </row>
     <row r="705" spans="1:8">
       <c r="A705" t="s">
-        <v>2676</v>
+        <v>2754</v>
       </c>
       <c r="B705" t="s">
         <v>9</v>
       </c>
       <c r="C705" t="s">
-        <v>69</v>
+        <v>97</v>
       </c>
       <c r="D705" t="s">
-        <v>2636</v>
+        <v>2692</v>
       </c>
       <c r="E705" t="s">
-        <v>2637</v>
+        <v>2693</v>
       </c>
       <c r="F705" t="s">
-        <v>70</v>
+        <v>2704</v>
       </c>
       <c r="G705" s="1" t="s">
-        <v>2677</v>
+        <v>2755</v>
       </c>
       <c r="H705" t="s">
-        <v>2678</v>
+        <v>2756</v>
       </c>
     </row>
     <row r="706" spans="1:8">
       <c r="A706" t="s">
-        <v>2679</v>
+        <v>2757</v>
       </c>
       <c r="B706" t="s">
         <v>9</v>
       </c>
       <c r="C706" t="s">
-        <v>74</v>
+        <v>101</v>
       </c>
       <c r="D706" t="s">
-        <v>2636</v>
+        <v>2692</v>
       </c>
       <c r="E706" t="s">
-        <v>2637</v>
+        <v>2693</v>
       </c>
       <c r="F706" t="s">
-        <v>2272</v>
+        <v>2704</v>
       </c>
       <c r="G706" s="1" t="s">
-        <v>2680</v>
+        <v>2758</v>
       </c>
       <c r="H706" t="s">
-        <v>2681</v>
+        <v>2759</v>
       </c>
     </row>
     <row r="707" spans="1:8">
       <c r="A707" t="s">
-        <v>2682</v>
+        <v>2760</v>
       </c>
       <c r="B707" t="s">
         <v>9</v>
       </c>
       <c r="C707" t="s">
-        <v>78</v>
+        <v>105</v>
       </c>
       <c r="D707" t="s">
-        <v>2636</v>
+        <v>2692</v>
       </c>
       <c r="E707" t="s">
-        <v>2637</v>
+        <v>2693</v>
       </c>
       <c r="F707" t="s">
-        <v>79</v>
+        <v>2704</v>
       </c>
       <c r="G707" s="1" t="s">
-        <v>2683</v>
+        <v>2761</v>
       </c>
       <c r="H707" t="s">
-        <v>2684</v>
+        <v>2762</v>
       </c>
     </row>
     <row r="708" spans="1:8">
       <c r="A708" t="s">
-        <v>2685</v>
+        <v>2763</v>
       </c>
       <c r="B708" t="s">
         <v>9</v>
       </c>
       <c r="C708" t="s">
-        <v>83</v>
+        <v>109</v>
       </c>
       <c r="D708" t="s">
-        <v>2636</v>
+        <v>2692</v>
       </c>
       <c r="E708" t="s">
-        <v>2637</v>
+        <v>2693</v>
       </c>
       <c r="F708" t="s">
-        <v>79</v>
+        <v>2764</v>
       </c>
       <c r="G708" s="1" t="s">
-        <v>2686</v>
+        <v>2765</v>
       </c>
       <c r="H708" t="s">
-        <v>2687</v>
+        <v>2766</v>
       </c>
     </row>
     <row r="709" spans="1:8">
       <c r="A709" t="s">
-        <v>2688</v>
+        <v>2767</v>
       </c>
       <c r="B709" t="s">
         <v>9</v>
       </c>
       <c r="C709" t="s">
-        <v>88</v>
+        <v>113</v>
       </c>
       <c r="D709" t="s">
-        <v>2636</v>
+        <v>2692</v>
       </c>
       <c r="E709" t="s">
-        <v>2637</v>
+        <v>2693</v>
       </c>
       <c r="F709" t="s">
-        <v>79</v>
+        <v>2694</v>
       </c>
       <c r="G709" s="1" t="s">
-        <v>2689</v>
+        <v>2768</v>
       </c>
       <c r="H709" t="s">
-        <v>2690</v>
+        <v>2769</v>
       </c>
     </row>
     <row r="710" spans="1:8">
       <c r="A710" t="s">
-        <v>2691</v>
+        <v>2770</v>
       </c>
       <c r="B710" t="s">
         <v>9</v>
       </c>
       <c r="C710" t="s">
-        <v>92</v>
+        <v>118</v>
       </c>
       <c r="D710" t="s">
-        <v>2636</v>
+        <v>2692</v>
       </c>
       <c r="E710" t="s">
-        <v>2637</v>
+        <v>2693</v>
       </c>
       <c r="F710" t="s">
-        <v>27</v>
+        <v>2748</v>
       </c>
       <c r="G710" s="1" t="s">
-        <v>2692</v>
+        <v>2771</v>
       </c>
       <c r="H710" t="s">
-        <v>2693</v>
+        <v>2772</v>
       </c>
     </row>
     <row r="711" spans="1:8">
       <c r="A711" t="s">
-        <v>2694</v>
+        <v>2773</v>
       </c>
       <c r="B711" t="s">
         <v>9</v>
       </c>
       <c r="C711" t="s">
-        <v>97</v>
+        <v>122</v>
       </c>
       <c r="D711" t="s">
-        <v>2636</v>
+        <v>2692</v>
       </c>
       <c r="E711" t="s">
-        <v>2637</v>
+        <v>2693</v>
       </c>
       <c r="F711" t="s">
-        <v>27</v>
+        <v>2704</v>
       </c>
       <c r="G711" s="1" t="s">
-        <v>2695</v>
+        <v>2774</v>
       </c>
       <c r="H711" t="s">
-        <v>2696</v>
+        <v>2775</v>
       </c>
     </row>
     <row r="712" spans="1:8">
       <c r="A712" t="s">
-        <v>2697</v>
+        <v>2776</v>
       </c>
       <c r="B712" t="s">
         <v>9</v>
       </c>
       <c r="C712" t="s">
-        <v>101</v>
+        <v>126</v>
       </c>
       <c r="D712" t="s">
-        <v>2636</v>
+        <v>2692</v>
       </c>
       <c r="E712" t="s">
-        <v>2637</v>
+        <v>2693</v>
       </c>
       <c r="F712" t="s">
-        <v>79</v>
+        <v>2748</v>
       </c>
       <c r="G712" s="1" t="s">
-        <v>2698</v>
+        <v>2777</v>
       </c>
       <c r="H712" t="s">
-        <v>2699</v>
+        <v>2778</v>
       </c>
     </row>
     <row r="713" spans="1:8">
       <c r="A713" t="s">
-        <v>2700</v>
+        <v>2779</v>
       </c>
       <c r="B713" t="s">
         <v>9</v>
       </c>
       <c r="C713" t="s">
-        <v>105</v>
+        <v>130</v>
       </c>
       <c r="D713" t="s">
-        <v>2636</v>
+        <v>2692</v>
       </c>
       <c r="E713" t="s">
-        <v>2637</v>
+        <v>2693</v>
       </c>
       <c r="F713" t="s">
-        <v>2272</v>
+        <v>2694</v>
       </c>
       <c r="G713" s="1" t="s">
-        <v>2701</v>
+        <v>2780</v>
       </c>
       <c r="H713" t="s">
-        <v>2702</v>
+        <v>2781</v>
       </c>
     </row>
     <row r="714" spans="1:8">
       <c r="A714" t="s">
-        <v>2703</v>
+        <v>2782</v>
       </c>
       <c r="B714" t="s">
         <v>9</v>
       </c>
       <c r="C714" t="s">
-        <v>109</v>
+        <v>134</v>
       </c>
       <c r="D714" t="s">
-        <v>2636</v>
+        <v>2692</v>
       </c>
       <c r="E714" t="s">
-        <v>2637</v>
+        <v>2693</v>
       </c>
       <c r="F714" t="s">
-        <v>70</v>
+        <v>2704</v>
       </c>
       <c r="G714" s="1" t="s">
-        <v>2704</v>
+        <v>2783</v>
       </c>
       <c r="H714" t="s">
-        <v>2705</v>
+        <v>2784</v>
       </c>
     </row>
     <row r="715" spans="1:8">
       <c r="A715" t="s">
-        <v>2706</v>
+        <v>2785</v>
       </c>
       <c r="B715" t="s">
         <v>9</v>
       </c>
       <c r="C715" t="s">
-        <v>10</v>
+        <v>138</v>
       </c>
       <c r="D715" t="s">
-        <v>2707</v>
+        <v>2692</v>
       </c>
       <c r="E715" t="s">
-        <v>2708</v>
+        <v>2693</v>
       </c>
       <c r="F715" t="s">
-        <v>2180</v>
+        <v>2704</v>
       </c>
       <c r="G715" s="1" t="s">
-        <v>2709</v>
+        <v>2786</v>
       </c>
       <c r="H715" t="s">
-        <v>2710</v>
+        <v>2778</v>
       </c>
     </row>
     <row r="716" spans="1:8">
       <c r="A716" t="s">
-        <v>2711</v>
+        <v>2787</v>
       </c>
       <c r="B716" t="s">
         <v>9</v>
       </c>
       <c r="C716" t="s">
-        <v>17</v>
+        <v>143</v>
       </c>
       <c r="D716" t="s">
-        <v>2707</v>
+        <v>2692</v>
       </c>
       <c r="E716" t="s">
-        <v>2708</v>
+        <v>2693</v>
       </c>
       <c r="F716" t="s">
-        <v>2180</v>
+        <v>2704</v>
       </c>
       <c r="G716" s="1" t="s">
-        <v>2712</v>
+        <v>2788</v>
       </c>
       <c r="H716" t="s">
-        <v>2713</v>
+        <v>2789</v>
       </c>
     </row>
     <row r="717" spans="1:8">
       <c r="A717" t="s">
-        <v>2714</v>
+        <v>2790</v>
       </c>
       <c r="B717" t="s">
         <v>9</v>
       </c>
       <c r="C717" t="s">
-        <v>21</v>
+        <v>147</v>
       </c>
       <c r="D717" t="s">
-        <v>2707</v>
+        <v>2692</v>
       </c>
       <c r="E717" t="s">
-        <v>2708</v>
+        <v>2693</v>
       </c>
       <c r="F717" t="s">
-        <v>2180</v>
+        <v>2704</v>
       </c>
       <c r="G717" s="1" t="s">
-        <v>2715</v>
+        <v>2791</v>
       </c>
       <c r="H717" t="s">
-        <v>2716</v>
+        <v>2792</v>
       </c>
     </row>
     <row r="718" spans="1:8">
       <c r="A718" t="s">
-        <v>2717</v>
+        <v>2793</v>
       </c>
       <c r="B718" t="s">
         <v>9</v>
       </c>
       <c r="C718" t="s">
-        <v>26</v>
+        <v>151</v>
       </c>
       <c r="D718" t="s">
-        <v>2707</v>
+        <v>2692</v>
       </c>
       <c r="E718" t="s">
-        <v>2708</v>
+        <v>2693</v>
       </c>
       <c r="F718" t="s">
-        <v>2180</v>
+        <v>2704</v>
       </c>
       <c r="G718" s="1" t="s">
-        <v>2718</v>
+        <v>2794</v>
       </c>
       <c r="H718" t="s">
-        <v>2719</v>
+        <v>2781</v>
       </c>
     </row>
     <row r="719" spans="1:8">
       <c r="A719" t="s">
-        <v>2720</v>
+        <v>2795</v>
       </c>
       <c r="B719" t="s">
         <v>9</v>
       </c>
       <c r="C719" t="s">
-        <v>31</v>
+        <v>155</v>
       </c>
       <c r="D719" t="s">
-        <v>2707</v>
+        <v>2692</v>
       </c>
       <c r="E719" t="s">
-        <v>2708</v>
+        <v>2693</v>
       </c>
       <c r="F719" t="s">
-        <v>2180</v>
+        <v>2796</v>
       </c>
       <c r="G719" s="1" t="s">
-        <v>2721</v>
+        <v>2797</v>
       </c>
       <c r="H719" t="s">
-        <v>2722</v>
+        <v>2798</v>
       </c>
     </row>
     <row r="720" spans="1:8">
       <c r="A720" t="s">
-        <v>2723</v>
+        <v>2799</v>
       </c>
       <c r="B720" t="s">
         <v>9</v>
       </c>
       <c r="C720" t="s">
-        <v>35</v>
+        <v>160</v>
       </c>
       <c r="D720" t="s">
-        <v>2707</v>
+        <v>2692</v>
       </c>
       <c r="E720" t="s">
-        <v>2708</v>
+        <v>2693</v>
       </c>
       <c r="F720" t="s">
-        <v>2180</v>
+        <v>2796</v>
       </c>
       <c r="G720" s="1" t="s">
-        <v>2724</v>
+        <v>2800</v>
       </c>
       <c r="H720" t="s">
-        <v>2725</v>
+        <v>2801</v>
       </c>
     </row>
     <row r="721" spans="1:8">
       <c r="A721" t="s">
-        <v>2726</v>
+        <v>2802</v>
       </c>
       <c r="B721" t="s">
         <v>9</v>
       </c>
       <c r="C721" t="s">
-        <v>39</v>
+        <v>165</v>
       </c>
       <c r="D721" t="s">
-        <v>2707</v>
+        <v>2692</v>
       </c>
       <c r="E721" t="s">
-        <v>2708</v>
+        <v>2693</v>
       </c>
       <c r="F721" t="s">
-        <v>2180</v>
+        <v>2694</v>
       </c>
       <c r="G721" s="1" t="s">
-        <v>2727</v>
+        <v>2803</v>
       </c>
       <c r="H721" t="s">
-        <v>2728</v>
+        <v>2804</v>
       </c>
     </row>
     <row r="722" spans="1:8">
       <c r="A722" t="s">
-        <v>2729</v>
+        <v>2805</v>
       </c>
       <c r="B722" t="s">
         <v>9</v>
       </c>
       <c r="C722" t="s">
-        <v>43</v>
+        <v>169</v>
       </c>
       <c r="D722" t="s">
-        <v>2707</v>
+        <v>2692</v>
       </c>
       <c r="E722" t="s">
-        <v>2708</v>
+        <v>2693</v>
       </c>
       <c r="F722" t="s">
-        <v>2180</v>
+        <v>2748</v>
       </c>
       <c r="G722" s="1" t="s">
-        <v>2730</v>
+        <v>2806</v>
       </c>
       <c r="H722" t="s">
-        <v>2731</v>
+        <v>2807</v>
       </c>
     </row>
     <row r="723" spans="1:8">
       <c r="A723" t="s">
-        <v>2732</v>
+        <v>2808</v>
       </c>
       <c r="B723" t="s">
         <v>9</v>
       </c>
       <c r="C723" t="s">
-        <v>48</v>
+        <v>173</v>
       </c>
       <c r="D723" t="s">
-        <v>2707</v>
+        <v>2692</v>
       </c>
       <c r="E723" t="s">
-        <v>2708</v>
+        <v>2693</v>
       </c>
       <c r="F723" t="s">
-        <v>2180</v>
+        <v>2694</v>
       </c>
       <c r="G723" s="1" t="s">
-        <v>2733</v>
+        <v>2809</v>
       </c>
       <c r="H723" t="s">
-        <v>2734</v>
+        <v>2810</v>
       </c>
     </row>
     <row r="724" spans="1:8">
       <c r="A724" t="s">
-        <v>2735</v>
+        <v>2811</v>
       </c>
       <c r="B724" t="s">
         <v>9</v>
       </c>
       <c r="C724" t="s">
-        <v>53</v>
+        <v>177</v>
       </c>
       <c r="D724" t="s">
-        <v>2707</v>
+        <v>2692</v>
       </c>
       <c r="E724" t="s">
-        <v>2708</v>
+        <v>2693</v>
       </c>
       <c r="F724" t="s">
-        <v>2180</v>
+        <v>2694</v>
       </c>
       <c r="G724" s="1" t="s">
-        <v>2736</v>
+        <v>2812</v>
       </c>
       <c r="H724" t="s">
-        <v>2737</v>
+        <v>2798</v>
       </c>
     </row>
     <row r="725" spans="1:8">
       <c r="A725" t="s">
-        <v>2738</v>
+        <v>2813</v>
       </c>
       <c r="B725" t="s">
         <v>9</v>
       </c>
       <c r="C725" t="s">
-        <v>57</v>
+        <v>181</v>
       </c>
       <c r="D725" t="s">
-        <v>2707</v>
+        <v>2692</v>
       </c>
       <c r="E725" t="s">
-        <v>2708</v>
+        <v>2693</v>
       </c>
       <c r="F725" t="s">
-        <v>2180</v>
+        <v>2704</v>
       </c>
       <c r="G725" s="1" t="s">
-        <v>2739</v>
+        <v>2814</v>
       </c>
       <c r="H725" t="s">
-        <v>2740</v>
+        <v>2815</v>
       </c>
     </row>
     <row r="726" spans="1:8">
       <c r="A726" t="s">
-        <v>2741</v>
+        <v>2816</v>
       </c>
       <c r="B726" t="s">
         <v>9</v>
       </c>
       <c r="C726" t="s">
-        <v>61</v>
+        <v>185</v>
       </c>
       <c r="D726" t="s">
-        <v>2707</v>
+        <v>2692</v>
       </c>
       <c r="E726" t="s">
-        <v>2708</v>
+        <v>2693</v>
       </c>
       <c r="F726" t="s">
-        <v>2180</v>
+        <v>2704</v>
       </c>
       <c r="G726" s="1" t="s">
-        <v>2742</v>
+        <v>2817</v>
       </c>
       <c r="H726" t="s">
-        <v>2743</v>
+        <v>2818</v>
       </c>
     </row>
     <row r="727" spans="1:8">
       <c r="A727" t="s">
-        <v>2744</v>
+        <v>2819</v>
       </c>
       <c r="B727" t="s">
         <v>9</v>
       </c>
       <c r="C727" t="s">
-        <v>65</v>
+        <v>189</v>
       </c>
       <c r="D727" t="s">
-        <v>2707</v>
+        <v>2692</v>
       </c>
       <c r="E727" t="s">
-        <v>2708</v>
+        <v>2693</v>
       </c>
       <c r="F727" t="s">
-        <v>2180</v>
+        <v>2704</v>
       </c>
       <c r="G727" s="1" t="s">
-        <v>2745</v>
+        <v>2820</v>
       </c>
       <c r="H727" t="s">
-        <v>2746</v>
+        <v>2821</v>
       </c>
     </row>
     <row r="728" spans="1:8">
       <c r="A728" t="s">
-        <v>2747</v>
+        <v>2822</v>
       </c>
       <c r="B728" t="s">
         <v>9</v>
       </c>
       <c r="C728" t="s">
-        <v>69</v>
+        <v>193</v>
       </c>
       <c r="D728" t="s">
-        <v>2707</v>
+        <v>2692</v>
       </c>
       <c r="E728" t="s">
-        <v>2708</v>
+        <v>2693</v>
       </c>
       <c r="F728" t="s">
-        <v>2180</v>
+        <v>2704</v>
       </c>
       <c r="G728" s="1" t="s">
-        <v>2748</v>
+        <v>2823</v>
       </c>
       <c r="H728" t="s">
-        <v>2749</v>
+        <v>2824</v>
       </c>
     </row>
     <row r="729" spans="1:8">
       <c r="A729" t="s">
-        <v>2750</v>
+        <v>2825</v>
       </c>
       <c r="B729" t="s">
         <v>9</v>
       </c>
       <c r="C729" t="s">
-        <v>74</v>
+        <v>197</v>
       </c>
       <c r="D729" t="s">
-        <v>2707</v>
+        <v>2692</v>
       </c>
       <c r="E729" t="s">
-        <v>2708</v>
+        <v>2693</v>
       </c>
       <c r="F729" t="s">
-        <v>2180</v>
+        <v>2704</v>
       </c>
       <c r="G729" s="1" t="s">
-        <v>2751</v>
+        <v>2826</v>
       </c>
       <c r="H729" t="s">
-        <v>2752</v>
+        <v>2827</v>
       </c>
     </row>
     <row r="730" spans="1:8">
       <c r="A730" t="s">
-        <v>2753</v>
+        <v>2828</v>
       </c>
       <c r="B730" t="s">
         <v>9</v>
       </c>
       <c r="C730" t="s">
-        <v>78</v>
+        <v>201</v>
       </c>
       <c r="D730" t="s">
-        <v>2707</v>
+        <v>2692</v>
       </c>
       <c r="E730" t="s">
-        <v>2708</v>
+        <v>2693</v>
       </c>
       <c r="F730" t="s">
-        <v>2180</v>
+        <v>2704</v>
       </c>
       <c r="G730" s="1" t="s">
-        <v>2754</v>
+        <v>2829</v>
       </c>
       <c r="H730" t="s">
-        <v>2755</v>
+        <v>2830</v>
       </c>
     </row>
     <row r="731" spans="1:8">
       <c r="A731" t="s">
-        <v>2756</v>
+        <v>2831</v>
       </c>
       <c r="B731" t="s">
         <v>9</v>
       </c>
       <c r="C731" t="s">
-        <v>83</v>
+        <v>205</v>
       </c>
       <c r="D731" t="s">
-        <v>2707</v>
+        <v>2692</v>
       </c>
       <c r="E731" t="s">
-        <v>2708</v>
+        <v>2693</v>
       </c>
       <c r="F731" t="s">
-        <v>2180</v>
+        <v>2704</v>
       </c>
       <c r="G731" s="1" t="s">
-        <v>2757</v>
+        <v>2832</v>
       </c>
       <c r="H731" t="s">
-        <v>2758</v>
+        <v>2833</v>
       </c>
     </row>
     <row r="732" spans="1:8">
       <c r="A732" t="s">
-        <v>2759</v>
+        <v>2834</v>
       </c>
       <c r="B732" t="s">
         <v>9</v>
       </c>
       <c r="C732" t="s">
-        <v>88</v>
+        <v>209</v>
       </c>
       <c r="D732" t="s">
-        <v>2707</v>
+        <v>2692</v>
       </c>
       <c r="E732" t="s">
-        <v>2708</v>
+        <v>2693</v>
       </c>
       <c r="F732" t="s">
-        <v>2180</v>
+        <v>2704</v>
       </c>
       <c r="G732" s="1" t="s">
-        <v>2760</v>
+        <v>2835</v>
       </c>
       <c r="H732" t="s">
-        <v>2761</v>
+        <v>2836</v>
       </c>
     </row>
     <row r="733" spans="1:8">
       <c r="A733" t="s">
-        <v>2762</v>
+        <v>2837</v>
       </c>
       <c r="B733" t="s">
         <v>9</v>
       </c>
       <c r="C733" t="s">
-        <v>92</v>
+        <v>213</v>
       </c>
       <c r="D733" t="s">
-        <v>2707</v>
+        <v>2692</v>
       </c>
       <c r="E733" t="s">
-        <v>2708</v>
+        <v>2693</v>
       </c>
       <c r="F733" t="s">
-        <v>2180</v>
+        <v>2704</v>
       </c>
       <c r="G733" s="1" t="s">
-        <v>2763</v>
+        <v>2838</v>
       </c>
       <c r="H733" t="s">
-        <v>2764</v>
+        <v>2839</v>
       </c>
     </row>
     <row r="734" spans="1:8">
       <c r="A734" t="s">
-        <v>2765</v>
+        <v>2840</v>
       </c>
       <c r="B734" t="s">
         <v>9</v>
       </c>
       <c r="C734" t="s">
-        <v>97</v>
+        <v>217</v>
       </c>
       <c r="D734" t="s">
-        <v>2707</v>
+        <v>2692</v>
       </c>
       <c r="E734" t="s">
-        <v>2708</v>
+        <v>2693</v>
       </c>
       <c r="F734" t="s">
-        <v>2180</v>
+        <v>2748</v>
       </c>
       <c r="G734" s="1" t="s">
-        <v>2766</v>
+        <v>2841</v>
       </c>
       <c r="H734" t="s">
-        <v>2767</v>
+        <v>2842</v>
       </c>
     </row>
     <row r="735" spans="1:8">
       <c r="A735" t="s">
-        <v>2768</v>
+        <v>2843</v>
       </c>
       <c r="B735" t="s">
         <v>9</v>
       </c>
       <c r="C735" t="s">
-        <v>101</v>
+        <v>221</v>
       </c>
       <c r="D735" t="s">
-        <v>2707</v>
+        <v>2692</v>
       </c>
       <c r="E735" t="s">
-        <v>2708</v>
+        <v>2693</v>
       </c>
       <c r="F735" t="s">
-        <v>2180</v>
+        <v>2694</v>
       </c>
       <c r="G735" s="1" t="s">
-        <v>2769</v>
+        <v>2844</v>
       </c>
       <c r="H735" t="s">
-        <v>2770</v>
+        <v>2842</v>
       </c>
     </row>
     <row r="736" spans="1:8">
       <c r="A736" t="s">
-        <v>2771</v>
+        <v>2845</v>
       </c>
       <c r="B736" t="s">
         <v>9</v>
       </c>
       <c r="C736" t="s">
-        <v>105</v>
+        <v>225</v>
       </c>
       <c r="D736" t="s">
-        <v>2707</v>
+        <v>2692</v>
       </c>
       <c r="E736" t="s">
-        <v>2708</v>
+        <v>2693</v>
       </c>
       <c r="F736" t="s">
-        <v>2180</v>
+        <v>2704</v>
       </c>
       <c r="G736" s="1" t="s">
-        <v>2772</v>
+        <v>2846</v>
       </c>
       <c r="H736" t="s">
-        <v>2773</v>
+        <v>2847</v>
       </c>
     </row>
     <row r="737" spans="1:8">
       <c r="A737" t="s">
-        <v>2774</v>
+        <v>2848</v>
       </c>
       <c r="B737" t="s">
         <v>9</v>
       </c>
       <c r="C737" t="s">
-        <v>109</v>
+        <v>229</v>
       </c>
       <c r="D737" t="s">
-        <v>2707</v>
+        <v>2692</v>
       </c>
       <c r="E737" t="s">
-        <v>2708</v>
+        <v>2693</v>
       </c>
       <c r="F737" t="s">
-        <v>2180</v>
+        <v>2704</v>
       </c>
       <c r="G737" s="1" t="s">
-        <v>2775</v>
+        <v>2849</v>
       </c>
       <c r="H737" t="s">
-        <v>2776</v>
+        <v>2850</v>
       </c>
     </row>
     <row r="738" spans="1:8">
       <c r="A738" t="s">
-        <v>2777</v>
+        <v>2851</v>
       </c>
       <c r="B738" t="s">
         <v>9</v>
       </c>
       <c r="C738" t="s">
-        <v>113</v>
+        <v>233</v>
       </c>
       <c r="D738" t="s">
-        <v>2707</v>
+        <v>2692</v>
       </c>
       <c r="E738" t="s">
-        <v>2708</v>
+        <v>2693</v>
       </c>
       <c r="F738" t="s">
-        <v>2180</v>
+        <v>2748</v>
       </c>
       <c r="G738" s="1" t="s">
-        <v>2778</v>
+        <v>2852</v>
       </c>
       <c r="H738" t="s">
-        <v>2779</v>
+        <v>2853</v>
       </c>
     </row>
     <row r="739" spans="1:8">
       <c r="A739" t="s">
-        <v>2780</v>
+        <v>2854</v>
       </c>
       <c r="B739" t="s">
         <v>9</v>
       </c>
       <c r="C739" t="s">
-        <v>118</v>
+        <v>237</v>
       </c>
       <c r="D739" t="s">
-        <v>2707</v>
+        <v>2692</v>
       </c>
       <c r="E739" t="s">
-        <v>2708</v>
+        <v>2693</v>
       </c>
       <c r="F739" t="s">
-        <v>2180</v>
+        <v>2748</v>
       </c>
       <c r="G739" s="1" t="s">
-        <v>2781</v>
+        <v>2855</v>
       </c>
       <c r="H739" t="s">
-        <v>2782</v>
+        <v>2856</v>
       </c>
     </row>
     <row r="740" spans="1:8">
       <c r="A740" t="s">
-        <v>2783</v>
+        <v>2857</v>
       </c>
       <c r="B740" t="s">
         <v>9</v>
       </c>
       <c r="C740" t="s">
-        <v>122</v>
+        <v>241</v>
       </c>
       <c r="D740" t="s">
-        <v>2707</v>
+        <v>2692</v>
       </c>
       <c r="E740" t="s">
-        <v>2708</v>
+        <v>2693</v>
       </c>
       <c r="F740" t="s">
-        <v>2180</v>
+        <v>2694</v>
       </c>
       <c r="G740" s="1" t="s">
-        <v>2784</v>
+        <v>2858</v>
       </c>
       <c r="H740" t="s">
-        <v>2785</v>
+        <v>2859</v>
       </c>
     </row>
     <row r="741" spans="1:8">
       <c r="A741" t="s">
-        <v>2786</v>
+        <v>2860</v>
       </c>
       <c r="B741" t="s">
         <v>9</v>
       </c>
       <c r="C741" t="s">
-        <v>126</v>
+        <v>245</v>
       </c>
       <c r="D741" t="s">
-        <v>2707</v>
+        <v>2692</v>
       </c>
       <c r="E741" t="s">
-        <v>2708</v>
+        <v>2693</v>
       </c>
       <c r="F741" t="s">
-        <v>2180</v>
+        <v>2694</v>
       </c>
       <c r="G741" s="1" t="s">
-        <v>2787</v>
+        <v>2861</v>
       </c>
       <c r="H741" t="s">
-        <v>2788</v>
+        <v>2862</v>
       </c>
     </row>
     <row r="742" spans="1:8">
       <c r="A742" t="s">
-        <v>2789</v>
+        <v>2863</v>
       </c>
       <c r="B742" t="s">
         <v>9</v>
       </c>
       <c r="C742" t="s">
-        <v>130</v>
+        <v>249</v>
       </c>
       <c r="D742" t="s">
-        <v>2707</v>
+        <v>2692</v>
       </c>
       <c r="E742" t="s">
-        <v>2708</v>
+        <v>2693</v>
       </c>
       <c r="F742" t="s">
-        <v>2180</v>
+        <v>2704</v>
       </c>
       <c r="G742" s="1" t="s">
-        <v>2790</v>
+        <v>2864</v>
       </c>
       <c r="H742" t="s">
-        <v>2791</v>
+        <v>2865</v>
       </c>
     </row>
     <row r="743" spans="1:8">
       <c r="A743" t="s">
-        <v>2792</v>
+        <v>2866</v>
       </c>
       <c r="B743" t="s">
         <v>9</v>
       </c>
       <c r="C743" t="s">
-        <v>134</v>
+        <v>253</v>
       </c>
       <c r="D743" t="s">
-        <v>2707</v>
+        <v>2692</v>
       </c>
       <c r="E743" t="s">
-        <v>2708</v>
+        <v>2693</v>
       </c>
       <c r="F743" t="s">
-        <v>2180</v>
+        <v>2704</v>
       </c>
       <c r="G743" s="1" t="s">
-        <v>2793</v>
+        <v>2867</v>
       </c>
       <c r="H743" t="s">
-        <v>2794</v>
+        <v>2868</v>
       </c>
     </row>
     <row r="744" spans="1:8">
       <c r="A744" t="s">
-        <v>2795</v>
+        <v>2869</v>
       </c>
       <c r="B744" t="s">
         <v>9</v>
       </c>
       <c r="C744" t="s">
-        <v>138</v>
+        <v>257</v>
       </c>
       <c r="D744" t="s">
-        <v>2707</v>
+        <v>2692</v>
       </c>
       <c r="E744" t="s">
-        <v>2708</v>
+        <v>2693</v>
       </c>
       <c r="F744" t="s">
-        <v>2180</v>
+        <v>2704</v>
       </c>
       <c r="G744" s="1" t="s">
-        <v>2796</v>
+        <v>2870</v>
       </c>
       <c r="H744" t="s">
-        <v>2797</v>
+        <v>2871</v>
       </c>
     </row>
     <row r="745" spans="1:8">
       <c r="A745" t="s">
-        <v>2798</v>
+        <v>2872</v>
       </c>
       <c r="B745" t="s">
         <v>9</v>
       </c>
       <c r="C745" t="s">
-        <v>10</v>
+        <v>261</v>
       </c>
       <c r="D745" t="s">
-        <v>2799</v>
+        <v>2692</v>
       </c>
       <c r="E745" t="s">
-        <v>2800</v>
+        <v>2693</v>
       </c>
       <c r="F745" t="s">
-        <v>161</v>
+        <v>2704</v>
       </c>
       <c r="G745" s="1" t="s">
-        <v>2801</v>
+        <v>2873</v>
       </c>
       <c r="H745" t="s">
-        <v>2802</v>
+        <v>2874</v>
       </c>
     </row>
     <row r="746" spans="1:8">
       <c r="A746" t="s">
-        <v>2803</v>
+        <v>2875</v>
       </c>
       <c r="B746" t="s">
         <v>9</v>
       </c>
       <c r="C746" t="s">
+        <v>265</v>
+      </c>
+      <c r="D746" t="s">
+        <v>2692</v>
+      </c>
+      <c r="E746" t="s">
+        <v>2693</v>
+      </c>
+      <c r="F746" t="s">
+        <v>2704</v>
+      </c>
+      <c r="G746" s="1" t="s">
+        <v>2876</v>
+      </c>
+      <c r="H746" t="s">
+        <v>2877</v>
+      </c>
+    </row>
+    <row r="747" spans="1:8">
+      <c r="A747" t="s">
+        <v>2878</v>
+      </c>
+      <c r="B747" t="s">
+        <v>9</v>
+      </c>
+      <c r="C747" t="s">
+        <v>269</v>
+      </c>
+      <c r="D747" t="s">
+        <v>2692</v>
+      </c>
+      <c r="E747" t="s">
+        <v>2693</v>
+      </c>
+      <c r="F747" t="s">
+        <v>2748</v>
+      </c>
+      <c r="G747" s="1" t="s">
+        <v>2879</v>
+      </c>
+      <c r="H747" t="s">
+        <v>2880</v>
+      </c>
+    </row>
+    <row r="748" spans="1:8">
+      <c r="A748" t="s">
+        <v>2881</v>
+      </c>
+      <c r="B748" t="s">
+        <v>9</v>
+      </c>
+      <c r="C748" t="s">
+        <v>273</v>
+      </c>
+      <c r="D748" t="s">
+        <v>2692</v>
+      </c>
+      <c r="E748" t="s">
+        <v>2693</v>
+      </c>
+      <c r="F748" t="s">
+        <v>2694</v>
+      </c>
+      <c r="G748" s="1" t="s">
+        <v>2882</v>
+      </c>
+      <c r="H748" t="s">
+        <v>2883</v>
+      </c>
+    </row>
+    <row r="749" spans="1:8">
+      <c r="A749" t="s">
+        <v>2884</v>
+      </c>
+      <c r="B749" t="s">
+        <v>9</v>
+      </c>
+      <c r="C749" t="s">
+        <v>277</v>
+      </c>
+      <c r="D749" t="s">
+        <v>2692</v>
+      </c>
+      <c r="E749" t="s">
+        <v>2693</v>
+      </c>
+      <c r="F749" t="s">
+        <v>2694</v>
+      </c>
+      <c r="G749" s="1" t="s">
+        <v>2885</v>
+      </c>
+      <c r="H749" t="s">
+        <v>2886</v>
+      </c>
+    </row>
+    <row r="750" spans="1:8">
+      <c r="A750" t="s">
+        <v>2887</v>
+      </c>
+      <c r="B750" t="s">
+        <v>9</v>
+      </c>
+      <c r="C750" t="s">
+        <v>281</v>
+      </c>
+      <c r="D750" t="s">
+        <v>2692</v>
+      </c>
+      <c r="E750" t="s">
+        <v>2693</v>
+      </c>
+      <c r="F750" t="s">
+        <v>2704</v>
+      </c>
+      <c r="G750" s="1" t="s">
+        <v>2888</v>
+      </c>
+      <c r="H750" t="s">
+        <v>2889</v>
+      </c>
+    </row>
+    <row r="751" spans="1:8">
+      <c r="A751" t="s">
+        <v>2890</v>
+      </c>
+      <c r="B751" t="s">
+        <v>9</v>
+      </c>
+      <c r="C751" t="s">
+        <v>285</v>
+      </c>
+      <c r="D751" t="s">
+        <v>2692</v>
+      </c>
+      <c r="E751" t="s">
+        <v>2693</v>
+      </c>
+      <c r="F751" t="s">
+        <v>2704</v>
+      </c>
+      <c r="G751" s="1" t="s">
+        <v>2891</v>
+      </c>
+      <c r="H751" t="s">
+        <v>2892</v>
+      </c>
+    </row>
+    <row r="752" spans="1:8">
+      <c r="A752" t="s">
+        <v>2893</v>
+      </c>
+      <c r="B752" t="s">
+        <v>9</v>
+      </c>
+      <c r="C752" t="s">
+        <v>289</v>
+      </c>
+      <c r="D752" t="s">
+        <v>2692</v>
+      </c>
+      <c r="E752" t="s">
+        <v>2693</v>
+      </c>
+      <c r="F752" t="s">
+        <v>2704</v>
+      </c>
+      <c r="G752" s="1" t="s">
+        <v>2894</v>
+      </c>
+      <c r="H752" t="s">
+        <v>2895</v>
+      </c>
+    </row>
+    <row r="753" spans="1:8">
+      <c r="A753" t="s">
+        <v>2896</v>
+      </c>
+      <c r="B753" t="s">
+        <v>9</v>
+      </c>
+      <c r="C753" t="s">
+        <v>293</v>
+      </c>
+      <c r="D753" t="s">
+        <v>2692</v>
+      </c>
+      <c r="E753" t="s">
+        <v>2693</v>
+      </c>
+      <c r="F753" t="s">
+        <v>2704</v>
+      </c>
+      <c r="G753" s="1" t="s">
+        <v>2897</v>
+      </c>
+      <c r="H753" t="s">
+        <v>2898</v>
+      </c>
+    </row>
+    <row r="754" spans="1:8">
+      <c r="A754" t="s">
+        <v>2899</v>
+      </c>
+      <c r="B754" t="s">
+        <v>9</v>
+      </c>
+      <c r="C754" t="s">
+        <v>297</v>
+      </c>
+      <c r="D754" t="s">
+        <v>2692</v>
+      </c>
+      <c r="E754" t="s">
+        <v>2693</v>
+      </c>
+      <c r="F754" t="s">
+        <v>2704</v>
+      </c>
+      <c r="G754" s="1" t="s">
+        <v>2900</v>
+      </c>
+      <c r="H754" t="s">
+        <v>2901</v>
+      </c>
+    </row>
+    <row r="755" spans="1:8">
+      <c r="A755" t="s">
+        <v>2902</v>
+      </c>
+      <c r="B755" t="s">
+        <v>9</v>
+      </c>
+      <c r="C755" t="s">
+        <v>301</v>
+      </c>
+      <c r="D755" t="s">
+        <v>2692</v>
+      </c>
+      <c r="E755" t="s">
+        <v>2693</v>
+      </c>
+      <c r="F755" t="s">
+        <v>2704</v>
+      </c>
+      <c r="G755" s="1" t="s">
+        <v>2903</v>
+      </c>
+      <c r="H755" t="s">
+        <v>2904</v>
+      </c>
+    </row>
+    <row r="756" spans="1:8">
+      <c r="A756" t="s">
+        <v>2905</v>
+      </c>
+      <c r="B756" t="s">
+        <v>9</v>
+      </c>
+      <c r="C756" t="s">
+        <v>305</v>
+      </c>
+      <c r="D756" t="s">
+        <v>2692</v>
+      </c>
+      <c r="E756" t="s">
+        <v>2693</v>
+      </c>
+      <c r="F756" t="s">
+        <v>2704</v>
+      </c>
+      <c r="G756" s="1" t="s">
+        <v>2906</v>
+      </c>
+      <c r="H756" t="s">
+        <v>2907</v>
+      </c>
+    </row>
+    <row r="757" spans="1:8">
+      <c r="A757" t="s">
+        <v>2908</v>
+      </c>
+      <c r="B757" t="s">
+        <v>9</v>
+      </c>
+      <c r="C757" t="s">
+        <v>309</v>
+      </c>
+      <c r="D757" t="s">
+        <v>2692</v>
+      </c>
+      <c r="E757" t="s">
+        <v>2693</v>
+      </c>
+      <c r="F757" t="s">
+        <v>2704</v>
+      </c>
+      <c r="G757" s="1" t="s">
+        <v>2909</v>
+      </c>
+      <c r="H757" t="s">
+        <v>2910</v>
+      </c>
+    </row>
+    <row r="758" spans="1:8">
+      <c r="A758" t="s">
+        <v>2911</v>
+      </c>
+      <c r="B758" t="s">
+        <v>9</v>
+      </c>
+      <c r="C758" t="s">
+        <v>313</v>
+      </c>
+      <c r="D758" t="s">
+        <v>2692</v>
+      </c>
+      <c r="E758" t="s">
+        <v>2693</v>
+      </c>
+      <c r="F758" t="s">
+        <v>2704</v>
+      </c>
+      <c r="G758" s="1" t="s">
+        <v>2912</v>
+      </c>
+      <c r="H758" t="s">
+        <v>2913</v>
+      </c>
+    </row>
+    <row r="759" spans="1:8">
+      <c r="A759" t="s">
+        <v>2914</v>
+      </c>
+      <c r="B759" t="s">
+        <v>9</v>
+      </c>
+      <c r="C759" t="s">
+        <v>317</v>
+      </c>
+      <c r="D759" t="s">
+        <v>2692</v>
+      </c>
+      <c r="E759" t="s">
+        <v>2693</v>
+      </c>
+      <c r="F759" t="s">
+        <v>2704</v>
+      </c>
+      <c r="G759" s="1" t="s">
+        <v>2915</v>
+      </c>
+      <c r="H759" t="s">
+        <v>2916</v>
+      </c>
+    </row>
+    <row r="760" spans="1:8">
+      <c r="A760" t="s">
+        <v>2917</v>
+      </c>
+      <c r="B760" t="s">
+        <v>9</v>
+      </c>
+      <c r="C760" t="s">
+        <v>321</v>
+      </c>
+      <c r="D760" t="s">
+        <v>2692</v>
+      </c>
+      <c r="E760" t="s">
+        <v>2693</v>
+      </c>
+      <c r="F760" t="s">
+        <v>2704</v>
+      </c>
+      <c r="G760" s="1" t="s">
+        <v>2918</v>
+      </c>
+      <c r="H760" t="s">
+        <v>2919</v>
+      </c>
+    </row>
+    <row r="761" spans="1:8">
+      <c r="A761" t="s">
+        <v>2920</v>
+      </c>
+      <c r="B761" t="s">
+        <v>9</v>
+      </c>
+      <c r="C761" t="s">
+        <v>325</v>
+      </c>
+      <c r="D761" t="s">
+        <v>2692</v>
+      </c>
+      <c r="E761" t="s">
+        <v>2693</v>
+      </c>
+      <c r="F761" t="s">
+        <v>2704</v>
+      </c>
+      <c r="G761" s="1" t="s">
+        <v>2921</v>
+      </c>
+      <c r="H761" t="s">
+        <v>2922</v>
+      </c>
+    </row>
+    <row r="762" spans="1:8">
+      <c r="A762" t="s">
+        <v>2923</v>
+      </c>
+      <c r="B762" t="s">
+        <v>9</v>
+      </c>
+      <c r="C762" t="s">
+        <v>329</v>
+      </c>
+      <c r="D762" t="s">
+        <v>2692</v>
+      </c>
+      <c r="E762" t="s">
+        <v>2693</v>
+      </c>
+      <c r="F762" t="s">
+        <v>2704</v>
+      </c>
+      <c r="G762" s="1" t="s">
+        <v>2924</v>
+      </c>
+      <c r="H762" t="s">
+        <v>2925</v>
+      </c>
+    </row>
+    <row r="763" spans="1:8">
+      <c r="A763" t="s">
+        <v>2926</v>
+      </c>
+      <c r="B763" t="s">
+        <v>9</v>
+      </c>
+      <c r="C763" t="s">
+        <v>333</v>
+      </c>
+      <c r="D763" t="s">
+        <v>2692</v>
+      </c>
+      <c r="E763" t="s">
+        <v>2693</v>
+      </c>
+      <c r="F763" t="s">
+        <v>2927</v>
+      </c>
+      <c r="G763" s="1" t="s">
+        <v>2928</v>
+      </c>
+      <c r="H763" t="s">
+        <v>2929</v>
+      </c>
+    </row>
+    <row r="764" spans="1:8">
+      <c r="A764" t="s">
+        <v>2930</v>
+      </c>
+      <c r="B764" t="s">
+        <v>9</v>
+      </c>
+      <c r="C764" t="s">
+        <v>337</v>
+      </c>
+      <c r="D764" t="s">
+        <v>2692</v>
+      </c>
+      <c r="E764" t="s">
+        <v>2693</v>
+      </c>
+      <c r="F764" t="s">
+        <v>2704</v>
+      </c>
+      <c r="G764" s="1" t="s">
+        <v>2931</v>
+      </c>
+      <c r="H764" t="s">
+        <v>2932</v>
+      </c>
+    </row>
+    <row r="765" spans="1:8">
+      <c r="A765" t="s">
+        <v>2933</v>
+      </c>
+      <c r="B765" t="s">
+        <v>9</v>
+      </c>
+      <c r="C765" t="s">
+        <v>341</v>
+      </c>
+      <c r="D765" t="s">
+        <v>2692</v>
+      </c>
+      <c r="E765" t="s">
+        <v>2693</v>
+      </c>
+      <c r="F765" t="s">
+        <v>2704</v>
+      </c>
+      <c r="G765" s="1" t="s">
+        <v>2934</v>
+      </c>
+      <c r="H765" t="s">
+        <v>2935</v>
+      </c>
+    </row>
+    <row r="766" spans="1:8">
+      <c r="A766" t="s">
+        <v>2936</v>
+      </c>
+      <c r="B766" t="s">
+        <v>9</v>
+      </c>
+      <c r="C766" t="s">
+        <v>345</v>
+      </c>
+      <c r="D766" t="s">
+        <v>2692</v>
+      </c>
+      <c r="E766" t="s">
+        <v>2693</v>
+      </c>
+      <c r="F766" t="s">
+        <v>2704</v>
+      </c>
+      <c r="G766" s="1" t="s">
+        <v>2937</v>
+      </c>
+      <c r="H766" t="s">
+        <v>2938</v>
+      </c>
+    </row>
+    <row r="767" spans="1:8">
+      <c r="A767" t="s">
+        <v>2939</v>
+      </c>
+      <c r="B767" t="s">
+        <v>9</v>
+      </c>
+      <c r="C767" t="s">
+        <v>349</v>
+      </c>
+      <c r="D767" t="s">
+        <v>2692</v>
+      </c>
+      <c r="E767" t="s">
+        <v>2693</v>
+      </c>
+      <c r="F767" t="s">
+        <v>2704</v>
+      </c>
+      <c r="G767" s="1" t="s">
+        <v>2940</v>
+      </c>
+      <c r="H767" t="s">
+        <v>2941</v>
+      </c>
+    </row>
+    <row r="768" spans="1:8">
+      <c r="A768" t="s">
+        <v>2942</v>
+      </c>
+      <c r="B768" t="s">
+        <v>9</v>
+      </c>
+      <c r="C768" t="s">
+        <v>353</v>
+      </c>
+      <c r="D768" t="s">
+        <v>2692</v>
+      </c>
+      <c r="E768" t="s">
+        <v>2693</v>
+      </c>
+      <c r="F768" t="s">
+        <v>2764</v>
+      </c>
+      <c r="G768" s="1" t="s">
+        <v>2943</v>
+      </c>
+      <c r="H768" t="s">
+        <v>2944</v>
+      </c>
+    </row>
+    <row r="769" spans="1:8">
+      <c r="A769" t="s">
+        <v>2945</v>
+      </c>
+      <c r="B769" t="s">
+        <v>9</v>
+      </c>
+      <c r="C769" t="s">
+        <v>357</v>
+      </c>
+      <c r="D769" t="s">
+        <v>2692</v>
+      </c>
+      <c r="E769" t="s">
+        <v>2693</v>
+      </c>
+      <c r="F769" t="s">
+        <v>2764</v>
+      </c>
+      <c r="G769" s="1" t="s">
+        <v>2946</v>
+      </c>
+      <c r="H769" t="s">
+        <v>2947</v>
+      </c>
+    </row>
+    <row r="770" spans="1:8">
+      <c r="A770" t="s">
+        <v>2948</v>
+      </c>
+      <c r="B770" t="s">
+        <v>9</v>
+      </c>
+      <c r="C770" t="s">
+        <v>361</v>
+      </c>
+      <c r="D770" t="s">
+        <v>2692</v>
+      </c>
+      <c r="E770" t="s">
+        <v>2693</v>
+      </c>
+      <c r="F770" t="s">
+        <v>2764</v>
+      </c>
+      <c r="G770" s="1" t="s">
+        <v>2949</v>
+      </c>
+      <c r="H770" t="s">
+        <v>2950</v>
+      </c>
+    </row>
+    <row r="771" spans="1:8">
+      <c r="A771" t="s">
+        <v>2951</v>
+      </c>
+      <c r="B771" t="s">
+        <v>9</v>
+      </c>
+      <c r="C771" t="s">
+        <v>365</v>
+      </c>
+      <c r="D771" t="s">
+        <v>2692</v>
+      </c>
+      <c r="E771" t="s">
+        <v>2693</v>
+      </c>
+      <c r="F771" t="s">
+        <v>2764</v>
+      </c>
+      <c r="G771" s="1" t="s">
+        <v>2952</v>
+      </c>
+      <c r="H771" t="s">
+        <v>2953</v>
+      </c>
+    </row>
+    <row r="772" spans="1:8">
+      <c r="A772" t="s">
+        <v>2954</v>
+      </c>
+      <c r="B772" t="s">
+        <v>9</v>
+      </c>
+      <c r="C772" t="s">
+        <v>369</v>
+      </c>
+      <c r="D772" t="s">
+        <v>2692</v>
+      </c>
+      <c r="E772" t="s">
+        <v>2693</v>
+      </c>
+      <c r="F772" t="s">
+        <v>2764</v>
+      </c>
+      <c r="G772" s="1" t="s">
+        <v>2955</v>
+      </c>
+      <c r="H772" t="s">
+        <v>2956</v>
+      </c>
+    </row>
+    <row r="773" spans="1:8">
+      <c r="A773" t="s">
+        <v>2957</v>
+      </c>
+      <c r="B773" t="s">
+        <v>9</v>
+      </c>
+      <c r="C773" t="s">
+        <v>373</v>
+      </c>
+      <c r="D773" t="s">
+        <v>2692</v>
+      </c>
+      <c r="E773" t="s">
+        <v>2693</v>
+      </c>
+      <c r="F773" t="s">
+        <v>2764</v>
+      </c>
+      <c r="G773" s="1" t="s">
+        <v>2958</v>
+      </c>
+      <c r="H773" t="s">
+        <v>2959</v>
+      </c>
+    </row>
+    <row r="774" spans="1:8">
+      <c r="A774" t="s">
+        <v>2960</v>
+      </c>
+      <c r="B774" t="s">
+        <v>9</v>
+      </c>
+      <c r="C774" t="s">
+        <v>377</v>
+      </c>
+      <c r="D774" t="s">
+        <v>2692</v>
+      </c>
+      <c r="E774" t="s">
+        <v>2693</v>
+      </c>
+      <c r="F774" t="s">
+        <v>2704</v>
+      </c>
+      <c r="G774" s="1" t="s">
+        <v>2961</v>
+      </c>
+      <c r="H774" t="s">
+        <v>2962</v>
+      </c>
+    </row>
+    <row r="775" spans="1:8">
+      <c r="A775" t="s">
+        <v>2963</v>
+      </c>
+      <c r="B775" t="s">
+        <v>9</v>
+      </c>
+      <c r="C775" t="s">
+        <v>381</v>
+      </c>
+      <c r="D775" t="s">
+        <v>2692</v>
+      </c>
+      <c r="E775" t="s">
+        <v>2693</v>
+      </c>
+      <c r="F775" t="s">
+        <v>2704</v>
+      </c>
+      <c r="G775" s="1" t="s">
+        <v>2964</v>
+      </c>
+      <c r="H775" t="s">
+        <v>2965</v>
+      </c>
+    </row>
+    <row r="776" spans="1:8">
+      <c r="A776" t="s">
+        <v>2966</v>
+      </c>
+      <c r="B776" t="s">
+        <v>9</v>
+      </c>
+      <c r="C776" t="s">
+        <v>385</v>
+      </c>
+      <c r="D776" t="s">
+        <v>2692</v>
+      </c>
+      <c r="E776" t="s">
+        <v>2693</v>
+      </c>
+      <c r="F776" t="s">
+        <v>2704</v>
+      </c>
+      <c r="G776" s="1" t="s">
+        <v>2967</v>
+      </c>
+      <c r="H776" t="s">
+        <v>2968</v>
+      </c>
+    </row>
+    <row r="777" spans="1:8">
+      <c r="A777" t="s">
+        <v>2969</v>
+      </c>
+      <c r="B777" t="s">
+        <v>9</v>
+      </c>
+      <c r="C777" t="s">
+        <v>389</v>
+      </c>
+      <c r="D777" t="s">
+        <v>2692</v>
+      </c>
+      <c r="E777" t="s">
+        <v>2693</v>
+      </c>
+      <c r="F777" t="s">
+        <v>2704</v>
+      </c>
+      <c r="G777" s="1" t="s">
+        <v>2970</v>
+      </c>
+      <c r="H777" t="s">
+        <v>2971</v>
+      </c>
+    </row>
+    <row r="778" spans="1:8">
+      <c r="A778" t="s">
+        <v>2972</v>
+      </c>
+      <c r="B778" t="s">
+        <v>9</v>
+      </c>
+      <c r="C778" t="s">
+        <v>393</v>
+      </c>
+      <c r="D778" t="s">
+        <v>2692</v>
+      </c>
+      <c r="E778" t="s">
+        <v>2693</v>
+      </c>
+      <c r="F778" t="s">
+        <v>2704</v>
+      </c>
+      <c r="G778" s="1" t="s">
+        <v>2973</v>
+      </c>
+      <c r="H778" t="s">
+        <v>2974</v>
+      </c>
+    </row>
+    <row r="779" spans="1:8">
+      <c r="A779" t="s">
+        <v>2975</v>
+      </c>
+      <c r="B779" t="s">
+        <v>9</v>
+      </c>
+      <c r="C779" t="s">
+        <v>397</v>
+      </c>
+      <c r="D779" t="s">
+        <v>2692</v>
+      </c>
+      <c r="E779" t="s">
+        <v>2693</v>
+      </c>
+      <c r="F779" t="s">
+        <v>2796</v>
+      </c>
+      <c r="G779" s="1" t="s">
+        <v>2976</v>
+      </c>
+      <c r="H779" t="s">
+        <v>2977</v>
+      </c>
+    </row>
+    <row r="780" spans="1:8">
+      <c r="A780" t="s">
+        <v>2978</v>
+      </c>
+      <c r="B780" t="s">
+        <v>9</v>
+      </c>
+      <c r="C780" t="s">
+        <v>401</v>
+      </c>
+      <c r="D780" t="s">
+        <v>2692</v>
+      </c>
+      <c r="E780" t="s">
+        <v>2693</v>
+      </c>
+      <c r="F780" t="s">
+        <v>2694</v>
+      </c>
+      <c r="G780" s="1" t="s">
+        <v>2979</v>
+      </c>
+      <c r="H780" t="s">
+        <v>2965</v>
+      </c>
+    </row>
+    <row r="781" spans="1:8">
+      <c r="A781" t="s">
+        <v>2980</v>
+      </c>
+      <c r="B781" t="s">
+        <v>9</v>
+      </c>
+      <c r="C781" t="s">
+        <v>405</v>
+      </c>
+      <c r="D781" t="s">
+        <v>2692</v>
+      </c>
+      <c r="E781" t="s">
+        <v>2693</v>
+      </c>
+      <c r="F781" t="s">
+        <v>2764</v>
+      </c>
+      <c r="G781" s="1" t="s">
+        <v>2981</v>
+      </c>
+      <c r="H781" t="s">
+        <v>2982</v>
+      </c>
+    </row>
+    <row r="782" spans="1:8">
+      <c r="A782" t="s">
+        <v>2983</v>
+      </c>
+      <c r="B782" t="s">
+        <v>9</v>
+      </c>
+      <c r="C782" t="s">
+        <v>409</v>
+      </c>
+      <c r="D782" t="s">
+        <v>2692</v>
+      </c>
+      <c r="E782" t="s">
+        <v>2693</v>
+      </c>
+      <c r="F782" t="s">
+        <v>2764</v>
+      </c>
+      <c r="G782" s="1" t="s">
+        <v>2984</v>
+      </c>
+      <c r="H782" t="s">
+        <v>2985</v>
+      </c>
+    </row>
+    <row r="783" spans="1:8">
+      <c r="A783" t="s">
+        <v>2986</v>
+      </c>
+      <c r="B783" t="s">
+        <v>9</v>
+      </c>
+      <c r="C783" t="s">
         <v>10</v>
       </c>
-      <c r="D746" t="s">
-[...12 lines deleted...]
-        <v>2807</v>
+      <c r="D783" t="s">
+        <v>2987</v>
+      </c>
+      <c r="E783" t="s">
+        <v>2988</v>
+      </c>
+      <c r="F783" t="s">
+        <v>2528</v>
+      </c>
+      <c r="G783" s="1" t="s">
+        <v>2989</v>
+      </c>
+      <c r="H783" t="s">
+        <v>2990</v>
+      </c>
+    </row>
+    <row r="784" spans="1:8">
+      <c r="A784" t="s">
+        <v>2991</v>
+      </c>
+      <c r="B784" t="s">
+        <v>9</v>
+      </c>
+      <c r="C784" t="s">
+        <v>17</v>
+      </c>
+      <c r="D784" t="s">
+        <v>2987</v>
+      </c>
+      <c r="E784" t="s">
+        <v>2988</v>
+      </c>
+      <c r="F784" t="s">
+        <v>2528</v>
+      </c>
+      <c r="G784" s="1" t="s">
+        <v>2992</v>
+      </c>
+      <c r="H784" t="s">
+        <v>2993</v>
+      </c>
+    </row>
+    <row r="785" spans="1:8">
+      <c r="A785" t="s">
+        <v>2994</v>
+      </c>
+      <c r="B785" t="s">
+        <v>9</v>
+      </c>
+      <c r="C785" t="s">
+        <v>21</v>
+      </c>
+      <c r="D785" t="s">
+        <v>2987</v>
+      </c>
+      <c r="E785" t="s">
+        <v>2988</v>
+      </c>
+      <c r="F785" t="s">
+        <v>2528</v>
+      </c>
+      <c r="G785" s="1" t="s">
+        <v>2995</v>
+      </c>
+      <c r="H785" t="s">
+        <v>2996</v>
+      </c>
+    </row>
+    <row r="786" spans="1:8">
+      <c r="A786" t="s">
+        <v>2997</v>
+      </c>
+      <c r="B786" t="s">
+        <v>9</v>
+      </c>
+      <c r="C786" t="s">
+        <v>10</v>
+      </c>
+      <c r="D786" t="s">
+        <v>2998</v>
+      </c>
+      <c r="E786" t="s">
+        <v>2999</v>
+      </c>
+      <c r="F786" t="s">
+        <v>3000</v>
+      </c>
+      <c r="G786" s="1" t="s">
+        <v>3001</v>
+      </c>
+      <c r="H786" t="s">
+        <v>3002</v>
+      </c>
+    </row>
+    <row r="787" spans="1:8">
+      <c r="A787" t="s">
+        <v>3003</v>
+      </c>
+      <c r="B787" t="s">
+        <v>9</v>
+      </c>
+      <c r="C787" t="s">
+        <v>17</v>
+      </c>
+      <c r="D787" t="s">
+        <v>2998</v>
+      </c>
+      <c r="E787" t="s">
+        <v>2999</v>
+      </c>
+      <c r="F787" t="s">
+        <v>2764</v>
+      </c>
+      <c r="G787" s="1" t="s">
+        <v>3004</v>
+      </c>
+      <c r="H787" t="s">
+        <v>3005</v>
+      </c>
+    </row>
+    <row r="788" spans="1:8">
+      <c r="A788" t="s">
+        <v>3006</v>
+      </c>
+      <c r="B788" t="s">
+        <v>9</v>
+      </c>
+      <c r="C788" t="s">
+        <v>21</v>
+      </c>
+      <c r="D788" t="s">
+        <v>2998</v>
+      </c>
+      <c r="E788" t="s">
+        <v>2999</v>
+      </c>
+      <c r="F788" t="s">
+        <v>2764</v>
+      </c>
+      <c r="G788" s="1" t="s">
+        <v>3007</v>
+      </c>
+      <c r="H788" t="s">
+        <v>3008</v>
+      </c>
+    </row>
+    <row r="789" spans="1:8">
+      <c r="A789" t="s">
+        <v>3009</v>
+      </c>
+      <c r="B789" t="s">
+        <v>9</v>
+      </c>
+      <c r="C789" t="s">
+        <v>26</v>
+      </c>
+      <c r="D789" t="s">
+        <v>2998</v>
+      </c>
+      <c r="E789" t="s">
+        <v>2999</v>
+      </c>
+      <c r="F789" t="s">
+        <v>2764</v>
+      </c>
+      <c r="G789" s="1" t="s">
+        <v>3010</v>
+      </c>
+      <c r="H789" t="s">
+        <v>3011</v>
+      </c>
+    </row>
+    <row r="790" spans="1:8">
+      <c r="A790" t="s">
+        <v>3012</v>
+      </c>
+      <c r="B790" t="s">
+        <v>9</v>
+      </c>
+      <c r="C790" t="s">
+        <v>31</v>
+      </c>
+      <c r="D790" t="s">
+        <v>2998</v>
+      </c>
+      <c r="E790" t="s">
+        <v>2999</v>
+      </c>
+      <c r="F790" t="s">
+        <v>2764</v>
+      </c>
+      <c r="G790" s="1" t="s">
+        <v>3013</v>
+      </c>
+      <c r="H790" t="s">
+        <v>3014</v>
+      </c>
+    </row>
+    <row r="791" spans="1:8">
+      <c r="A791" t="s">
+        <v>3015</v>
+      </c>
+      <c r="B791" t="s">
+        <v>9</v>
+      </c>
+      <c r="C791" t="s">
+        <v>10</v>
+      </c>
+      <c r="D791" t="s">
+        <v>3016</v>
+      </c>
+      <c r="E791" t="s">
+        <v>3017</v>
+      </c>
+      <c r="F791" t="s">
+        <v>49</v>
+      </c>
+      <c r="G791" s="1" t="s">
+        <v>3018</v>
+      </c>
+      <c r="H791" t="s">
+        <v>3019</v>
+      </c>
+    </row>
+    <row r="792" spans="1:8">
+      <c r="A792" t="s">
+        <v>3020</v>
+      </c>
+      <c r="B792" t="s">
+        <v>9</v>
+      </c>
+      <c r="C792" t="s">
+        <v>17</v>
+      </c>
+      <c r="D792" t="s">
+        <v>3016</v>
+      </c>
+      <c r="E792" t="s">
+        <v>3017</v>
+      </c>
+      <c r="F792" t="s">
+        <v>13</v>
+      </c>
+      <c r="G792" s="1" t="s">
+        <v>3021</v>
+      </c>
+      <c r="H792" t="s">
+        <v>3022</v>
+      </c>
+    </row>
+    <row r="793" spans="1:8">
+      <c r="A793" t="s">
+        <v>3023</v>
+      </c>
+      <c r="B793" t="s">
+        <v>9</v>
+      </c>
+      <c r="C793" t="s">
+        <v>21</v>
+      </c>
+      <c r="D793" t="s">
+        <v>3016</v>
+      </c>
+      <c r="E793" t="s">
+        <v>3017</v>
+      </c>
+      <c r="F793" t="s">
+        <v>49</v>
+      </c>
+      <c r="G793" s="1" t="s">
+        <v>3024</v>
+      </c>
+      <c r="H793" t="s">
+        <v>3025</v>
+      </c>
+    </row>
+    <row r="794" spans="1:8">
+      <c r="A794" t="s">
+        <v>3026</v>
+      </c>
+      <c r="B794" t="s">
+        <v>9</v>
+      </c>
+      <c r="C794" t="s">
+        <v>26</v>
+      </c>
+      <c r="D794" t="s">
+        <v>3016</v>
+      </c>
+      <c r="E794" t="s">
+        <v>3017</v>
+      </c>
+      <c r="F794" t="s">
+        <v>79</v>
+      </c>
+      <c r="G794" s="1" t="s">
+        <v>3027</v>
+      </c>
+      <c r="H794" t="s">
+        <v>3028</v>
+      </c>
+    </row>
+    <row r="795" spans="1:8">
+      <c r="A795" t="s">
+        <v>3029</v>
+      </c>
+      <c r="B795" t="s">
+        <v>9</v>
+      </c>
+      <c r="C795" t="s">
+        <v>31</v>
+      </c>
+      <c r="D795" t="s">
+        <v>3016</v>
+      </c>
+      <c r="E795" t="s">
+        <v>3017</v>
+      </c>
+      <c r="F795" t="s">
+        <v>79</v>
+      </c>
+      <c r="G795" s="1" t="s">
+        <v>3030</v>
+      </c>
+      <c r="H795" t="s">
+        <v>3031</v>
+      </c>
+    </row>
+    <row r="796" spans="1:8">
+      <c r="A796" t="s">
+        <v>3032</v>
+      </c>
+      <c r="B796" t="s">
+        <v>9</v>
+      </c>
+      <c r="C796" t="s">
+        <v>35</v>
+      </c>
+      <c r="D796" t="s">
+        <v>3016</v>
+      </c>
+      <c r="E796" t="s">
+        <v>3017</v>
+      </c>
+      <c r="F796" t="s">
+        <v>22</v>
+      </c>
+      <c r="G796" s="1" t="s">
+        <v>3033</v>
+      </c>
+      <c r="H796" t="s">
+        <v>3034</v>
+      </c>
+    </row>
+    <row r="797" spans="1:8">
+      <c r="A797" t="s">
+        <v>3035</v>
+      </c>
+      <c r="B797" t="s">
+        <v>9</v>
+      </c>
+      <c r="C797" t="s">
+        <v>39</v>
+      </c>
+      <c r="D797" t="s">
+        <v>3016</v>
+      </c>
+      <c r="E797" t="s">
+        <v>3017</v>
+      </c>
+      <c r="F797" t="s">
+        <v>161</v>
+      </c>
+      <c r="G797" s="1" t="s">
+        <v>3036</v>
+      </c>
+      <c r="H797" t="s">
+        <v>3037</v>
+      </c>
+    </row>
+    <row r="798" spans="1:8">
+      <c r="A798" t="s">
+        <v>3038</v>
+      </c>
+      <c r="B798" t="s">
+        <v>9</v>
+      </c>
+      <c r="C798" t="s">
+        <v>43</v>
+      </c>
+      <c r="D798" t="s">
+        <v>3016</v>
+      </c>
+      <c r="E798" t="s">
+        <v>3017</v>
+      </c>
+      <c r="F798" t="s">
+        <v>49</v>
+      </c>
+      <c r="G798" s="1" t="s">
+        <v>3039</v>
+      </c>
+      <c r="H798" t="s">
+        <v>3040</v>
+      </c>
+    </row>
+    <row r="799" spans="1:8">
+      <c r="A799" t="s">
+        <v>3041</v>
+      </c>
+      <c r="B799" t="s">
+        <v>9</v>
+      </c>
+      <c r="C799" t="s">
+        <v>48</v>
+      </c>
+      <c r="D799" t="s">
+        <v>3016</v>
+      </c>
+      <c r="E799" t="s">
+        <v>3017</v>
+      </c>
+      <c r="F799" t="s">
+        <v>49</v>
+      </c>
+      <c r="G799" s="1" t="s">
+        <v>3042</v>
+      </c>
+      <c r="H799" t="s">
+        <v>3043</v>
+      </c>
+    </row>
+    <row r="800" spans="1:8">
+      <c r="A800" t="s">
+        <v>3044</v>
+      </c>
+      <c r="B800" t="s">
+        <v>9</v>
+      </c>
+      <c r="C800" t="s">
+        <v>53</v>
+      </c>
+      <c r="D800" t="s">
+        <v>3016</v>
+      </c>
+      <c r="E800" t="s">
+        <v>3017</v>
+      </c>
+      <c r="F800" t="s">
+        <v>49</v>
+      </c>
+      <c r="G800" s="1" t="s">
+        <v>3045</v>
+      </c>
+      <c r="H800" t="s">
+        <v>3046</v>
+      </c>
+    </row>
+    <row r="801" spans="1:8">
+      <c r="A801" t="s">
+        <v>3047</v>
+      </c>
+      <c r="B801" t="s">
+        <v>9</v>
+      </c>
+      <c r="C801" t="s">
+        <v>57</v>
+      </c>
+      <c r="D801" t="s">
+        <v>3016</v>
+      </c>
+      <c r="E801" t="s">
+        <v>3017</v>
+      </c>
+      <c r="F801" t="s">
+        <v>79</v>
+      </c>
+      <c r="G801" s="1" t="s">
+        <v>3048</v>
+      </c>
+      <c r="H801" t="s">
+        <v>3049</v>
+      </c>
+    </row>
+    <row r="802" spans="1:8">
+      <c r="A802" t="s">
+        <v>3050</v>
+      </c>
+      <c r="B802" t="s">
+        <v>9</v>
+      </c>
+      <c r="C802" t="s">
+        <v>61</v>
+      </c>
+      <c r="D802" t="s">
+        <v>3016</v>
+      </c>
+      <c r="E802" t="s">
+        <v>3017</v>
+      </c>
+      <c r="F802" t="s">
+        <v>13</v>
+      </c>
+      <c r="G802" s="1" t="s">
+        <v>3051</v>
+      </c>
+      <c r="H802" t="s">
+        <v>3052</v>
+      </c>
+    </row>
+    <row r="803" spans="1:8">
+      <c r="A803" t="s">
+        <v>3053</v>
+      </c>
+      <c r="B803" t="s">
+        <v>9</v>
+      </c>
+      <c r="C803" t="s">
+        <v>65</v>
+      </c>
+      <c r="D803" t="s">
+        <v>3016</v>
+      </c>
+      <c r="E803" t="s">
+        <v>3017</v>
+      </c>
+      <c r="F803" t="s">
+        <v>27</v>
+      </c>
+      <c r="G803" s="1" t="s">
+        <v>3054</v>
+      </c>
+      <c r="H803" t="s">
+        <v>3055</v>
+      </c>
+    </row>
+    <row r="804" spans="1:8">
+      <c r="A804" t="s">
+        <v>3056</v>
+      </c>
+      <c r="B804" t="s">
+        <v>9</v>
+      </c>
+      <c r="C804" t="s">
+        <v>69</v>
+      </c>
+      <c r="D804" t="s">
+        <v>3016</v>
+      </c>
+      <c r="E804" t="s">
+        <v>3017</v>
+      </c>
+      <c r="F804" t="s">
+        <v>156</v>
+      </c>
+      <c r="G804" s="1" t="s">
+        <v>3057</v>
+      </c>
+      <c r="H804" t="s">
+        <v>3058</v>
+      </c>
+    </row>
+    <row r="805" spans="1:8">
+      <c r="A805" t="s">
+        <v>3059</v>
+      </c>
+      <c r="B805" t="s">
+        <v>9</v>
+      </c>
+      <c r="C805" t="s">
+        <v>74</v>
+      </c>
+      <c r="D805" t="s">
+        <v>3016</v>
+      </c>
+      <c r="E805" t="s">
+        <v>3017</v>
+      </c>
+      <c r="F805" t="s">
+        <v>27</v>
+      </c>
+      <c r="G805" s="1" t="s">
+        <v>3060</v>
+      </c>
+      <c r="H805" t="s">
+        <v>3061</v>
+      </c>
+    </row>
+    <row r="806" spans="1:8">
+      <c r="A806" t="s">
+        <v>3062</v>
+      </c>
+      <c r="B806" t="s">
+        <v>9</v>
+      </c>
+      <c r="C806" t="s">
+        <v>78</v>
+      </c>
+      <c r="D806" t="s">
+        <v>3016</v>
+      </c>
+      <c r="E806" t="s">
+        <v>3017</v>
+      </c>
+      <c r="F806" t="s">
+        <v>22</v>
+      </c>
+      <c r="G806" s="1" t="s">
+        <v>3063</v>
+      </c>
+      <c r="H806" t="s">
+        <v>3064</v>
+      </c>
+    </row>
+    <row r="807" spans="1:8">
+      <c r="A807" t="s">
+        <v>3065</v>
+      </c>
+      <c r="B807" t="s">
+        <v>9</v>
+      </c>
+      <c r="C807" t="s">
+        <v>83</v>
+      </c>
+      <c r="D807" t="s">
+        <v>3016</v>
+      </c>
+      <c r="E807" t="s">
+        <v>3017</v>
+      </c>
+      <c r="F807" t="s">
+        <v>49</v>
+      </c>
+      <c r="G807" s="1" t="s">
+        <v>3066</v>
+      </c>
+      <c r="H807" t="s">
+        <v>3067</v>
+      </c>
+    </row>
+    <row r="808" spans="1:8">
+      <c r="A808" t="s">
+        <v>3068</v>
+      </c>
+      <c r="B808" t="s">
+        <v>9</v>
+      </c>
+      <c r="C808" t="s">
+        <v>88</v>
+      </c>
+      <c r="D808" t="s">
+        <v>3016</v>
+      </c>
+      <c r="E808" t="s">
+        <v>3017</v>
+      </c>
+      <c r="F808" t="s">
+        <v>49</v>
+      </c>
+      <c r="G808" s="1" t="s">
+        <v>3069</v>
+      </c>
+      <c r="H808" t="s">
+        <v>3070</v>
+      </c>
+    </row>
+    <row r="809" spans="1:8">
+      <c r="A809" t="s">
+        <v>3071</v>
+      </c>
+      <c r="B809" t="s">
+        <v>9</v>
+      </c>
+      <c r="C809" t="s">
+        <v>10</v>
+      </c>
+      <c r="D809" t="s">
+        <v>3072</v>
+      </c>
+      <c r="E809" t="s">
+        <v>3073</v>
+      </c>
+      <c r="F809" t="s">
+        <v>161</v>
+      </c>
+      <c r="G809" s="1" t="s">
+        <v>3074</v>
+      </c>
+      <c r="H809" t="s">
+        <v>3075</v>
+      </c>
+    </row>
+    <row r="810" spans="1:8">
+      <c r="A810" t="s">
+        <v>3076</v>
+      </c>
+      <c r="B810" t="s">
+        <v>9</v>
+      </c>
+      <c r="C810" t="s">
+        <v>17</v>
+      </c>
+      <c r="D810" t="s">
+        <v>3072</v>
+      </c>
+      <c r="E810" t="s">
+        <v>3073</v>
+      </c>
+      <c r="F810" t="s">
+        <v>2676</v>
+      </c>
+      <c r="G810" s="1" t="s">
+        <v>3077</v>
+      </c>
+      <c r="H810" t="s">
+        <v>3078</v>
+      </c>
+    </row>
+    <row r="811" spans="1:8">
+      <c r="A811" t="s">
+        <v>3079</v>
+      </c>
+      <c r="B811" t="s">
+        <v>9</v>
+      </c>
+      <c r="C811" t="s">
+        <v>21</v>
+      </c>
+      <c r="D811" t="s">
+        <v>3072</v>
+      </c>
+      <c r="E811" t="s">
+        <v>3073</v>
+      </c>
+      <c r="F811" t="s">
+        <v>161</v>
+      </c>
+      <c r="G811" s="1" t="s">
+        <v>3080</v>
+      </c>
+      <c r="H811" t="s">
+        <v>3081</v>
+      </c>
+    </row>
+    <row r="812" spans="1:8">
+      <c r="A812" t="s">
+        <v>3082</v>
+      </c>
+      <c r="B812" t="s">
+        <v>9</v>
+      </c>
+      <c r="C812" t="s">
+        <v>26</v>
+      </c>
+      <c r="D812" t="s">
+        <v>3072</v>
+      </c>
+      <c r="E812" t="s">
+        <v>3073</v>
+      </c>
+      <c r="F812" t="s">
+        <v>2676</v>
+      </c>
+      <c r="G812" s="1" t="s">
+        <v>3083</v>
+      </c>
+      <c r="H812" t="s">
+        <v>3084</v>
+      </c>
+    </row>
+    <row r="813" spans="1:8">
+      <c r="A813" t="s">
+        <v>3085</v>
+      </c>
+      <c r="B813" t="s">
+        <v>9</v>
+      </c>
+      <c r="C813" t="s">
+        <v>31</v>
+      </c>
+      <c r="D813" t="s">
+        <v>3072</v>
+      </c>
+      <c r="E813" t="s">
+        <v>3073</v>
+      </c>
+      <c r="F813" t="s">
+        <v>49</v>
+      </c>
+      <c r="G813" s="1" t="s">
+        <v>3086</v>
+      </c>
+      <c r="H813" t="s">
+        <v>3087</v>
+      </c>
+    </row>
+    <row r="814" spans="1:8">
+      <c r="A814" t="s">
+        <v>3088</v>
+      </c>
+      <c r="B814" t="s">
+        <v>9</v>
+      </c>
+      <c r="C814" t="s">
+        <v>35</v>
+      </c>
+      <c r="D814" t="s">
+        <v>3072</v>
+      </c>
+      <c r="E814" t="s">
+        <v>3073</v>
+      </c>
+      <c r="F814" t="s">
+        <v>79</v>
+      </c>
+      <c r="G814" s="1" t="s">
+        <v>3089</v>
+      </c>
+      <c r="H814" t="s">
+        <v>3090</v>
+      </c>
+    </row>
+    <row r="815" spans="1:8">
+      <c r="A815" t="s">
+        <v>3091</v>
+      </c>
+      <c r="B815" t="s">
+        <v>9</v>
+      </c>
+      <c r="C815" t="s">
+        <v>39</v>
+      </c>
+      <c r="D815" t="s">
+        <v>3072</v>
+      </c>
+      <c r="E815" t="s">
+        <v>3073</v>
+      </c>
+      <c r="F815" t="s">
+        <v>161</v>
+      </c>
+      <c r="G815" s="1" t="s">
+        <v>3092</v>
+      </c>
+      <c r="H815" t="s">
+        <v>3093</v>
+      </c>
+    </row>
+    <row r="816" spans="1:8">
+      <c r="A816" t="s">
+        <v>3094</v>
+      </c>
+      <c r="B816" t="s">
+        <v>9</v>
+      </c>
+      <c r="C816" t="s">
+        <v>43</v>
+      </c>
+      <c r="D816" t="s">
+        <v>3072</v>
+      </c>
+      <c r="E816" t="s">
+        <v>3073</v>
+      </c>
+      <c r="F816" t="s">
+        <v>79</v>
+      </c>
+      <c r="G816" s="1" t="s">
+        <v>3095</v>
+      </c>
+      <c r="H816" t="s">
+        <v>3096</v>
+      </c>
+    </row>
+    <row r="817" spans="1:8">
+      <c r="A817" t="s">
+        <v>3097</v>
+      </c>
+      <c r="B817" t="s">
+        <v>9</v>
+      </c>
+      <c r="C817" t="s">
+        <v>48</v>
+      </c>
+      <c r="D817" t="s">
+        <v>3072</v>
+      </c>
+      <c r="E817" t="s">
+        <v>3073</v>
+      </c>
+      <c r="F817" t="s">
+        <v>161</v>
+      </c>
+      <c r="G817" s="1" t="s">
+        <v>3098</v>
+      </c>
+      <c r="H817" t="s">
+        <v>3099</v>
+      </c>
+    </row>
+    <row r="818" spans="1:8">
+      <c r="A818" t="s">
+        <v>3100</v>
+      </c>
+      <c r="B818" t="s">
+        <v>9</v>
+      </c>
+      <c r="C818" t="s">
+        <v>53</v>
+      </c>
+      <c r="D818" t="s">
+        <v>3072</v>
+      </c>
+      <c r="E818" t="s">
+        <v>3073</v>
+      </c>
+      <c r="F818" t="s">
+        <v>13</v>
+      </c>
+      <c r="G818" s="1" t="s">
+        <v>3101</v>
+      </c>
+      <c r="H818" t="s">
+        <v>3102</v>
+      </c>
+    </row>
+    <row r="819" spans="1:8">
+      <c r="A819" t="s">
+        <v>3103</v>
+      </c>
+      <c r="B819" t="s">
+        <v>9</v>
+      </c>
+      <c r="C819" t="s">
+        <v>57</v>
+      </c>
+      <c r="D819" t="s">
+        <v>3072</v>
+      </c>
+      <c r="E819" t="s">
+        <v>3073</v>
+      </c>
+      <c r="F819" t="s">
+        <v>2676</v>
+      </c>
+      <c r="G819" s="1" t="s">
+        <v>3104</v>
+      </c>
+      <c r="H819" t="s">
+        <v>3105</v>
+      </c>
+    </row>
+    <row r="820" spans="1:8">
+      <c r="A820" t="s">
+        <v>3106</v>
+      </c>
+      <c r="B820" t="s">
+        <v>9</v>
+      </c>
+      <c r="C820" t="s">
+        <v>61</v>
+      </c>
+      <c r="D820" t="s">
+        <v>3072</v>
+      </c>
+      <c r="E820" t="s">
+        <v>3073</v>
+      </c>
+      <c r="F820" t="s">
+        <v>2676</v>
+      </c>
+      <c r="G820" s="1" t="s">
+        <v>3107</v>
+      </c>
+      <c r="H820" t="s">
+        <v>3108</v>
+      </c>
+    </row>
+    <row r="821" spans="1:8">
+      <c r="A821" t="s">
+        <v>3109</v>
+      </c>
+      <c r="B821" t="s">
+        <v>9</v>
+      </c>
+      <c r="C821" t="s">
+        <v>65</v>
+      </c>
+      <c r="D821" t="s">
+        <v>3072</v>
+      </c>
+      <c r="E821" t="s">
+        <v>3073</v>
+      </c>
+      <c r="F821" t="s">
+        <v>27</v>
+      </c>
+      <c r="G821" s="1" t="s">
+        <v>3110</v>
+      </c>
+      <c r="H821" t="s">
+        <v>3111</v>
+      </c>
+    </row>
+    <row r="822" spans="1:8">
+      <c r="A822" t="s">
+        <v>3112</v>
+      </c>
+      <c r="B822" t="s">
+        <v>9</v>
+      </c>
+      <c r="C822" t="s">
+        <v>69</v>
+      </c>
+      <c r="D822" t="s">
+        <v>3072</v>
+      </c>
+      <c r="E822" t="s">
+        <v>3073</v>
+      </c>
+      <c r="F822" t="s">
+        <v>70</v>
+      </c>
+      <c r="G822" s="1" t="s">
+        <v>3113</v>
+      </c>
+      <c r="H822" t="s">
+        <v>3114</v>
+      </c>
+    </row>
+    <row r="823" spans="1:8">
+      <c r="A823" t="s">
+        <v>3115</v>
+      </c>
+      <c r="B823" t="s">
+        <v>9</v>
+      </c>
+      <c r="C823" t="s">
+        <v>74</v>
+      </c>
+      <c r="D823" t="s">
+        <v>3072</v>
+      </c>
+      <c r="E823" t="s">
+        <v>3073</v>
+      </c>
+      <c r="F823" t="s">
+        <v>2676</v>
+      </c>
+      <c r="G823" s="1" t="s">
+        <v>3116</v>
+      </c>
+      <c r="H823" t="s">
+        <v>3117</v>
+      </c>
+    </row>
+    <row r="824" spans="1:8">
+      <c r="A824" t="s">
+        <v>3118</v>
+      </c>
+      <c r="B824" t="s">
+        <v>9</v>
+      </c>
+      <c r="C824" t="s">
+        <v>78</v>
+      </c>
+      <c r="D824" t="s">
+        <v>3072</v>
+      </c>
+      <c r="E824" t="s">
+        <v>3073</v>
+      </c>
+      <c r="F824" t="s">
+        <v>79</v>
+      </c>
+      <c r="G824" s="1" t="s">
+        <v>3119</v>
+      </c>
+      <c r="H824" t="s">
+        <v>3120</v>
+      </c>
+    </row>
+    <row r="825" spans="1:8">
+      <c r="A825" t="s">
+        <v>3121</v>
+      </c>
+      <c r="B825" t="s">
+        <v>9</v>
+      </c>
+      <c r="C825" t="s">
+        <v>83</v>
+      </c>
+      <c r="D825" t="s">
+        <v>3072</v>
+      </c>
+      <c r="E825" t="s">
+        <v>3073</v>
+      </c>
+      <c r="F825" t="s">
+        <v>79</v>
+      </c>
+      <c r="G825" s="1" t="s">
+        <v>3122</v>
+      </c>
+      <c r="H825" t="s">
+        <v>3123</v>
+      </c>
+    </row>
+    <row r="826" spans="1:8">
+      <c r="A826" t="s">
+        <v>3124</v>
+      </c>
+      <c r="B826" t="s">
+        <v>9</v>
+      </c>
+      <c r="C826" t="s">
+        <v>88</v>
+      </c>
+      <c r="D826" t="s">
+        <v>3072</v>
+      </c>
+      <c r="E826" t="s">
+        <v>3073</v>
+      </c>
+      <c r="F826" t="s">
+        <v>79</v>
+      </c>
+      <c r="G826" s="1" t="s">
+        <v>3125</v>
+      </c>
+      <c r="H826" t="s">
+        <v>3126</v>
+      </c>
+    </row>
+    <row r="827" spans="1:8">
+      <c r="A827" t="s">
+        <v>3127</v>
+      </c>
+      <c r="B827" t="s">
+        <v>9</v>
+      </c>
+      <c r="C827" t="s">
+        <v>92</v>
+      </c>
+      <c r="D827" t="s">
+        <v>3072</v>
+      </c>
+      <c r="E827" t="s">
+        <v>3073</v>
+      </c>
+      <c r="F827" t="s">
+        <v>27</v>
+      </c>
+      <c r="G827" s="1" t="s">
+        <v>3128</v>
+      </c>
+      <c r="H827" t="s">
+        <v>3129</v>
+      </c>
+    </row>
+    <row r="828" spans="1:8">
+      <c r="A828" t="s">
+        <v>3130</v>
+      </c>
+      <c r="B828" t="s">
+        <v>9</v>
+      </c>
+      <c r="C828" t="s">
+        <v>97</v>
+      </c>
+      <c r="D828" t="s">
+        <v>3072</v>
+      </c>
+      <c r="E828" t="s">
+        <v>3073</v>
+      </c>
+      <c r="F828" t="s">
+        <v>27</v>
+      </c>
+      <c r="G828" s="1" t="s">
+        <v>3131</v>
+      </c>
+      <c r="H828" t="s">
+        <v>3132</v>
+      </c>
+    </row>
+    <row r="829" spans="1:8">
+      <c r="A829" t="s">
+        <v>3133</v>
+      </c>
+      <c r="B829" t="s">
+        <v>9</v>
+      </c>
+      <c r="C829" t="s">
+        <v>101</v>
+      </c>
+      <c r="D829" t="s">
+        <v>3072</v>
+      </c>
+      <c r="E829" t="s">
+        <v>3073</v>
+      </c>
+      <c r="F829" t="s">
+        <v>79</v>
+      </c>
+      <c r="G829" s="1" t="s">
+        <v>3134</v>
+      </c>
+      <c r="H829" t="s">
+        <v>3135</v>
+      </c>
+    </row>
+    <row r="830" spans="1:8">
+      <c r="A830" t="s">
+        <v>3136</v>
+      </c>
+      <c r="B830" t="s">
+        <v>9</v>
+      </c>
+      <c r="C830" t="s">
+        <v>105</v>
+      </c>
+      <c r="D830" t="s">
+        <v>3072</v>
+      </c>
+      <c r="E830" t="s">
+        <v>3073</v>
+      </c>
+      <c r="F830" t="s">
+        <v>2676</v>
+      </c>
+      <c r="G830" s="1" t="s">
+        <v>3137</v>
+      </c>
+      <c r="H830" t="s">
+        <v>3138</v>
+      </c>
+    </row>
+    <row r="831" spans="1:8">
+      <c r="A831" t="s">
+        <v>3139</v>
+      </c>
+      <c r="B831" t="s">
+        <v>9</v>
+      </c>
+      <c r="C831" t="s">
+        <v>109</v>
+      </c>
+      <c r="D831" t="s">
+        <v>3072</v>
+      </c>
+      <c r="E831" t="s">
+        <v>3073</v>
+      </c>
+      <c r="F831" t="s">
+        <v>70</v>
+      </c>
+      <c r="G831" s="1" t="s">
+        <v>3140</v>
+      </c>
+      <c r="H831" t="s">
+        <v>3141</v>
+      </c>
+    </row>
+    <row r="832" spans="1:8">
+      <c r="A832" t="s">
+        <v>3142</v>
+      </c>
+      <c r="B832" t="s">
+        <v>9</v>
+      </c>
+      <c r="C832" t="s">
+        <v>113</v>
+      </c>
+      <c r="D832" t="s">
+        <v>3072</v>
+      </c>
+      <c r="E832" t="s">
+        <v>3073</v>
+      </c>
+      <c r="F832" t="s">
+        <v>161</v>
+      </c>
+      <c r="G832" s="1" t="s">
+        <v>3143</v>
+      </c>
+      <c r="H832" t="s">
+        <v>3144</v>
+      </c>
+    </row>
+    <row r="833" spans="1:8">
+      <c r="A833" t="s">
+        <v>3145</v>
+      </c>
+      <c r="B833" t="s">
+        <v>9</v>
+      </c>
+      <c r="C833" t="s">
+        <v>118</v>
+      </c>
+      <c r="D833" t="s">
+        <v>3072</v>
+      </c>
+      <c r="E833" t="s">
+        <v>3073</v>
+      </c>
+      <c r="F833" t="s">
+        <v>70</v>
+      </c>
+      <c r="G833" s="1" t="s">
+        <v>3146</v>
+      </c>
+      <c r="H833" t="s">
+        <v>3147</v>
+      </c>
+    </row>
+    <row r="834" spans="1:8">
+      <c r="A834" t="s">
+        <v>3148</v>
+      </c>
+      <c r="B834" t="s">
+        <v>9</v>
+      </c>
+      <c r="C834" t="s">
+        <v>122</v>
+      </c>
+      <c r="D834" t="s">
+        <v>3072</v>
+      </c>
+      <c r="E834" t="s">
+        <v>3073</v>
+      </c>
+      <c r="F834" t="s">
+        <v>3149</v>
+      </c>
+      <c r="G834" s="1" t="s">
+        <v>3150</v>
+      </c>
+      <c r="H834" t="s">
+        <v>3151</v>
+      </c>
+    </row>
+    <row r="835" spans="1:8">
+      <c r="A835" t="s">
+        <v>3152</v>
+      </c>
+      <c r="B835" t="s">
+        <v>9</v>
+      </c>
+      <c r="C835" t="s">
+        <v>126</v>
+      </c>
+      <c r="D835" t="s">
+        <v>3072</v>
+      </c>
+      <c r="E835" t="s">
+        <v>3073</v>
+      </c>
+      <c r="F835" t="s">
+        <v>156</v>
+      </c>
+      <c r="G835" s="1" t="s">
+        <v>3153</v>
+      </c>
+      <c r="H835" t="s">
+        <v>3154</v>
+      </c>
+    </row>
+    <row r="836" spans="1:8">
+      <c r="A836" t="s">
+        <v>3155</v>
+      </c>
+      <c r="B836" t="s">
+        <v>9</v>
+      </c>
+      <c r="C836" t="s">
+        <v>10</v>
+      </c>
+      <c r="D836" t="s">
+        <v>3156</v>
+      </c>
+      <c r="E836" t="s">
+        <v>3157</v>
+      </c>
+      <c r="F836" t="s">
+        <v>2528</v>
+      </c>
+      <c r="G836" s="1" t="s">
+        <v>3158</v>
+      </c>
+      <c r="H836" t="s">
+        <v>3159</v>
+      </c>
+    </row>
+    <row r="837" spans="1:8">
+      <c r="A837" t="s">
+        <v>3160</v>
+      </c>
+      <c r="B837" t="s">
+        <v>9</v>
+      </c>
+      <c r="C837" t="s">
+        <v>17</v>
+      </c>
+      <c r="D837" t="s">
+        <v>3156</v>
+      </c>
+      <c r="E837" t="s">
+        <v>3157</v>
+      </c>
+      <c r="F837" t="s">
+        <v>2528</v>
+      </c>
+      <c r="G837" s="1" t="s">
+        <v>3161</v>
+      </c>
+      <c r="H837" t="s">
+        <v>3162</v>
+      </c>
+    </row>
+    <row r="838" spans="1:8">
+      <c r="A838" t="s">
+        <v>3163</v>
+      </c>
+      <c r="B838" t="s">
+        <v>9</v>
+      </c>
+      <c r="C838" t="s">
+        <v>21</v>
+      </c>
+      <c r="D838" t="s">
+        <v>3156</v>
+      </c>
+      <c r="E838" t="s">
+        <v>3157</v>
+      </c>
+      <c r="F838" t="s">
+        <v>2528</v>
+      </c>
+      <c r="G838" s="1" t="s">
+        <v>3164</v>
+      </c>
+      <c r="H838" t="s">
+        <v>3165</v>
+      </c>
+    </row>
+    <row r="839" spans="1:8">
+      <c r="A839" t="s">
+        <v>3166</v>
+      </c>
+      <c r="B839" t="s">
+        <v>9</v>
+      </c>
+      <c r="C839" t="s">
+        <v>26</v>
+      </c>
+      <c r="D839" t="s">
+        <v>3156</v>
+      </c>
+      <c r="E839" t="s">
+        <v>3157</v>
+      </c>
+      <c r="F839" t="s">
+        <v>2528</v>
+      </c>
+      <c r="G839" s="1" t="s">
+        <v>3167</v>
+      </c>
+      <c r="H839" t="s">
+        <v>3168</v>
+      </c>
+    </row>
+    <row r="840" spans="1:8">
+      <c r="A840" t="s">
+        <v>3169</v>
+      </c>
+      <c r="B840" t="s">
+        <v>9</v>
+      </c>
+      <c r="C840" t="s">
+        <v>31</v>
+      </c>
+      <c r="D840" t="s">
+        <v>3156</v>
+      </c>
+      <c r="E840" t="s">
+        <v>3157</v>
+      </c>
+      <c r="F840" t="s">
+        <v>2528</v>
+      </c>
+      <c r="G840" s="1" t="s">
+        <v>3170</v>
+      </c>
+      <c r="H840" t="s">
+        <v>3171</v>
+      </c>
+    </row>
+    <row r="841" spans="1:8">
+      <c r="A841" t="s">
+        <v>3172</v>
+      </c>
+      <c r="B841" t="s">
+        <v>9</v>
+      </c>
+      <c r="C841" t="s">
+        <v>35</v>
+      </c>
+      <c r="D841" t="s">
+        <v>3156</v>
+      </c>
+      <c r="E841" t="s">
+        <v>3157</v>
+      </c>
+      <c r="F841" t="s">
+        <v>2528</v>
+      </c>
+      <c r="G841" s="1" t="s">
+        <v>3173</v>
+      </c>
+      <c r="H841" t="s">
+        <v>3174</v>
+      </c>
+    </row>
+    <row r="842" spans="1:8">
+      <c r="A842" t="s">
+        <v>3175</v>
+      </c>
+      <c r="B842" t="s">
+        <v>9</v>
+      </c>
+      <c r="C842" t="s">
+        <v>39</v>
+      </c>
+      <c r="D842" t="s">
+        <v>3156</v>
+      </c>
+      <c r="E842" t="s">
+        <v>3157</v>
+      </c>
+      <c r="F842" t="s">
+        <v>2528</v>
+      </c>
+      <c r="G842" s="1" t="s">
+        <v>3176</v>
+      </c>
+      <c r="H842" t="s">
+        <v>3177</v>
+      </c>
+    </row>
+    <row r="843" spans="1:8">
+      <c r="A843" t="s">
+        <v>3178</v>
+      </c>
+      <c r="B843" t="s">
+        <v>9</v>
+      </c>
+      <c r="C843" t="s">
+        <v>43</v>
+      </c>
+      <c r="D843" t="s">
+        <v>3156</v>
+      </c>
+      <c r="E843" t="s">
+        <v>3157</v>
+      </c>
+      <c r="F843" t="s">
+        <v>2528</v>
+      </c>
+      <c r="G843" s="1" t="s">
+        <v>3179</v>
+      </c>
+      <c r="H843" t="s">
+        <v>3180</v>
+      </c>
+    </row>
+    <row r="844" spans="1:8">
+      <c r="A844" t="s">
+        <v>3181</v>
+      </c>
+      <c r="B844" t="s">
+        <v>9</v>
+      </c>
+      <c r="C844" t="s">
+        <v>48</v>
+      </c>
+      <c r="D844" t="s">
+        <v>3156</v>
+      </c>
+      <c r="E844" t="s">
+        <v>3157</v>
+      </c>
+      <c r="F844" t="s">
+        <v>2528</v>
+      </c>
+      <c r="G844" s="1" t="s">
+        <v>3182</v>
+      </c>
+      <c r="H844" t="s">
+        <v>3183</v>
+      </c>
+    </row>
+    <row r="845" spans="1:8">
+      <c r="A845" t="s">
+        <v>3184</v>
+      </c>
+      <c r="B845" t="s">
+        <v>9</v>
+      </c>
+      <c r="C845" t="s">
+        <v>53</v>
+      </c>
+      <c r="D845" t="s">
+        <v>3156</v>
+      </c>
+      <c r="E845" t="s">
+        <v>3157</v>
+      </c>
+      <c r="F845" t="s">
+        <v>2528</v>
+      </c>
+      <c r="G845" s="1" t="s">
+        <v>3185</v>
+      </c>
+      <c r="H845" t="s">
+        <v>3186</v>
+      </c>
+    </row>
+    <row r="846" spans="1:8">
+      <c r="A846" t="s">
+        <v>3187</v>
+      </c>
+      <c r="B846" t="s">
+        <v>9</v>
+      </c>
+      <c r="C846" t="s">
+        <v>57</v>
+      </c>
+      <c r="D846" t="s">
+        <v>3156</v>
+      </c>
+      <c r="E846" t="s">
+        <v>3157</v>
+      </c>
+      <c r="F846" t="s">
+        <v>2528</v>
+      </c>
+      <c r="G846" s="1" t="s">
+        <v>3188</v>
+      </c>
+      <c r="H846" t="s">
+        <v>3189</v>
+      </c>
+    </row>
+    <row r="847" spans="1:8">
+      <c r="A847" t="s">
+        <v>3190</v>
+      </c>
+      <c r="B847" t="s">
+        <v>9</v>
+      </c>
+      <c r="C847" t="s">
+        <v>61</v>
+      </c>
+      <c r="D847" t="s">
+        <v>3156</v>
+      </c>
+      <c r="E847" t="s">
+        <v>3157</v>
+      </c>
+      <c r="F847" t="s">
+        <v>2528</v>
+      </c>
+      <c r="G847" s="1" t="s">
+        <v>3191</v>
+      </c>
+      <c r="H847" t="s">
+        <v>3192</v>
+      </c>
+    </row>
+    <row r="848" spans="1:8">
+      <c r="A848" t="s">
+        <v>3193</v>
+      </c>
+      <c r="B848" t="s">
+        <v>9</v>
+      </c>
+      <c r="C848" t="s">
+        <v>65</v>
+      </c>
+      <c r="D848" t="s">
+        <v>3156</v>
+      </c>
+      <c r="E848" t="s">
+        <v>3157</v>
+      </c>
+      <c r="F848" t="s">
+        <v>2528</v>
+      </c>
+      <c r="G848" s="1" t="s">
+        <v>3194</v>
+      </c>
+      <c r="H848" t="s">
+        <v>3195</v>
+      </c>
+    </row>
+    <row r="849" spans="1:8">
+      <c r="A849" t="s">
+        <v>3196</v>
+      </c>
+      <c r="B849" t="s">
+        <v>9</v>
+      </c>
+      <c r="C849" t="s">
+        <v>69</v>
+      </c>
+      <c r="D849" t="s">
+        <v>3156</v>
+      </c>
+      <c r="E849" t="s">
+        <v>3157</v>
+      </c>
+      <c r="F849" t="s">
+        <v>2528</v>
+      </c>
+      <c r="G849" s="1" t="s">
+        <v>3197</v>
+      </c>
+      <c r="H849" t="s">
+        <v>3198</v>
+      </c>
+    </row>
+    <row r="850" spans="1:8">
+      <c r="A850" t="s">
+        <v>3199</v>
+      </c>
+      <c r="B850" t="s">
+        <v>9</v>
+      </c>
+      <c r="C850" t="s">
+        <v>74</v>
+      </c>
+      <c r="D850" t="s">
+        <v>3156</v>
+      </c>
+      <c r="E850" t="s">
+        <v>3157</v>
+      </c>
+      <c r="F850" t="s">
+        <v>2528</v>
+      </c>
+      <c r="G850" s="1" t="s">
+        <v>3200</v>
+      </c>
+      <c r="H850" t="s">
+        <v>3201</v>
+      </c>
+    </row>
+    <row r="851" spans="1:8">
+      <c r="A851" t="s">
+        <v>3202</v>
+      </c>
+      <c r="B851" t="s">
+        <v>9</v>
+      </c>
+      <c r="C851" t="s">
+        <v>78</v>
+      </c>
+      <c r="D851" t="s">
+        <v>3156</v>
+      </c>
+      <c r="E851" t="s">
+        <v>3157</v>
+      </c>
+      <c r="F851" t="s">
+        <v>2528</v>
+      </c>
+      <c r="G851" s="1" t="s">
+        <v>3203</v>
+      </c>
+      <c r="H851" t="s">
+        <v>3204</v>
+      </c>
+    </row>
+    <row r="852" spans="1:8">
+      <c r="A852" t="s">
+        <v>3205</v>
+      </c>
+      <c r="B852" t="s">
+        <v>9</v>
+      </c>
+      <c r="C852" t="s">
+        <v>83</v>
+      </c>
+      <c r="D852" t="s">
+        <v>3156</v>
+      </c>
+      <c r="E852" t="s">
+        <v>3157</v>
+      </c>
+      <c r="F852" t="s">
+        <v>2528</v>
+      </c>
+      <c r="G852" s="1" t="s">
+        <v>3206</v>
+      </c>
+      <c r="H852" t="s">
+        <v>3207</v>
+      </c>
+    </row>
+    <row r="853" spans="1:8">
+      <c r="A853" t="s">
+        <v>3208</v>
+      </c>
+      <c r="B853" t="s">
+        <v>9</v>
+      </c>
+      <c r="C853" t="s">
+        <v>88</v>
+      </c>
+      <c r="D853" t="s">
+        <v>3156</v>
+      </c>
+      <c r="E853" t="s">
+        <v>3157</v>
+      </c>
+      <c r="F853" t="s">
+        <v>2528</v>
+      </c>
+      <c r="G853" s="1" t="s">
+        <v>3209</v>
+      </c>
+      <c r="H853" t="s">
+        <v>3210</v>
+      </c>
+    </row>
+    <row r="854" spans="1:8">
+      <c r="A854" t="s">
+        <v>3211</v>
+      </c>
+      <c r="B854" t="s">
+        <v>9</v>
+      </c>
+      <c r="C854" t="s">
+        <v>92</v>
+      </c>
+      <c r="D854" t="s">
+        <v>3156</v>
+      </c>
+      <c r="E854" t="s">
+        <v>3157</v>
+      </c>
+      <c r="F854" t="s">
+        <v>2528</v>
+      </c>
+      <c r="G854" s="1" t="s">
+        <v>3212</v>
+      </c>
+      <c r="H854" t="s">
+        <v>3213</v>
+      </c>
+    </row>
+    <row r="855" spans="1:8">
+      <c r="A855" t="s">
+        <v>3214</v>
+      </c>
+      <c r="B855" t="s">
+        <v>9</v>
+      </c>
+      <c r="C855" t="s">
+        <v>97</v>
+      </c>
+      <c r="D855" t="s">
+        <v>3156</v>
+      </c>
+      <c r="E855" t="s">
+        <v>3157</v>
+      </c>
+      <c r="F855" t="s">
+        <v>2528</v>
+      </c>
+      <c r="G855" s="1" t="s">
+        <v>3215</v>
+      </c>
+      <c r="H855" t="s">
+        <v>3216</v>
+      </c>
+    </row>
+    <row r="856" spans="1:8">
+      <c r="A856" t="s">
+        <v>3217</v>
+      </c>
+      <c r="B856" t="s">
+        <v>9</v>
+      </c>
+      <c r="C856" t="s">
+        <v>101</v>
+      </c>
+      <c r="D856" t="s">
+        <v>3156</v>
+      </c>
+      <c r="E856" t="s">
+        <v>3157</v>
+      </c>
+      <c r="F856" t="s">
+        <v>2528</v>
+      </c>
+      <c r="G856" s="1" t="s">
+        <v>3218</v>
+      </c>
+      <c r="H856" t="s">
+        <v>3219</v>
+      </c>
+    </row>
+    <row r="857" spans="1:8">
+      <c r="A857" t="s">
+        <v>3220</v>
+      </c>
+      <c r="B857" t="s">
+        <v>9</v>
+      </c>
+      <c r="C857" t="s">
+        <v>105</v>
+      </c>
+      <c r="D857" t="s">
+        <v>3156</v>
+      </c>
+      <c r="E857" t="s">
+        <v>3157</v>
+      </c>
+      <c r="F857" t="s">
+        <v>2528</v>
+      </c>
+      <c r="G857" s="1" t="s">
+        <v>3221</v>
+      </c>
+      <c r="H857" t="s">
+        <v>3222</v>
+      </c>
+    </row>
+    <row r="858" spans="1:8">
+      <c r="A858" t="s">
+        <v>3223</v>
+      </c>
+      <c r="B858" t="s">
+        <v>9</v>
+      </c>
+      <c r="C858" t="s">
+        <v>109</v>
+      </c>
+      <c r="D858" t="s">
+        <v>3156</v>
+      </c>
+      <c r="E858" t="s">
+        <v>3157</v>
+      </c>
+      <c r="F858" t="s">
+        <v>2528</v>
+      </c>
+      <c r="G858" s="1" t="s">
+        <v>3224</v>
+      </c>
+      <c r="H858" t="s">
+        <v>3225</v>
+      </c>
+    </row>
+    <row r="859" spans="1:8">
+      <c r="A859" t="s">
+        <v>3226</v>
+      </c>
+      <c r="B859" t="s">
+        <v>9</v>
+      </c>
+      <c r="C859" t="s">
+        <v>113</v>
+      </c>
+      <c r="D859" t="s">
+        <v>3156</v>
+      </c>
+      <c r="E859" t="s">
+        <v>3157</v>
+      </c>
+      <c r="F859" t="s">
+        <v>2528</v>
+      </c>
+      <c r="G859" s="1" t="s">
+        <v>3227</v>
+      </c>
+      <c r="H859" t="s">
+        <v>3228</v>
+      </c>
+    </row>
+    <row r="860" spans="1:8">
+      <c r="A860" t="s">
+        <v>3229</v>
+      </c>
+      <c r="B860" t="s">
+        <v>9</v>
+      </c>
+      <c r="C860" t="s">
+        <v>118</v>
+      </c>
+      <c r="D860" t="s">
+        <v>3156</v>
+      </c>
+      <c r="E860" t="s">
+        <v>3157</v>
+      </c>
+      <c r="F860" t="s">
+        <v>2528</v>
+      </c>
+      <c r="G860" s="1" t="s">
+        <v>3230</v>
+      </c>
+      <c r="H860" t="s">
+        <v>3231</v>
+      </c>
+    </row>
+    <row r="861" spans="1:8">
+      <c r="A861" t="s">
+        <v>3232</v>
+      </c>
+      <c r="B861" t="s">
+        <v>9</v>
+      </c>
+      <c r="C861" t="s">
+        <v>122</v>
+      </c>
+      <c r="D861" t="s">
+        <v>3156</v>
+      </c>
+      <c r="E861" t="s">
+        <v>3157</v>
+      </c>
+      <c r="F861" t="s">
+        <v>2528</v>
+      </c>
+      <c r="G861" s="1" t="s">
+        <v>3233</v>
+      </c>
+      <c r="H861" t="s">
+        <v>3234</v>
+      </c>
+    </row>
+    <row r="862" spans="1:8">
+      <c r="A862" t="s">
+        <v>3235</v>
+      </c>
+      <c r="B862" t="s">
+        <v>9</v>
+      </c>
+      <c r="C862" t="s">
+        <v>126</v>
+      </c>
+      <c r="D862" t="s">
+        <v>3156</v>
+      </c>
+      <c r="E862" t="s">
+        <v>3157</v>
+      </c>
+      <c r="F862" t="s">
+        <v>2528</v>
+      </c>
+      <c r="G862" s="1" t="s">
+        <v>3236</v>
+      </c>
+      <c r="H862" t="s">
+        <v>3237</v>
+      </c>
+    </row>
+    <row r="863" spans="1:8">
+      <c r="A863" t="s">
+        <v>3238</v>
+      </c>
+      <c r="B863" t="s">
+        <v>9</v>
+      </c>
+      <c r="C863" t="s">
+        <v>130</v>
+      </c>
+      <c r="D863" t="s">
+        <v>3156</v>
+      </c>
+      <c r="E863" t="s">
+        <v>3157</v>
+      </c>
+      <c r="F863" t="s">
+        <v>2528</v>
+      </c>
+      <c r="G863" s="1" t="s">
+        <v>3239</v>
+      </c>
+      <c r="H863" t="s">
+        <v>3240</v>
+      </c>
+    </row>
+    <row r="864" spans="1:8">
+      <c r="A864" t="s">
+        <v>3241</v>
+      </c>
+      <c r="B864" t="s">
+        <v>9</v>
+      </c>
+      <c r="C864" t="s">
+        <v>134</v>
+      </c>
+      <c r="D864" t="s">
+        <v>3156</v>
+      </c>
+      <c r="E864" t="s">
+        <v>3157</v>
+      </c>
+      <c r="F864" t="s">
+        <v>2528</v>
+      </c>
+      <c r="G864" s="1" t="s">
+        <v>3242</v>
+      </c>
+      <c r="H864" t="s">
+        <v>3243</v>
+      </c>
+    </row>
+    <row r="865" spans="1:8">
+      <c r="A865" t="s">
+        <v>3244</v>
+      </c>
+      <c r="B865" t="s">
+        <v>9</v>
+      </c>
+      <c r="C865" t="s">
+        <v>138</v>
+      </c>
+      <c r="D865" t="s">
+        <v>3156</v>
+      </c>
+      <c r="E865" t="s">
+        <v>3157</v>
+      </c>
+      <c r="F865" t="s">
+        <v>2528</v>
+      </c>
+      <c r="G865" s="1" t="s">
+        <v>3245</v>
+      </c>
+      <c r="H865" t="s">
+        <v>3246</v>
+      </c>
+    </row>
+    <row r="866" spans="1:8">
+      <c r="A866" t="s">
+        <v>3247</v>
+      </c>
+      <c r="B866" t="s">
+        <v>9</v>
+      </c>
+      <c r="C866" t="s">
+        <v>143</v>
+      </c>
+      <c r="D866" t="s">
+        <v>3156</v>
+      </c>
+      <c r="E866" t="s">
+        <v>3157</v>
+      </c>
+      <c r="F866" t="s">
+        <v>2528</v>
+      </c>
+      <c r="G866" s="1" t="s">
+        <v>3248</v>
+      </c>
+      <c r="H866" t="s">
+        <v>3249</v>
+      </c>
+    </row>
+    <row r="867" spans="1:8">
+      <c r="A867" t="s">
+        <v>3250</v>
+      </c>
+      <c r="B867" t="s">
+        <v>9</v>
+      </c>
+      <c r="C867" t="s">
+        <v>147</v>
+      </c>
+      <c r="D867" t="s">
+        <v>3156</v>
+      </c>
+      <c r="E867" t="s">
+        <v>3157</v>
+      </c>
+      <c r="F867" t="s">
+        <v>2528</v>
+      </c>
+      <c r="G867" s="1" t="s">
+        <v>3251</v>
+      </c>
+      <c r="H867" t="s">
+        <v>3252</v>
+      </c>
+    </row>
+    <row r="868" spans="1:8">
+      <c r="A868" t="s">
+        <v>3253</v>
+      </c>
+      <c r="B868" t="s">
+        <v>9</v>
+      </c>
+      <c r="C868" t="s">
+        <v>151</v>
+      </c>
+      <c r="D868" t="s">
+        <v>3156</v>
+      </c>
+      <c r="E868" t="s">
+        <v>3157</v>
+      </c>
+      <c r="F868" t="s">
+        <v>2528</v>
+      </c>
+      <c r="G868" s="1" t="s">
+        <v>3254</v>
+      </c>
+      <c r="H868" t="s">
+        <v>3255</v>
+      </c>
+    </row>
+    <row r="869" spans="1:8">
+      <c r="A869" t="s">
+        <v>3256</v>
+      </c>
+      <c r="B869" t="s">
+        <v>9</v>
+      </c>
+      <c r="C869" t="s">
+        <v>155</v>
+      </c>
+      <c r="D869" t="s">
+        <v>3156</v>
+      </c>
+      <c r="E869" t="s">
+        <v>3157</v>
+      </c>
+      <c r="F869" t="s">
+        <v>2528</v>
+      </c>
+      <c r="G869" s="1" t="s">
+        <v>3257</v>
+      </c>
+      <c r="H869" t="s">
+        <v>3258</v>
+      </c>
+    </row>
+    <row r="870" spans="1:8">
+      <c r="A870" t="s">
+        <v>3259</v>
+      </c>
+      <c r="B870" t="s">
+        <v>9</v>
+      </c>
+      <c r="C870" t="s">
+        <v>160</v>
+      </c>
+      <c r="D870" t="s">
+        <v>3156</v>
+      </c>
+      <c r="E870" t="s">
+        <v>3157</v>
+      </c>
+      <c r="F870" t="s">
+        <v>2528</v>
+      </c>
+      <c r="G870" s="1" t="s">
+        <v>3260</v>
+      </c>
+      <c r="H870" t="s">
+        <v>3261</v>
+      </c>
+    </row>
+    <row r="871" spans="1:8">
+      <c r="A871" t="s">
+        <v>3262</v>
+      </c>
+      <c r="B871" t="s">
+        <v>9</v>
+      </c>
+      <c r="C871" t="s">
+        <v>165</v>
+      </c>
+      <c r="D871" t="s">
+        <v>3156</v>
+      </c>
+      <c r="E871" t="s">
+        <v>3157</v>
+      </c>
+      <c r="F871" t="s">
+        <v>2528</v>
+      </c>
+      <c r="G871" s="1" t="s">
+        <v>3263</v>
+      </c>
+      <c r="H871" t="s">
+        <v>3264</v>
+      </c>
+    </row>
+    <row r="872" spans="1:8">
+      <c r="A872" t="s">
+        <v>3265</v>
+      </c>
+      <c r="B872" t="s">
+        <v>9</v>
+      </c>
+      <c r="C872" t="s">
+        <v>10</v>
+      </c>
+      <c r="D872" t="s">
+        <v>3266</v>
+      </c>
+      <c r="E872" t="s">
+        <v>3267</v>
+      </c>
+      <c r="F872" t="s">
+        <v>161</v>
+      </c>
+      <c r="G872" s="1" t="s">
+        <v>3268</v>
+      </c>
+      <c r="H872" t="s">
+        <v>3269</v>
+      </c>
+    </row>
+    <row r="873" spans="1:8">
+      <c r="A873" t="s">
+        <v>3270</v>
+      </c>
+      <c r="B873" t="s">
+        <v>9</v>
+      </c>
+      <c r="C873" t="s">
+        <v>10</v>
+      </c>
+      <c r="D873" t="s">
+        <v>3271</v>
+      </c>
+      <c r="E873" t="s">
+        <v>3272</v>
+      </c>
+      <c r="F873" t="s">
+        <v>2676</v>
+      </c>
+      <c r="G873" s="1" t="s">
+        <v>3273</v>
+      </c>
+      <c r="H873" t="s">
+        <v>3274</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="G2" r:id="rId1"/>
     <hyperlink ref="G3" r:id="rId2"/>
     <hyperlink ref="G4" r:id="rId3"/>
     <hyperlink ref="G5" r:id="rId4"/>
     <hyperlink ref="G6" r:id="rId5"/>
     <hyperlink ref="G7" r:id="rId6"/>
     <hyperlink ref="G8" r:id="rId7"/>
     <hyperlink ref="G9" r:id="rId8"/>
     <hyperlink ref="G10" r:id="rId9"/>
     <hyperlink ref="G11" r:id="rId10"/>
     <hyperlink ref="G12" r:id="rId11"/>
     <hyperlink ref="G13" r:id="rId12"/>
     <hyperlink ref="G14" r:id="rId13"/>
     <hyperlink ref="G15" r:id="rId14"/>
     <hyperlink ref="G16" r:id="rId15"/>
     <hyperlink ref="G17" r:id="rId16"/>
     <hyperlink ref="G18" r:id="rId17"/>
     <hyperlink ref="G19" r:id="rId18"/>
     <hyperlink ref="G20" r:id="rId19"/>
     <hyperlink ref="G21" r:id="rId20"/>
     <hyperlink ref="G22" r:id="rId21"/>
@@ -29120,50 +33848,177 @@
     <hyperlink ref="G722" r:id="rId721"/>
     <hyperlink ref="G723" r:id="rId722"/>
     <hyperlink ref="G724" r:id="rId723"/>
     <hyperlink ref="G725" r:id="rId724"/>
     <hyperlink ref="G726" r:id="rId725"/>
     <hyperlink ref="G727" r:id="rId726"/>
     <hyperlink ref="G728" r:id="rId727"/>
     <hyperlink ref="G729" r:id="rId728"/>
     <hyperlink ref="G730" r:id="rId729"/>
     <hyperlink ref="G731" r:id="rId730"/>
     <hyperlink ref="G732" r:id="rId731"/>
     <hyperlink ref="G733" r:id="rId732"/>
     <hyperlink ref="G734" r:id="rId733"/>
     <hyperlink ref="G735" r:id="rId734"/>
     <hyperlink ref="G736" r:id="rId735"/>
     <hyperlink ref="G737" r:id="rId736"/>
     <hyperlink ref="G738" r:id="rId737"/>
     <hyperlink ref="G739" r:id="rId738"/>
     <hyperlink ref="G740" r:id="rId739"/>
     <hyperlink ref="G741" r:id="rId740"/>
     <hyperlink ref="G742" r:id="rId741"/>
     <hyperlink ref="G743" r:id="rId742"/>
     <hyperlink ref="G744" r:id="rId743"/>
     <hyperlink ref="G745" r:id="rId744"/>
     <hyperlink ref="G746" r:id="rId745"/>
+    <hyperlink ref="G747" r:id="rId746"/>
+    <hyperlink ref="G748" r:id="rId747"/>
+    <hyperlink ref="G749" r:id="rId748"/>
+    <hyperlink ref="G750" r:id="rId749"/>
+    <hyperlink ref="G751" r:id="rId750"/>
+    <hyperlink ref="G752" r:id="rId751"/>
+    <hyperlink ref="G753" r:id="rId752"/>
+    <hyperlink ref="G754" r:id="rId753"/>
+    <hyperlink ref="G755" r:id="rId754"/>
+    <hyperlink ref="G756" r:id="rId755"/>
+    <hyperlink ref="G757" r:id="rId756"/>
+    <hyperlink ref="G758" r:id="rId757"/>
+    <hyperlink ref="G759" r:id="rId758"/>
+    <hyperlink ref="G760" r:id="rId759"/>
+    <hyperlink ref="G761" r:id="rId760"/>
+    <hyperlink ref="G762" r:id="rId761"/>
+    <hyperlink ref="G763" r:id="rId762"/>
+    <hyperlink ref="G764" r:id="rId763"/>
+    <hyperlink ref="G765" r:id="rId764"/>
+    <hyperlink ref="G766" r:id="rId765"/>
+    <hyperlink ref="G767" r:id="rId766"/>
+    <hyperlink ref="G768" r:id="rId767"/>
+    <hyperlink ref="G769" r:id="rId768"/>
+    <hyperlink ref="G770" r:id="rId769"/>
+    <hyperlink ref="G771" r:id="rId770"/>
+    <hyperlink ref="G772" r:id="rId771"/>
+    <hyperlink ref="G773" r:id="rId772"/>
+    <hyperlink ref="G774" r:id="rId773"/>
+    <hyperlink ref="G775" r:id="rId774"/>
+    <hyperlink ref="G776" r:id="rId775"/>
+    <hyperlink ref="G777" r:id="rId776"/>
+    <hyperlink ref="G778" r:id="rId777"/>
+    <hyperlink ref="G779" r:id="rId778"/>
+    <hyperlink ref="G780" r:id="rId779"/>
+    <hyperlink ref="G781" r:id="rId780"/>
+    <hyperlink ref="G782" r:id="rId781"/>
+    <hyperlink ref="G783" r:id="rId782"/>
+    <hyperlink ref="G784" r:id="rId783"/>
+    <hyperlink ref="G785" r:id="rId784"/>
+    <hyperlink ref="G786" r:id="rId785"/>
+    <hyperlink ref="G787" r:id="rId786"/>
+    <hyperlink ref="G788" r:id="rId787"/>
+    <hyperlink ref="G789" r:id="rId788"/>
+    <hyperlink ref="G790" r:id="rId789"/>
+    <hyperlink ref="G791" r:id="rId790"/>
+    <hyperlink ref="G792" r:id="rId791"/>
+    <hyperlink ref="G793" r:id="rId792"/>
+    <hyperlink ref="G794" r:id="rId793"/>
+    <hyperlink ref="G795" r:id="rId794"/>
+    <hyperlink ref="G796" r:id="rId795"/>
+    <hyperlink ref="G797" r:id="rId796"/>
+    <hyperlink ref="G798" r:id="rId797"/>
+    <hyperlink ref="G799" r:id="rId798"/>
+    <hyperlink ref="G800" r:id="rId799"/>
+    <hyperlink ref="G801" r:id="rId800"/>
+    <hyperlink ref="G802" r:id="rId801"/>
+    <hyperlink ref="G803" r:id="rId802"/>
+    <hyperlink ref="G804" r:id="rId803"/>
+    <hyperlink ref="G805" r:id="rId804"/>
+    <hyperlink ref="G806" r:id="rId805"/>
+    <hyperlink ref="G807" r:id="rId806"/>
+    <hyperlink ref="G808" r:id="rId807"/>
+    <hyperlink ref="G809" r:id="rId808"/>
+    <hyperlink ref="G810" r:id="rId809"/>
+    <hyperlink ref="G811" r:id="rId810"/>
+    <hyperlink ref="G812" r:id="rId811"/>
+    <hyperlink ref="G813" r:id="rId812"/>
+    <hyperlink ref="G814" r:id="rId813"/>
+    <hyperlink ref="G815" r:id="rId814"/>
+    <hyperlink ref="G816" r:id="rId815"/>
+    <hyperlink ref="G817" r:id="rId816"/>
+    <hyperlink ref="G818" r:id="rId817"/>
+    <hyperlink ref="G819" r:id="rId818"/>
+    <hyperlink ref="G820" r:id="rId819"/>
+    <hyperlink ref="G821" r:id="rId820"/>
+    <hyperlink ref="G822" r:id="rId821"/>
+    <hyperlink ref="G823" r:id="rId822"/>
+    <hyperlink ref="G824" r:id="rId823"/>
+    <hyperlink ref="G825" r:id="rId824"/>
+    <hyperlink ref="G826" r:id="rId825"/>
+    <hyperlink ref="G827" r:id="rId826"/>
+    <hyperlink ref="G828" r:id="rId827"/>
+    <hyperlink ref="G829" r:id="rId828"/>
+    <hyperlink ref="G830" r:id="rId829"/>
+    <hyperlink ref="G831" r:id="rId830"/>
+    <hyperlink ref="G832" r:id="rId831"/>
+    <hyperlink ref="G833" r:id="rId832"/>
+    <hyperlink ref="G834" r:id="rId833"/>
+    <hyperlink ref="G835" r:id="rId834"/>
+    <hyperlink ref="G836" r:id="rId835"/>
+    <hyperlink ref="G837" r:id="rId836"/>
+    <hyperlink ref="G838" r:id="rId837"/>
+    <hyperlink ref="G839" r:id="rId838"/>
+    <hyperlink ref="G840" r:id="rId839"/>
+    <hyperlink ref="G841" r:id="rId840"/>
+    <hyperlink ref="G842" r:id="rId841"/>
+    <hyperlink ref="G843" r:id="rId842"/>
+    <hyperlink ref="G844" r:id="rId843"/>
+    <hyperlink ref="G845" r:id="rId844"/>
+    <hyperlink ref="G846" r:id="rId845"/>
+    <hyperlink ref="G847" r:id="rId846"/>
+    <hyperlink ref="G848" r:id="rId847"/>
+    <hyperlink ref="G849" r:id="rId848"/>
+    <hyperlink ref="G850" r:id="rId849"/>
+    <hyperlink ref="G851" r:id="rId850"/>
+    <hyperlink ref="G852" r:id="rId851"/>
+    <hyperlink ref="G853" r:id="rId852"/>
+    <hyperlink ref="G854" r:id="rId853"/>
+    <hyperlink ref="G855" r:id="rId854"/>
+    <hyperlink ref="G856" r:id="rId855"/>
+    <hyperlink ref="G857" r:id="rId856"/>
+    <hyperlink ref="G858" r:id="rId857"/>
+    <hyperlink ref="G859" r:id="rId858"/>
+    <hyperlink ref="G860" r:id="rId859"/>
+    <hyperlink ref="G861" r:id="rId860"/>
+    <hyperlink ref="G862" r:id="rId861"/>
+    <hyperlink ref="G863" r:id="rId862"/>
+    <hyperlink ref="G864" r:id="rId863"/>
+    <hyperlink ref="G865" r:id="rId864"/>
+    <hyperlink ref="G866" r:id="rId865"/>
+    <hyperlink ref="G867" r:id="rId866"/>
+    <hyperlink ref="G868" r:id="rId867"/>
+    <hyperlink ref="G869" r:id="rId868"/>
+    <hyperlink ref="G870" r:id="rId869"/>
+    <hyperlink ref="G871" r:id="rId870"/>
+    <hyperlink ref="G872" r:id="rId871"/>
+    <hyperlink ref="G873" r:id="rId872"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Sheet1</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>